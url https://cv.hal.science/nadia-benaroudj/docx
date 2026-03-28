--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -456,869 +456,1026 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03250968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transcriptomic Insights into the Genetic Regulations of Leptospira interrogans within a Mature Biofilm.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Davignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Pietrosemoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Benaroudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Estelle Soupé-Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Cagliero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biology of Spirochetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Ventura Beach Marriott, CA, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-species Transcriptomic Analysis Reveals a Constitutive Adaptation Against Oxidative Stress for the Highly Virulent &amp;lt;i&amp;gt;Leptospira&amp;lt;/i&amp;gt; Species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Giraud-Gatineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garima Ayachit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Nieves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouessi C Dagbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konogan Bourhy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 41 (4), pp.msae066. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/molbev/msae066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04606503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary insights into the emergence of virulent Leptospira spirochetes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Veyrier</w:t>
+                <w:t xml:space="preserve">Revisiting oxygen toxicity: evolution and adaptation to superoxide in a SOD-deficient bacterial pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel G Huete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Leyva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Kornobis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cokelaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lechat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1012161⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (8), pp.1390-1399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mbio.00645-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04877592v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05299614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting oxygen toxicity: evolution and adaptation to superoxide in a SOD-deficient bacterial pathogen</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lechat</w:t>
+                <w:t xml:space="preserve">Evolutionary insights into the emergence of virulent Leptospira spirochetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giraud-Gatineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Nieves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Harrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Benaroudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Veyrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mbio.00645-25⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (7), pp.e1012161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1012161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05299614v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leptospira interrogans biofilm transcriptome highlights adaption to starvation and general stress while maintaining virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Davignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Pietrosemoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Estelle Soupé-Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Cagliero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">npj Biofilms and Microbiomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 10 (1), pp.95. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41522-024-00570-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04719174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Arsenal of Leptospira Species against Oxidants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel G Huete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antioxidants </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12 (6), pp.1273. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antiox12061273⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04132182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The FUR-like regulators PerRA and PerRB integrate a complex regulatory network that promotes mammalian host-adaptation and virulence of Leptospira interrogans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André A. Grassmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crispin Zavala-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Everton B. Bettin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Picardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 17 (12), pp.e1009078. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1009078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03697610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The oxidative stress response of pathogenic Leptospira is controlled by two peroxide stress regulators which putatively cooperate in controlling virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crispin Zavala-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel G. Huete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony T. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1340,92 +1497,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 17 (12), pp.e1009087. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1009087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03464148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The transcriptional response of pathogenic Leptospira to peroxide reveals new defenses against infection-related oxidative stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crispin Zavala-Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1447,1776 +1604,1619 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Varet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Bussotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16 (10), pp.e1008904. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02970798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and function of the Leptospira interrogans peroxide stress regulator (PerR), an atypical PerR devoid of a structural metal-binding site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounira Kebouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Saul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raleb Taher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Landier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Beaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 293 (2), pp.497-509. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1074/jbc.M117.804443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02548922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editorial: Pathogenesis of Leptospira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsio A. Jr Wunder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azad Eshghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8, pp.322. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fcimb.2018.00322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02611607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel flagellar sheath protein, FcpA, determines filament coiling, translational motility and virulence for the Leptospira spirochete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsio A. Jr Wunder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cláudio Pereira Figueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 101 (3), pp.457-470. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mmi.13403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02548535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of a Spontaneous Non-Motile and Avirulent Mutant Shows That FliM Is Required for Full Endoflagella Assembly in Leptospira interrogans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gorgette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11 (4), pp.e0152916. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0152916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01435250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Replicative Plasmid Vector Allows Efficient Complementation of Pathogenic Leptospira Strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Pappas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Picardeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 81 (9), pp.3176-3181. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.00173-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02536538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identified members of the Streptomyces lividans AdpA regulon involved in differentiation and secondary metabolism.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Guyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Proux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Gominet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Coppée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14 (1), pp.81. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2180-14-81⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-00979918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and Functional Characterization of an Orphan ATP-Binding Cassette ATPase Involved in Manganese Utilization and Tolerance in Leptospira spp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederick Saul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bellalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Miras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 195 (24), pp.5583-5591. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.00915-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03251897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assembly and proteolytic processing of mycobacterial ClpP1 and ClpP2.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marika Miot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Ortiz-Lombardia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12 (1), pp.61. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2091-12-61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-00659767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of Recombinant Proteins in the lon -Deficient BL21(DE3) Strain of Escherichia coli in the Absence of the DnaK Chaperone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ratelade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Miot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmett Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Betton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mazodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 75 (11), pp.3803-3807. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.00255-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04877577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the inter-ring plasticity of caseinolytic proteases from the X-ray structure of Mycobacterium tuberculosis ClpP1.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of monomeric mutants of HSC70: a possible relationship between oligomerization and functional properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María J. Maté</w:t>
+                <w:t xml:space="preserve">M. Amor-Mahjoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Högbom</w:t>
+                <w:t xml:space="preserve">N. Gomez-Vrielyunck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Portnoï</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadia Benaroudj</w:t>
+                <w:t xml:space="preserve">J.P. Supppini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fouchaq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Protein and Peptide Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 14, pp.761-765</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00167558v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00320818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of monomeric mutants of HSC70: a possible relationship between oligomerization and functional properties</w:t>
+                <w:t xml:space="preserve">Insights into the inter-ring plasticity of caseinolytic proteases from the X-ray structure of Mycobacterium tuberculosis ClpP1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Amor-Mahjoub</w:t>
+                <w:t xml:space="preserve">Henrik Ingvarsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Gomez-Vrielyunck</w:t>
+                <w:t xml:space="preserve">María J. Maté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Supppini</w:t>
+                <w:t xml:space="preserve">Martin Högbom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Fouchaq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Benaroudj</w:t>
+                <w:t xml:space="preserve">Denis Portnoï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protein and Peptide Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 63 (Pt 2), pp.249-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S0907444906050530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00320818v1</w:t>
+                <w:t xml:space="preserve">hal-00167558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteasomes and their associated ATPases: a destructive combination.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benaroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfred Goldberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Structural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 156 (1), pp.72-83. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsb.2006.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00167551v1</w:t>
-              </w:r>
-[...155 lines deleted...]
-                <w:t xml:space="preserve">hal-04719179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3589,51 +3589,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05299808v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel G Huete" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Coullin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapeaublanc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benaroudj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05116242v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Huete" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Leyva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cokelaer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03250968v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crispin Zavala-Alvarado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony T. Vincent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sismeiro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04606503v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giraud-Gatineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Ayachit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Nieves" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouessi C Dagbo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konogan Bourhy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae066" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877592v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Harrison" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Veyrier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012161" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05299614v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00645-25" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719174v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Davignon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Pietrosemoli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Soup&#233;-Gilbert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cagliero" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-024-00570-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132182v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox12061273" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03697610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Grassmann" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everton B. Bettin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Picardeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1009078" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03464148v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel G. Huete" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1009087" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02970798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bussotti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008904" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02548922v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Kebouchi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Saul" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raleb Taher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Landier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Beaudeau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.804443" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02611607v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsio A. Jr Wunder" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azad Eshghi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00322" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02548535v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Pereira Figueira" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Hu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Tong" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13403" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01435250v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Fontana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Lambert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasparini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0152916" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02536538v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Pappas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00173-15" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00979918v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guyet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Proux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gominet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-14-81" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03251897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bellalou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Miras" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weber" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00915-13" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00659767v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Miot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ortiz-Lombardia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2091-12-61" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877577v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ratelade" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Miot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmett Johnson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Betton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mazodier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00255-09" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167558v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Ingvarsson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a J. Mat&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#246;gbom" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Portno&#239;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0907444906050530" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MMQJT8ZR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320818v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amor-Mahjoub" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gomez-Vrielyunck" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Supppini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fouchaq" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benaroudj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167551v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smith" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Goldberg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2006.04.012" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQ9NQ2N2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719179v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02951914v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0459-5_5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02951893v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mouville" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0459-5_20" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05299808v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel G Huete" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Coullin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapeaublanc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benaroudj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05116242v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Huete" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Leyva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cokelaer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03250968v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crispin Zavala-Alvarado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony T. Vincent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Sismeiro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719179v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Davignon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Pietrosemoli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Soup&#233;-Gilbert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cagliero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04606503v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giraud-Gatineau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garima Ayachit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Nieves" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouessi C Dagbo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konogan Bourhy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae066" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05299614v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00645-25" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877592v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Harrison" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Veyrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1012161" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719174v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-024-00570-0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132182v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antiox12061273" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03697610v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; A. Grassmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everton B. Bettin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Picardeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1009078" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03464148v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel G. Huete" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1009087" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02970798v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bussotti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008904" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02548922v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Kebouchi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Saul" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raleb Taher" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Landier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Beaudeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.804443" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02611607v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsio A. Jr Wunder" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azad Eshghi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00322" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02548535v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udio Pereira Figueira" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Hu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Tong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13403" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01435250v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Fontana" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Lambert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasparini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0152916" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02536538v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Pappas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00173-15" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00979918v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guyet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Proux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gominet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-14-81" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03251897v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bellalou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Miras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weber" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00915-13" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00659767v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Miot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ortiz-Lombardia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2091-12-61" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877577v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ratelade" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Miot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmett Johnson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Betton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mazodier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00255-09" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320818v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amor-Mahjoub" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gomez-Vrielyunck" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Supppini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fouchaq" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benaroudj" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167558v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Ingvarsson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a J. Mat&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#246;gbom" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Portno&#239;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0907444906050530" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MMQJT8ZR-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167551v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smith" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Goldberg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2006.04.012" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQ9NQ2N2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02951914v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0459-5_5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02951893v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mouville" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0459-5_20" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>