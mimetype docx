--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -238,563 +238,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute toxicity of atrazine degradation solutions via advanced oxidation processes: An experimental and in-silico approach based on mass spectrometry data</w:t>
+                <w:t xml:space="preserve">Review on the removal and degradation methods of chloridazon and its metabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junting Hong</w:t>
+                <w:t xml:space="preserve">Amine Zakhia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Messika Revel</w:t>
+                <w:t xml:space="preserve">Laetitia Balliano Balestra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Dhainaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Merlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118706⟩</w:t>
+              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 376, Part 2, pp.133998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.seppur.2025.133998⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05225312v1</w:t>
+                <w:t xml:space="preserve">hal-05116406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review on the removal and degradation methods of chloridazon and its metabolites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasound, pulsed electric fields, and high-voltage electrical discharges assisted extraction of cellulose and lignin from walnut shells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine El Khayat Driaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Zakhia</w:t>
+                <w:t xml:space="preserve">Hafida Maarir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Balliano Balestra</w:t>
+                <w:t xml:space="preserve">Mehdi Mennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Dhainaut</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nabil Grimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Moubarik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Separation and Purification Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.seppur.2025.133998⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 292, pp.139319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.139319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05116406v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound, pulsed electric fields, and high-voltage electrical discharges assisted extraction of cellulose and lignin from walnut shells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acute toxicity of atrazine degradation solutions via advanced oxidation processes: An experimental and in-silico approach based on mass spectrometry data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hafida Maarir</w:t>
+                <w:t xml:space="preserve">Junting Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Mennani</w:t>
+                <w:t xml:space="preserve">Messika Revel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabil Grimi</w:t>
+                <w:t xml:space="preserve">Gérald Enderlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Moubarik</w:t>
+                <w:t xml:space="preserve">Frederic Nadaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 292, pp.139319. </w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 302, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.139319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.118706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05127197v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05225312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of essential oil extraction from Moroccan Rosmarinus officinalis L. by distillation based on quantum chemical calculation and molecular dynamics simulation</w:t>
+                <w:t xml:space="preserve">Selective extraction of carnosic acid, carnosol, and rosmarinic acid from Rosmarinus officinalis L. using supercritical fluid and their antioxidant activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Boufetacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelilah Ayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asmae Hbika</w:t>
+                <w:t xml:space="preserve">Nicolas Thiebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Benali</w:t>
+                <w:t xml:space="preserve">Elkhadir Gharibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Essential Oil Bearing Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27 (3), pp.640-658. </w:t>
+              <w:t xml:space="preserve">Journal of Supercritical Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 212, pp.106344. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/0972060x.2024.2328136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.supflu.2024.106344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707779v1</w:t>
+                <w:t xml:space="preserve">hal-04707775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skin hepcidin initiates psoriasiform skin inflammation via Fe-driven hyperproliferation and neutrophil recruitment</w:t>
               </w:r>
@@ -908,693 +908,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05045889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective extraction of carnosic acid, carnosol, and rosmarinic acid from Rosmarinus officinalis L. using supercritical fluid and their antioxidant activity</w:t>
+                <w:t xml:space="preserve">Study of essential oil extraction from Moroccan Rosmarinus officinalis L. by distillation based on quantum chemical calculation and molecular dynamics simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Boufetacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelilah Ayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Thiebault</w:t>
+                <w:t xml:space="preserve">Asmae Hbika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elkhadir Gharibi</w:t>
+                <w:t xml:space="preserve">Mohammed Benali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Supercritical Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 212, pp.106344. </w:t>
+              <w:t xml:space="preserve">Journal of Essential Oil Bearing Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (3), pp.640-658. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.supflu.2024.106344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/0972060x.2024.2328136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707775v1</w:t>
+                <w:t xml:space="preserve">hal-04707779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degradation of herbicide atrazine in water by high voltage electrical discharge in comparison with Fenton oxidation and ultrasound treatments</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Formulation and Characterization of Chitin-Starch Bio-Based Wood Adhesive for the Manufacturing of Formaldehyde-Free Composite Particleboards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anass Ait Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Charii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Houssaine Ablouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Mennani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3su00103b⟩</w:t>
+              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (11), pp.3671-3687. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12649-023-02091-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04202955v1</w:t>
+                <w:t xml:space="preserve">hal-05127220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation and Characterization of Chitin-Starch Bio-Based Wood Adhesive for the Manufacturing of Formaldehyde-Free Composite Particleboards</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Mennani</w:t>
+                <w:t xml:space="preserve">Improvement of Sinapine Extraction from Mustard Seed Meal by Application of Emerging Technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morad Chadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lagalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aya Zoghlami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12649-023-02091-x⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (3), pp.520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods12030520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05127220v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03986124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of Sinapine Extraction from Mustard Seed Meal by Application of Emerging Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Morad Chadni</w:t>
+                <w:t xml:space="preserve">Extraction of Mycosporine-like Amino Acids and Proteins from the Agarophyte Gelidium corneum Using Pulsed Power Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Mcreynolds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Silvestre de Ferron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pecastaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aya Zoghlami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 12 (3), pp.520. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods12030520⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 12 (7), pp.1473-1489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods12071473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03986124v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of Mycosporine-like Amino Acids and Proteins from the Agarophyte Gelidium corneum Using Pulsed Power Techniques</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pecastaing</w:t>
+                <w:t xml:space="preserve">Degradation of herbicide atrazine in water by high voltage electrical discharge in comparison with Fenton oxidation and ultrasound treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junting Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Enderlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Merlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Grimi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (7), pp.1473-1489. </w:t>
+              <w:t xml:space="preserve">RSC Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (6), pp.1462 - 1470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods12071473⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3su00103b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04067037v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High voltage electrical discharges followed by deep eutectic solvents extraction for the valorization of pomegranate seeds (Punica granatum L.)</w:t>
               </w:r>
@@ -1710,90 +1710,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shrimp waste protein for bio-composite manufacturing: Formulation of protein-cornstarch-mimosa-tannin wood adhesives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelghani Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anass Ait Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Ihammi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Houssaine Ablouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Barba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1844,90 +1844,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Monitoring of the Atrazine Degradation by Liquid Chromatography and High-Resolution Mass Spectrometry: Effect of Fenton Process and Ultrasound Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junting Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Enderlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Merlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1974,103 +1974,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights on the physico-chemical properties of alkali lignins from different agro-industrial residues and their use in phenol-formaldehyde wood adhesive formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Mennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anass Ait Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Kasbaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelghani Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Houssaine Ablouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 221 (24), pp.149-162. </w:t>
@@ -2102,291 +2102,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05127261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degradation of Residual Herbicide Atrazine in Agri-Food and Washing Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junting Hong</w:t>
+                <w:t xml:space="preserve">Mechanical damage and thermal effect induced by ultrasonic treatment in olive leaf tissue. Impact on polyphenols recovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Maria Abi-Khattar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba N Rajha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roula M Abdel-Massih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Louka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods11162416⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 82, pp.105895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2021.105895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03767684v1</w:t>
+                <w:t xml:space="preserve">hal-04356255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical damage and thermal effect induced by ultrasonic treatment in olive leaf tissue. Impact on polyphenols recovery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna-Maria Abi-Khattar</w:t>
+                <w:t xml:space="preserve">Degradation of Residual Herbicide Atrazine in Agri-Food and Washing Water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junting Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Enderlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Merlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Grimi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 82, pp.105895. </w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (16), pp.2416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2021.105895⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/foods11162416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04356255v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purification of polyphenols from apple skins by membrane electro-filtration</w:t>
               </w:r>
@@ -2483,1488 +2483,1488 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05127354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell disintegration of apple peels induced by pulsed electric field and efficiency of bio-compound extraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lu Wang</w:t>
+                <w:t xml:space="preserve">Neutrophils from hereditary hemochromatosis patients are protected from iron excess and are primed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamel El Benna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Renassia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cuvellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fbp.2020.03.004⟩</w:t>
+              <w:t xml:space="preserve">Blood Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (16), pp.3853-3863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2020002198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05127359v1</w:t>
+                <w:t xml:space="preserve">hal-03013143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutrophils from hereditary hemochromatosis patients are protected from iron excess and are primed</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Cuvellier</w:t>
+                <w:t xml:space="preserve">Selective ultrasound‐assisted aqueous extraction of polyphenols from pomegranate peels and seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Rajha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Koubaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Maroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Louka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2020002198⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 44 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfpp.14545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03013143v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05423834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective ultrasound‐assisted aqueous extraction of polyphenols from pomegranate peels and seeds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Koubaa</w:t>
+                <w:t xml:space="preserve">Neutrophils from hereditary hemochromatosis patients are protected from iron excess and are primed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Renassia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Cuvellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Louka</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Deschemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jfpp.14545⟩</w:t>
+              <w:t xml:space="preserve">Blood Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (16), pp.3853-3863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2020002198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05423834v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03013177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutrophils from hereditary hemochromatosis patients are protected from iron excess and are primed</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Cuvellier</w:t>
+                <w:t xml:space="preserve">Cell disintegration of apple peels induced by pulsed electric field and efficiency of bio-compound extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai Lebovka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2020002198⟩</w:t>
+              <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 122, pp.13-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbp.2020.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03013177v1</w:t>
+                <w:t xml:space="preserve">hal-05127359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatospecific ablation of p38α MAPK governs liver regeneration through modulation of inflammatory response to CCl4-induced acute injury</w:t>
+                <w:t xml:space="preserve">Green extraction of polyphenols from grapefruit peels using high voltage electrical discharges, deep eutectic solvents and aqueous glycerol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Fortier</w:t>
+                <w:t xml:space="preserve">Sally El Kantar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Cadoux</w:t>
+                <w:t xml:space="preserve">Hiba N. Rajha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Pham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Donné</w:t>
+                <w:t xml:space="preserve">Richard G. Maroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-51175-z⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 295, pp.165 - 171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.05.111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02343425v1</w:t>
+                <w:t xml:space="preserve">hal-03484469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green extraction of polyphenols from grapefruit peels using high voltage electrical discharges, deep eutectic solvents and aqueous glycerol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">Comparison of aqueous extraction efficiency and biological activities of polyphenols from pomegranate peels assisted by infrared, ultrasound, pulsed electric fields and high-voltage electrical discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Rajha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Maria Abi-Khattar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sally El Kantar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Richard G. Maroun</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolai Lebovka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2019.05.111⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58, pp.102212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2019.102212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484469v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of aqueous extraction efficiency and biological activities of polyphenols from pomegranate peels assisted by infrared, ultrasound, pulsed electric fields and high-voltage electrical discharges</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sally El Kantar</w:t>
+                <w:t xml:space="preserve">Ultrasound assisted purification of polyphenols of apple skins by adsorption/desorption procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolai Lebovka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2019.102212⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55, pp.18 - 24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2019.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05127373v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound assisted purification of polyphenols of apple skins by adsorption/desorption procedure</w:t>
+                <w:t xml:space="preserve">Correlations between disintegration degree of fruit skin cells induced by ultrasound and efficiency of bio-compounds extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolai Lebovka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugène Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 55, pp.18 - 24. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2019.03.002⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 52, pp.280 - 285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2018.11.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484774v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlations between disintegration degree of fruit skin cells induced by ultrasound and efficiency of bio-compounds extraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lu Wang</w:t>
+                <w:t xml:space="preserve">Hepatospecific ablation of p38α MAPK governs liver regeneration through modulation of inflammatory response to CCl4-induced acute injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Cadoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nikolai Lebovka</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Lefebvre</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romain Donné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 52, pp.280 - 285. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.14614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2018.11.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-51175-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484915v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02343425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LKB1 as a Gatekeeper of Hepatocyte Proliferation and Genomic Integrity during Liver Regeneration</w:t>
+                <w:t xml:space="preserve">Vapor Bubble and Streamer Initiation in Water under Long Duration Impulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Maillet</w:t>
+                <w:t xml:space="preserve">P. Adda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2018.01.086⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (5), pp.1967-1973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/tdei.2018.007427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02349915v1</w:t>
+                <w:t xml:space="preserve">hal-01915356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vapor Bubble and Streamer Initiation in Water under Long Duration Impulses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LKB1 as a Gatekeeper of Hepatocyte Proliferation and Genomic Integrity during Liver Regeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Adda</w:t>
+                <w:t xml:space="preserve">Veronique Fauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lesaint</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marc Foretz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Dielectrics and Electrical Insulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 25 (5), pp.1967-1973. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (8), pp.1994-2005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tdei.2018.007427⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2018.01.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01915356v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02349915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed electric field treatment of citrus fruits: Improvement of juice and polyphenols extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sally El Kantar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3972,51 +3972,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolai I. Lebovka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Foucart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba N. Rajha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 46, </w:t>
@@ -4054,103 +4054,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective multistage extraction process of biomolecules from vine shoots by a combination of biological, chemical, and physical treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba N. Rajha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sally El Kantar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Afif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard G. Maroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 21 (6), pp.581--589. </w:t>
@@ -4305,103 +4305,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High voltage electrical discharges combined with enzymatic hydrolysis for extraction of polyphenols and fermentable sugars from orange peels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sally El Kantar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba N. Rajha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard G. Maroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 107, pp.755--762. </w:t>
@@ -4673,64 +4673,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of current and temperature rise during discharge initiation in water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachelle Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4797,191 +4797,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01915366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pretreatment optimization from rapeseed straw and lignin characterization</w:t>
+                <w:t xml:space="preserve">Chemical Characterization of Non-Saccharidic and Saccharidic Components of Rapeseed Hulls and Sunflower Shells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Brahim</w:t>
+                <w:t xml:space="preserve">Mohammad Asad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Boussetta</w:t>
+                <w:t xml:space="preserve">Marwa Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Grimi</w:t>
+                <w:t xml:space="preserve">Isabelle Ziegler-Devin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Vorobiev</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2016.11.033⟩</w:t>
+              <w:t xml:space="preserve">Bioresources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (2), pp.3143-3153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15376/biores.12.2.3143-3153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03099180v1</w:t>
+                <w:t xml:space="preserve">hal-01765374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of ultrasounds and high voltage electrical discharges on physico-chemical properties of rapeseed straw’s lignin and pulps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.L. Checa Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4989,954 +4985,958 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 237, pp.11 - 19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biortech.2017.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Characterization of Non-Saccharidic and Saccharidic Components of Rapeseed Hulls and Sunflower Shells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammad Asad</w:t>
+                <w:t xml:space="preserve">Pretreatment optimization from rapeseed straw and lignin characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marwa Brahim</w:t>
+                <w:t xml:space="preserve">N. Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Ziegler-Devin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nadia Boussetta</w:t>
+                <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Brosse</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I. Zieger-Devin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (2), pp.3143-3153. </w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95, pp.643-650. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15376/biores.12.2.3143-3153⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2016.11.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765374v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery of colorants from red prickly pear peels and pulps enhanced by pulsed electric field and ultrasound</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Application of Non-conventional Extraction Methods: Toward a Sustainable and Green Production of Valuable Compounds from Mushrooms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Roselló-Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleksii Parniakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ankit Patras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Koubaa</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Wael Koubaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2016.04.015⟩</w:t>
+              <w:t xml:space="preserve">Food Engineering Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (2), pp.214-234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12393-015-9131-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02614700v1</w:t>
+                <w:t xml:space="preserve">hal-02614839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Non-conventional Extraction Methods: Toward a Sustainable and Green Production of Valuable Compounds from Mushrooms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elena Roselló-Soto</w:t>
+                <w:t xml:space="preserve">Delignification of rapeseed straw using innovative chemo-physical pretreatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleksii Parniakov</w:t>
+                <w:t xml:space="preserve">S. El Kantar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qian Deng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Koubaa</w:t>
+                <w:t xml:space="preserve">N. Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Engineering Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12393-015-9131-1⟩</w:t>
+              <w:t xml:space="preserve">Biomass and Bioenergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 95, pp.92-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biombioe.2016.09.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02614839v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03060016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delignification of rapeseed straw using innovative chemo-physical pretreatments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Brahim</w:t>
+                <w:t xml:space="preserve">Impact of pulsed-electric field and high-voltage electrical discharges on red wine microbial stabilization and quality characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristèle Delsart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Grimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. El Kantar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Grimi</w:t>
+                <w:t xml:space="preserve">Cecile Miot-Sertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Brosse</w:t>
+                <w:t xml:space="preserve">Remy Ghidossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomass and Bioenergy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 95, pp.92-98. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120 (1), pp.152-164. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biombioe.2016.09.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jam.12981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03060016v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of pulsed-electric field and high-voltage electrical discharges on red wine microbial stabilization and quality characteristics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Innovative physically-assisted soda fractionation of rapeseed hulls for better recovery of biopolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Brosse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jam.12981⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (24), pp.19833-19842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5ra27548b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02638931v1</w:t>
+                <w:t xml:space="preserve">hal-03060009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative physically-assisted soda fractionation of rapeseed hulls for better recovery of biopolymers</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recovery of colorants from red prickly pear peels and pulps enhanced by pulsed electric field and ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Koubaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Barba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Grimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Mhemdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Koubaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37, pp.336-344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2016.04.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c5ra27548b⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03060009v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02614700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current and New Insights in the Sustainable and Green Recovery of Nutritionally Valuable Compounds from Stevia rebaudiana Bertoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Koubaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Roselló-Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Šic Žlabur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6013,77 +6013,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of the effect of pulsed electric field or high voltage electrical discharge for the control of sweet white must fermentation process with the conventional addition of sulfur dioxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristèle Delsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Miot-Sertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Ghidossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Mietton-Peuchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6305,77 +6305,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging opportunities for the effective valorization of wastes and by-products generated during olive oil production process: Non-conventional methods for the recovery of high-added value compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Roselló-Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Koubaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Moubarik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6490,51 +6490,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Soichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industrial Crops and Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 52, pp.347-353. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6739,51 +6739,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study of mechanisms involved during the extraction of polyphenols from grape seeds by pulsed electrical discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugen Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6842,64 +6842,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and characterization of lignin from Moroccan sugar cane bagasse: Production of lignin-phenol-formaldehyde wood adhesive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Moubarik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6984,90 +6984,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scale-up of high voltage electrical discharges for polyphenols extraction from grape pomace : effect of the dynamic shock waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Reess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. de Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pecastaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 10, pp.129-136</w:t>
@@ -7090,346 +7090,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00768012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of electrical treatments in alcoholic solvent for polyphenols extraction from grape seeds</w:t>
+                <w:t xml:space="preserve">Scale-up of high voltage electrical discharges for polyphenols extraction from grape pomace: Effect of the dynamic shock waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Reess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Silvestre de Ferron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pecastaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2011.10.016⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16, pp.129-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2012.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00658504v1</w:t>
+                <w:t xml:space="preserve">hal-03751656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scale-up of high voltage electrical discharges for polyphenols extraction from grape pomace: Effect of the dynamic shock waves</w:t>
+                <w:t xml:space="preserve">Application of electrical treatments in alcoholic solvent for polyphenols extraction from grape seeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.H. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cordin-Falcimaigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Lanoisellé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2012.05.004⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 46, pp.127-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2011.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03751656v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00658504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation of grape pomace by the extraction of phenolic antioxidants: Application of high voltage electrical discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Deloison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7512,290 +7512,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00637394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of soluble matter from grape pomace by high voltage electrical discharges for polyphenol recovery: Effect of sulphur dioxide and thermal treatments</w:t>
+                <w:t xml:space="preserve">Electrically assisted extraction of soluble matter from chardonnay grape skins for polyphenol recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">N. Lebovka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Adenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Catherine Bedel-Cloutour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2009.04.030⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 57 (4), pp.1491-1497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf802579x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00426272v1</w:t>
+                <w:t xml:space="preserve">hal-00377395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrically assisted extraction of soluble matter from chardonnay grape skins for polyphenol recovery</w:t>
+                <w:t xml:space="preserve">Extraction of soluble matter from grape pomace by high voltage electrical discharges for polyphenol recovery: Effect of sulphur dioxide and thermal treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Lanoisellé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bedel-Cloutour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 95, pp.192-198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2009.04.030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jf802579x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00377395v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00426272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7813,103 +7813,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of pesticide atrazine in water by high voltage electrical discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junting Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Enderlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Merlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Grimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Technological Systems, Sustainability and Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7947,77 +7947,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective supercritical CO2 extraction of phenolic compounds from Moroccan Rosmarinus officinalis L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Boufetacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elkhadir Gharibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Benali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Conference on Biomass Valorization for Sustainable Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8055,77 +8055,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de l’extraction des polyphénols du romarin par la méthodologie de la surface de réponse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Boufetacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Benali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elkhadir Gharibi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international ; Le Romarin : Valorisation et développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Taourirt, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8150,90 +8150,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High voltage electrical pulses for the Exraction of Mycosporine-like Amino Acids from the Agarophyte Gelidium sesquipedale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Mcreynolds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Mcreynolds</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Silvestre de Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana C.M. Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8275,103 +8275,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of PEF and HVED on polyphenol extraction from pomegranate peels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Rajha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna-Maria Abi-Khattar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Vorobiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Maroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 5th International Conference on Renewable Energies for Developing Countries (REDEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Marrakech, France. pp.1-6, </w:t>
@@ -8422,51 +8422,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of vapor bubbles and streamer initiation in water under long duration impulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8517,103 +8517,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Voltage Electrical Discharges (HVED) application on Grape Seeds suspensions: effect of the generated shock wave and vapor bubble on Polyphenol Extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd World Congress on Electroporation and Pulsed Electric Fields in Biology, Medicine and Food &amp; Environmental Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Norfolk VA, USA, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8638,90 +8638,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation and modelling of vapor bubble and streamer initiation in water under long duration impulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrical Insulation and Dielectric Phenomena (CEIDP), 2016 IEEE Conference on</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Cancun, Mexico. pp.416--419</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8740,96 +8740,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of high voltage electrical discharges for the recovery of antioxidant compounds from grape seeds</w:t>
+                <w:t xml:space="preserve">Study of the electrical and chemical mechanisms induced by high voltage electrical discharges and application to biomolecules extraction, ECCE10-ECAB3-EPIC5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Koubaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugen Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8841,344 +8841,344 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th European Congress of Chemical Engineerings, European Congress of Applied Biotechnology, fifth European Process Intensification Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02330029v1</w:t>
+                <w:t xml:space="preserve">hal-02330028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the electrical and chemical mechanisms induced by high voltage electrical discharges and application to biomolecules extraction, ECCE10-ECAB3-EPIC5</w:t>
+                <w:t xml:space="preserve">Study of the electrical and physico-chemical mechanisms induced by High Voltage Electrical Discharges and application to biomolecules extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Koubaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugen Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Congress of Chemical Engineerings, European Congress of Applied Biotechnology, fifth European Process Intensification Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Nice, France</w:t>
+              <w:t xml:space="preserve">1st World Congress on Electroporation and Pulsed Electric Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Portoroz, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02330028v1</w:t>
+                <w:t xml:space="preserve">hal-02330030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the electrical and physico-chemical mechanisms induced by High Voltage Electrical Discharges and application to biomolecules extraction</w:t>
+                <w:t xml:space="preserve">Application of high voltage electrical discharges for the recovery of antioxidant compounds from grape seeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Koubaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugen Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st World Congress on Electroporation and Pulsed Electric Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Portoroz, Slovenia</w:t>
+              <w:t xml:space="preserve">10th European Congress of Chemical Engineerings, European Congress of Applied Biotechnology, fifth European Process Intensification Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02330030v1</w:t>
+                <w:t xml:space="preserve">hal-02330029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed electrical technologies assisted extraction of polyphenols from grape seeds: comparison of arc streamer and pulsed electric field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugen Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9229,64 +9229,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study of the extraction of polyphenols from grape seeds with pulsed electric arc discharges: effect of pulse energy and treatment cell shape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lesaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Conférence de la Société Française d'Electrostatique, SFE 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Cherbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9305,277 +9305,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of high voltage electrical discharge at pilot scale extraction of polyphenols from grape pomace</w:t>
+                <w:t xml:space="preserve">Improvement of polyphenols extraction from grape pomace using pulsed arc electro-hydraulic discharges.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Silvestre de Ferron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Reess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Pecastaing</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Silvestre de Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Bio &amp; Food Electro-technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Compiègne, France</w:t>
+              <w:t xml:space="preserve">17th IEEE International Pulsed Power Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Washington D.C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292460v1</w:t>
+                <w:t xml:space="preserve">hal-04292454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of polyphenols extraction from grape pomace using pulsed arc electro-hydraulic discharges.</w:t>
+                <w:t xml:space="preserve">Application of high voltage electrical discharge at pilot scale extraction of polyphenols from grape pomace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Reess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pecastaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Silvestre de Ferron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pecastaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IEEE International Pulsed Power Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Washington D.C., United States</w:t>
+              <w:t xml:space="preserve">International Conference on Bio &amp; Food Electro-technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292454v1</w:t>
+                <w:t xml:space="preserve">hal-04292460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9813,90 +9813,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed Electric Fields and High-Voltage Electrical Discharges Assisted Extraction of Valuable Bio-compounds and Biopolymers from Rapeseed By-Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Barba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Brosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugène Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9988,77 +9988,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’outils prédictifs pour l’éco-extraction sélective des polyphénols de Rosmarinus officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Boufetacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elkhadir Gharibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Benali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18 ème congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10128,51 +10128,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé d'extraction de molécules d'intérêt à partir de tout ou partie d'une matrice végétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10261,90 +10261,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed electric fields assisted extraction from food plants: multi-scale studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lebovka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Grimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10405,51 +10405,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Reess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lanoisellé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10493,51 +10493,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grape seeds valorization: extraction of polyphenols by electrical treatments and ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vorobiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10767,51 +10767,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523034v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Rhayem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boussetta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Kubo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Vorobiev" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods15040782" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225312v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junting Hong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messika Revel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Enderlin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Nadaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118706" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116406v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Zakhia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Balliano Balestra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dhainaut" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.133998" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127197v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Khayat Driaa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Maarir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mennani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Grimi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Moubarik" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.139319" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707779v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Boufetacha" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Ayad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Hbika" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benali" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0972060x.2024.2328136" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045889v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Abboud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Chrayteh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Dalle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Malerba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50993-8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707775v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thiebault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elkhadir Gharibi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2024.106344" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202955v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3su00103b" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127220v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Boussetta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Ait Benhamou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Charii" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Houssaine Ablouh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-023-02091-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03986124v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Chadni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Guerin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lagalle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12030520" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04067037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Mcreynolds" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Adrien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Silvestre de Ferron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pecastaing" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12071473" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127343v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Hern&#225;ndez-Corroto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Luisa Marina" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Concepci&#243;n Garc&#237;a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Vorobiev" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2022.103055" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127310v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ihammi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Barba" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2022.115323" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935164v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27249021" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127261v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Kasbaji" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2022.08.191" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767684v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11162416" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04356255v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Abi-Khattar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba N Rajha" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roula M Abdel-Massih" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louka" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2021.105895" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127354v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Wang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Lebovka" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.111357" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127359v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2020.03.004" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013143v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel El Benna" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Renassia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Louis" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cuvellier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020002198" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423834v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Rajha" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Koubaa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maroun" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.14545" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013177v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Deschemin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02343425v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fortier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cadoux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pham" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Donn&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51175-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484469v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally El Kantar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba N. Rajha" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G. Maroun" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.05.111" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127373v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2019.102212" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7ZHZP3H6-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484774v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2019.03.002" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484915v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lefebvre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2018.11.026" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02349915v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Maillet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Leclerc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Fauveau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Foretz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.01.086" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915356v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adda" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesaint" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tdei.2018.007427" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148532v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai I. Lebovka" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Foucart" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.09.024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148547v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Afif" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2018.02.013" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148553v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2018.04.007" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148533v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.01.070" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148554v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.13835" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148555v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-018-3081-9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915366v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Hanna" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tdei.2018.007428" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03099180v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brahim" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boussetta" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grimi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vorobiev" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zieger-Devin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2016.11.033" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01765370v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Checa Fernandez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Regnier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2017.04.003" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01765374v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Asad" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Brahim" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ziegler-Devin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brosse" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15376/biores.12.2.3143-3153" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614700v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Mhemdi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Koubaa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2016.04.015" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPLBQ7QB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614839v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rosell&#243;-Soto" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksii Parniakov" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Deng" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Patras" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12393-015-9131-1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03060016v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Kantar" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brosse" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2016.09.019" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638931v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist&#232;le Delsart" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miot-Sertier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Ghidossi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12981" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03060009v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra27548b" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614843v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana &#352;ic &#381;labur" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anet Re&#382;ek Jambrak" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Brn&#269;i&#263;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b01994" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634350v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mietton-Peuchot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2015.04.017" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0M9XRWC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016041v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Ribeiro Sarkis" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blouet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Cristina Tessaro" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Damasceno Ferreira Marczak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2015.02.011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KDBKN4CP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614841v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Lopes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Saraiva" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2015.07.003" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDQD9GVR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985794v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Soichi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.10.048" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DMKL1RN-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985548v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turk" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Taeye" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Larondelle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.06.004" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M96JCJZC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980523v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Vorobiev" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2013.03.007" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLMB5VCJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593756v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pizzi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2012.12.040" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L01MWHM4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768012v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reess" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Ferron" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658504v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Le" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cordin-Falcimaigne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2011.10.016" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03751656v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2012.05.004" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5PB05393-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637394v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Deloison" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pochez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Falcimaigne-Cordin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.03.035" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KFLM2J9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426272v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bedel-Cloutour" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2009.04.030" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5C5VX4D-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377395v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebovka" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Adenier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf802579x" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538226v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759367v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759363v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03469140v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana C.M. Fernandes" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127369v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REDEC49234.2020.9163593" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551756v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adda" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330503v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lesaint" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330361v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330029v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Koubaa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330028v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330030v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980558v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820587v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04292460v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04292454v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127339v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2021-0-02978-3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127257v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95403-7.00009-X" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03047159v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26779-1_160-1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759376v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768040v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manteau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Logeat" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716833v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768027v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716899v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Merlier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523034v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Rhayem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boussetta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Kubo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Merlier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Vorobiev" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods15040782" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116406v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Zakhia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Balliano Balestra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dhainaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2025.133998" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127197v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Khayat Driaa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Maarir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mennani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Grimi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Moubarik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.139319" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225312v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junting Hong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messika Revel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Enderlin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Nadaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.118706" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707775v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Boufetacha" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Ayad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thiebault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elkhadir Gharibi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2024.106344" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045889v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Abboud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doha Chrayteh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;loise Dalle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Malerba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50993-8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707779v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Hbika" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0972060x.2024.2328136" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127220v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Boussetta" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Ait Benhamou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Charii" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Houssaine Ablouh" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-023-02091-x" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03986124v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Chadni" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Guerin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lagalle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12030520" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04067037v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Mcreynolds" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Adrien" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Silvestre de Ferron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pecastaing" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12071473" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202955v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3su00103b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127343v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ester Hern&#225;ndez-Corroto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Luisa Marina" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Concepci&#243;n Garc&#237;a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Vorobiev" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2022.103055" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127310v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ihammi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Barba" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2022.115323" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935164v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27249021" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127261v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Kasbaji" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2022.08.191" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-04356255v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Maria Abi-Khattar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba N Rajha" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roula M Abdel-Massih" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louka" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2021.105895" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767684v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11162416" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127354v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Wang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Lebovka" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2021.111357" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013143v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel El Benna" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Renassia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Louis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cuvellier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020002198" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423834v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Rajha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Koubaa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Maroun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.14545" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013177v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Deschemin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127359v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2020.03.004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484469v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally El Kantar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba N. Rajha" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G. Maroun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.05.111" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127373v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2019.102212" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7ZHZP3H6-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484774v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2019.03.002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484915v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lefebvre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2018.11.026" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02343425v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fortier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cadoux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pham" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Donn&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-51175-z" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915356v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesaint" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tdei.2018.007427" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02349915v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Maillet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Leclerc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Fauveau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Foretz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.01.086" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148532v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai I. Lebovka" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Foucart" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.09.024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148547v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Afif" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2018.02.013" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148553v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2018.04.007" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148533v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.01.070" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148554v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.13835" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148555v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-018-3081-9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915366v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Hanna" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tdei.2018.007428" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01765374v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Asad" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Brahim" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ziegler-Devin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brosse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15376/biores.12.2.3143-3153" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01765370v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brahim" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Checa Fernandez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Regnier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grimi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2017.04.003" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03099180v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boussetta" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vorobiev" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zieger-Devin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2016.11.033" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614839v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rosell&#243;-Soto" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksii Parniakov" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Deng" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Patras" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12393-015-9131-1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03060016v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Kantar" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brosse" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2016.09.019" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638931v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist&#232;le Delsart" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miot-Sertier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Ghidossi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12981" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03060009v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra27548b" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614700v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Mhemdi" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Koubaa" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2016.04.015" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KPLBQ7QB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614843v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana &#352;ic &#381;labur" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anet Re&#382;ek Jambrak" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Brn&#269;i&#263;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b01994" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634350v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Mietton-Peuchot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2015.04.017" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B0M9XRWC-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016041v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Ribeiro Sarkis" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blouet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Cristina Tessaro" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Damasceno Ferreira Marczak" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2015.02.011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KDBKN4CP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614841v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Lopes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Saraiva" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2015.07.003" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FDQD9GVR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985794v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Soichi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.10.048" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DMKL1RN-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985548v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turk" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Taeye" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Larondelle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.06.004" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M96JCJZC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980523v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Vorobiev" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2013.03.007" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLMB5VCJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01593756v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pizzi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2012.12.040" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L01MWHM4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768012v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Reess" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Ferron" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03751656v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2012.05.004" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5PB05393-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658504v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Le" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cordin-Falcimaigne" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2011.10.016" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637394v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Deloison" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pochez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Falcimaigne-Cordin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.03.035" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KFLM2J9-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377395v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebovka" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Adenier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bedel-Cloutour" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf802579x" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426272v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2009.04.030" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5C5VX4D-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538226v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759367v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759363v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03469140v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana C.M. Fernandes" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127369v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REDEC49234.2020.9163593" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551756v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adda" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330503v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lesaint" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330361v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330028v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Koubaa" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330030v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330029v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980558v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820587v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04292454v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04292460v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127339v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2021-0-02978-3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05127257v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95403-7.00009-X" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03047159v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26779-1_160-1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759376v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768040v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manteau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Logeat" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716833v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768027v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716899v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Merlier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>