--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -974,265 +974,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04575779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward the Use of Pupillary Responses for Pilot Selection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hierarchy in the cockpit: How captains influence the decision-making of young and inexperienced first officers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve F Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Puma</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Beltran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Baragona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cerise Cuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Factors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0018720820945163⟩</w:t>
+              <w:t xml:space="preserve">Safety Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 146, pp.105536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssci.2021.105536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02937972v1</w:t>
+                <w:t xml:space="preserve">hal-03906310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchy in the cockpit: How captains influence the decision-making of young and inexperienced first officers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Toward the Use of Pupillary Responses for Pilot Selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Baragona</w:t>
+                <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerise Cuny</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sébastien Puma</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Safety Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 146, pp.105536. </w:t>
+              <w:t xml:space="preserve">Human Factors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64 (3), pp.555-567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ssci.2021.105536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0018720820945163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906310v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02937972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A meta-analysis on air traffic controllers selection: cognitive and non-cognitive predictors</w:t>
               </w:r>
@@ -1420,499 +1420,499 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03556815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding and overcoming horizontal separation complexity in air traffic control: an expert/novice comparison</w:t>
+                <w:t xml:space="preserve">Does hostile intent cause physiological changes? An airport security check simulation experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Gotteland</w:t>
+                <w:t xml:space="preserve">Hakim Djeriouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Margot Sandt</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mouratille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition, Technology and Work</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10111-020-00634-z⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 165, pp.29-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2021.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643660v1</w:t>
+                <w:t xml:space="preserve">hal-03992368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does hostile intent cause physiological changes? An airport security check simulation experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding and overcoming horizontal separation complexity in air traffic control: an expert/novice comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Gotteland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Matton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Bortolotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hakim Djeriouat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Damien Mouratille</w:t>
+                <w:t xml:space="preserve">Margot Sandt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 165, pp.29-35. </w:t>
+              <w:t xml:space="preserve">Cognition, Technology and Work</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23, pp.481-496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2021.03.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10111-020-00634-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03992368v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conscientiousness in Pilots Correlates with Electrodermal Stability: Study on Simulated Flights under Social Stress</w:t>
+                <w:t xml:space="preserve">Improving Airline Pilots’ Visual Scanning and Manual Flight Performance through Training on Skilled Eye Gaze Strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Hidalgo-Munoz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yves Rouillard</w:t>
+                <w:t xml:space="preserve">Olivier Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Causse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 7 (2), pp.49. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/safety7020049⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 7 (4), pp.70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/safety7040070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03274238v1</w:t>
+                <w:t xml:space="preserve">hal-03556904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Airline Pilots’ Visual Scanning and Manual Flight Performance through Training on Skilled Eye Gaze Strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conscientiousness in Pilots Correlates with Electrodermal Stability: Study on Simulated Flights under Social Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Hidalgo-Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mouratille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lefrançois</w:t>
+                <w:t xml:space="preserve">Radouane El-Yagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 7 (4), pp.70. </w:t>
+              <w:t xml:space="preserve">, 2021, 7 (2), pp.49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/safety7040070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/safety7020049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03556904v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03274238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global difficulty modulates the prioritization strategy in multitasking situations</w:t>
               </w:r>
@@ -2015,103 +2015,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using theta and alpha band power to assess cognitive workload in multitasking environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Puma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radouane El-Yagoubi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 123 (01-2018), pp.111-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2145,77 +2145,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Load Theory and Time Considerations: Using the Time-Based Resource Sharing Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Puma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2513,64 +2513,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualizing complexities: the human limits of air traffic control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Gotteland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2890,51 +2890,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in Multitask Resource Reallocation After Change in Task Values</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cegarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4913,346 +4913,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02933506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Anxiety and Mental Workload on Flight performance in a Flight Simulator</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Flight simulator and fNIRS : study of relation between cognitive workload and anxiety.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mouratille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Hidalgo-Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mickael Causse</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radouane El Yagoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCAS 2020, 1st International Conference on Cognitive Aircraft Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02933513v1</w:t>
+                <w:t xml:space="preserve">hal-03001239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flight simulator and fNIRS : study of relation between cognitive workload and anxiety.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Anxiety and Mental Workload on Flight performance in a Flight Simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Hidalgo-Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mouratille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Rouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Radouane El Yagoubi</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCAS 2020, 1st International Conference on Cognitive Aircraft Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03001239v1</w:t>
+                <w:t xml:space="preserve">hal-02933513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of ATCO training and expertise on dynamic spatial abilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Gotteland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraud Granger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Symposium on Aviation Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP : European Association for Aviation psychology, May 2019, Dayton, Oiho, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5953,277 +5953,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01405262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarifying the link between mental workload and cognitive control: a study based on Rasmussen's step ladder model.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Camettes</w:t>
+                <w:t xml:space="preserve">Using near infrared spectroscopy to detect mental overload in flight simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAP 2014, 28th International Congres of Applied Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">AHFE 2014, 5th International Conference on Applied Human Factors and Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Krakovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01704494v1</w:t>
+                <w:t xml:space="preserve">hal-00997051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using near infrared spectroscopy to detect mental overload in flight simulator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickael Causse</w:t>
+                <w:t xml:space="preserve">Clarifying the link between mental workload and cognitive control: a study based on Rasmussen's step ladder model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Giavarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cegarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Baracat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Camettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AHFE 2014, 5th International Conference on Applied Human Factors and Ergonomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Krakovie, Poland</w:t>
+              <w:t xml:space="preserve">ICAP 2014, 28th International Congres of Applied Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00997051v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resource allocation strategies in multitasking after switch in task priorities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7546,51 +7546,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327331v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mouratille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Matton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2025.104666" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322402v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Deniel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Dupuy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duchevet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Imbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/2192-0923/a000286" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984691v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Causse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Schwartz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1463922X.2025.2475431" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564826v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rouillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane El Yagoubi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2023.114698" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742953v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Chikhi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sanna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blanchet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-024-01218-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028719v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2023.108521" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04575779v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Hsang Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnold" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dupont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kobus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lancelot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2023.2239544" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02937972v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Paubel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Puma" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720820945163" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906310v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve F Fabre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beltran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Baragona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Cuny" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2021.105536" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757317v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2022.103769" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556815v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.14009" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02643660v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Gotteland" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bortolotti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Sandt" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-020-00634-z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03992368v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Djeriouat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2021.03.008" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274238v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Hidalgo-Munoz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane El-Yagoubi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/safety7020049" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556904v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/safety7040070" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02128527v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valery" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Scannella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2019.04.012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01626535v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Raufaste" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2017.10.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01767348v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10648-018-9438-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01761909v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio R. Hidalgo-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Causse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2018.04.002" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01742404v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vrignaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemari&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2018.03.009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01707751v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-018-0468-0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565168v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarrin Chua" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vsevolod Peysakhovich" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia del Campo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05378-x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01504061v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cegarra" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baracat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calmettes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi L. Capa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.801.0007" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01356925v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720816662543" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00877974v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vautier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1930297500003685" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021626v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Veldhuis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10508414.2012.635123" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667697v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Veldhuis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959354312450093" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021627v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-2389.2011.00530.x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9C8880DDDD3E2EE1D10463213B07673339204AB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021628v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intell.2009.03.011" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05460419v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816448v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04711678v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648793v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Amadieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648782v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274237v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459971v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio R. Hidalgo-Munoz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617909v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pauchet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cadier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cantet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hebrard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04576505v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35389-5_4" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03220575v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Gauci" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John de Carlo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Golfetti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tomasello" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Napoletano" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02157243v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20473-0_5" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02933506v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lefrancois" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02933513v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001239v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078543v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Granger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02122186v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908952v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Behrend" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908935v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983334v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01632500v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gayraud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01405262v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gourinat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704494v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Giavarini" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Camettes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00997051v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01116661v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106579v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Andr&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021494v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344982v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Puyo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dubois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Prade" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021536v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207594.2008.10108484" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022487v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bena&#239;m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022484v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022486v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022485v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01025892v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021537v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984679v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327331v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mouratille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Matton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2025.104666" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322402v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Deniel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Dupuy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duchevet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Imbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/2192-0923/a000286" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984691v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Causse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Schwartz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1463922X.2025.2475431" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564826v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rouillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane El Yagoubi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2023.114698" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742953v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Chikhi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sanna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blanchet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13415-024-01218-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028719v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2023.108521" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04575779v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Hsang Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnold" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dupont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kobus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lancelot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2023.2239544" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906310v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve F Fabre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beltran" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Baragona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Cuny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2021.105536" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02937972v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Paubel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Puma" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720820945163" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757317v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2022.103769" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556815v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.14009" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03992368v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Djeriouat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2021.03.008" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02643660v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Durand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Gotteland" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bortolotti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Sandt" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-020-00634-z" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556904v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/safety7040070" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274238v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Hidalgo-Munoz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane El-Yagoubi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/safety7020049" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02128527v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valery" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Scannella" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2019.04.012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01626535v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Raufaste" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2017.10.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01767348v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10648-018-9438-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01761909v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio R. Hidalgo-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Causse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2018.04.002" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01742404v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vrignaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemari&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2018.03.009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01707751v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-018-0468-0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565168v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zarrin Chua" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vsevolod Peysakhovich" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia del Campo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05378-x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01504061v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cegarra" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baracat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calmettes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi L. Capa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.801.0007" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01356925v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720816662543" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00877974v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vautier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1930297500003685" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021626v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Veldhuis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10508414.2012.635123" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667697v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Veldhuis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959354312450093" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021627v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-2389.2011.00530.x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9C8880DDDD3E2EE1D10463213B07673339204AB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021628v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intell.2009.03.011" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05460419v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816448v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04711678v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648793v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Amadieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648782v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274237v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459971v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio R. Hidalgo-Munoz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617909v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pauchet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cadier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cantet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hebrard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04576505v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35389-5_4" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03220575v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Gauci" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John de Carlo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Golfetti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tomasello" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Napoletano" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02157243v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20473-0_5" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02933506v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lefrancois" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001239v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02933513v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078543v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Granger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02122186v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908952v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Behrend" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908935v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983334v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01632500v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gayraud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01405262v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gourinat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00997051v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704494v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Giavarini" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Camettes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01116661v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106579v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Andr&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021494v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344982v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Puyo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dubois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Prade" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021536v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207594.2008.10108484" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022487v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bena&#239;m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022484v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022486v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022485v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01025892v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01021537v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984679v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>