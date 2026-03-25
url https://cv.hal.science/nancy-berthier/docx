--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:104.91803278689px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nancy Berthier </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directrice de la Casa de VelázquezProfesseure à la faculté des Lettres de Sorbonne Université</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nancy-berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9954-1410</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">035668601</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après une  double licence (études cinématographiques et études ibériques), j’ai commencé ma carrière de chercheur à l’occasion de ma maîtrise et de mon DEA (obtenus respectivement en 1987 et 1988), puis du doctorat engagé en 1990 sous la direction de Carlos Serrano à l’université Paris-Sorbonne Paris IV sur le cinéma de propagande franquiste, à la frontière entre la civilisation et les arts visuels du monde hispanique. Normalienne et agrégée, j’ai pu débuter ma carrière d’enseignante du supérieur comme chargée de cours dès 1989, puis allocataire monitrice normalienne et ATER. Le statut de membre de l’École des Hautes Études Hispaniques (Casa de Velázquez, Madrid, 1992-1994) m’a permis de bénéficier d’un séjour de recherche de 2 années à Madrid grâce à quoi j’ai pu réaliser une importante recherche de sources documentaires inédites.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Élue Maître de conférences en 1995 à l’université Paris-8, puis à l’université Paris-Sorbonne à partir de 1999, j’ai obtenu mon Habilitation à diriger des recherches autour de « Cinéma et Histoire dans le monde hispanique », sous la direction de Sadi Lakhdari en 2004. J'ai exercé en tant que professeure des universités à l'Université Paris-Est et je suis aussi aujourd'hui professeure à Sorbonne Université en détachement à la Casa de Velázquez en tant que directrice depuis 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches portent sur plusieurs axes :▪ Cinéma, propagande et mémoire historique sous le franquisme▪ Cinéma et révolution à Cuba▪ Charisme et arts visuels▪ Cinémas ibériques et ibéro-américains contemporains▪ Imaginaires cinématographiques des villes et usages politiques de l'espace public</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Book &amp;quot;Almodóvar y la cultura. Del tardofranquismo a la Movida (Mario de la Torre Espinosa)&amp;quot; Somonte-Cenero, Ediciones Trea, 2020. 379 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Spanish Visual Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (1), pp. 141-158. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24741604.2022.2046904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un merecido homenaje</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos Tecmerin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp. 11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Joly, Patricio Guzmán, Une histoire chilienne. Le cinéma au cœur du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers des Amériques Latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 96, pp.229 - 231. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cal.12988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En tiempos de las ataduras (Historia et consuetudines francorum feudorum), de José Antonio Fernández «Fer»: la muerte de Franco en animación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Álvarez San Román</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Atalante. Revista de estudios cinematograficos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31, pp. 211-224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porque es un Sol...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos Tecmerin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18, pp. 11-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Palacio de las Cortes de Madrid visto por Elías Andrés y Victoria Prego (La Transición, TVE, 1993)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.10576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire sociale de la télévision en Espagne, Manuel Palacio, Lyon Editions du Grimh, collection Zoom, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp. 175-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variaciones audiovisuales en torno a la imagen ausente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs en Prisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dictature et image absente dans le cinéma de non-fiction, 9, pp.17-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Monográfico “Imaginario catastrófico”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comunicación y medios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36, pp. 7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Saura años cincuenta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlante : Revue d'études romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7, pp.355-387</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinémaction. Le nouveau du cinéma argentin. Pietsie Feenstra y María Luisa Ortega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secuencias. Revista de historia del cine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 43-44, pp. 188-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imágenes recalcitrantes: el caso de la proclamación de Juan Carlos I como rey de España (22 de noviembre de 1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudios sobre el Mensaje Periodístico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (1), pp.23-47. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5209/rev_ESMP.2016.v22.n1.52581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imágenes recalcitrantes: el caso de la proclamación de Juan Carlos I como rey de España (22 de noviembre de 1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudios sobre el Mensaje Periodístico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (1), pp.23-47. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5209/rev_ESMP.2016.v22.n1.52581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una imagen-fantasma: Recorre Las Pantallas… La Muerte De Franco Como Evento Monstruo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo texto crítico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (51), pp.69-86. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/ntc.2015.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entrevista a Fernando León de Aranoa por Nancy Berthier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp. 191-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La verticalidad superlativa del Valle de los Caídos y sus avatares cinematográficos durante la Transición, un “noeud de mémoire” »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anos 90. Revista do Anos 90. Revista do Programa de Pós-Graduação em História </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entrevista a Alex de la Iglesia por Nancy Berthier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp. 173-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le goût de la transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.5395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'ouvrage: Henry Rousso, La dernière catastrophe : L’histoire, le présent, le contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 117, pp.145-147. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/temoigner.839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Baby, Le Mythe de la Transition pacifique. Violence et politique en Espagne (1975-1982)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 119, pp.203-204. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/temoigner.1648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testamento (1977) de Joan Martí : vomitar la muerte de Franco. Un ejercicio de contramemoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pandora : Revue d'études hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Politiques, Récits et Représentations de la mémoire en Espagne et en Amérique Latine aux XXe et XXIes siècles, pp.153-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visions cinématographiques de Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Thibaudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.5218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloge de la folie. La mort d'un bureaucrate de Tomás Gutiérrez Alea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs et clinique - Revue de Psychanalyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17-1, pp.61-66. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sc.017.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visiones cinematográficas del turismo costero: el punto de vista de los excluidos (El verdugo -1963-, Justino un asesino de la tercera edad -1994-, Barrio -1999-)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’âge totalitaire. Idées reçues sur le totalitarisme, Bernard Bruneteau, Le Cavalier bleu, 2011, 180 pages,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El pasado es el destino. Propaganda y cine del bando nacional en la Guerra Civil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Almodóvar : au commencement était la Movida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs en Prisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 01, pp.79-90. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34929/sep.vi01.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El pasado es el destino. Propaganda y cine del bando nacional en la Guerra Civil. Recension d'ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre juin 2011 et septembre 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Di Febo, Giulana, Ritos de guerra y de victoria en la España franquista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp. 177-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kati Horna. El compromiso de la mirada. Fotografías de la guerra civil española (1937-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Rodríguez Tranche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, pp.137-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cronología del cine cubano I (1897-1936), Arturo Agramonte et Luciano Castillo, La Havane, Ediciones ICAIC, 2011, 489 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arturo Agramonte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.62833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Calvo ou l’insoutenable invisibilité de l’être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre juin 2011 et septembre 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine y evento histórico: la muerte de Franco en la pantalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esboços - Revista do Programa de Pós-Graduação em História da UFSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19 (27), </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5007/2175-7976.2012v19n27p150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ritos de guerra y de victoria, Giuliana Di Febo, Valencia, PUV, 2012, 187 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp. 175-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Di Febo, Giulana, Ritos de guerra y de victoria en la España franquista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp.177-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Emiliano Zapata visto por Hollywood »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gautreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Milza, Les derniers jours de Mussolini, Paris, Fayard, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre novembre 2009 et novembre 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guernica para los niños franceses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Guernica de la imagen ausente al icono, 64-65, pp. 143-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma et récit d’apprentissage dans Fresa y chocolate (1993) de Tomás Gutiérrez Alea et Juan Carlos Tabío : repenser l’identité cubaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.59613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Angel Berumen Campos (ed), México. Fotografía y revolución</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.2665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand Hitchcock rencontre Dalí : Spellbound (La maison du docteur Edwardes, 1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs et clinique - Revue de Psychanalyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 12 (1), pp.115. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sc.012.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">México. Fotografía y Revolución</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.2665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma et récit d’apprentissage dans Fresa y chocolate (1993) de Tomás Gutiérrez Alea et Juan Carlos Tabío : repenser l’identité cubaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.59613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre novembre 2009 et novembre 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Almodóvar: no início era a movida...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos CERU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20 (1), pp. 15-31. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1413-45192009000100002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Buñuel, Françoise Heitz (eds.), La Vie criminelle d’Achibald de la Cruz (Ensayo de un crimen)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.3083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los años rojos de Buñuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Franco ese hombre de José Luis Sáenz de Heredia à Caudillo de Basilio Martín Patino, une histoire de détails</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102, pp. 71-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Buñuel, Françoise Heitz (eds.), La Vie criminelle d’Achibald de la Cruz (Ensayo de un crimen)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.3083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Gubern et Paul Hammond, Los años rojos de Buñuel. Recension d'ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses dans le domaine de l’image soutenues en France et en Espagne entre avril 2006 et juillet 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses dans le domaine de l’image soutenues en France et en Espagne entre avril 2006 et juillet 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guernica ou l’image absente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Écritures filmiques du passé : archives, témoignages, montages, 89-90, pp.30-36. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mate.089.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Gutiérrez Alea: documental versus ficción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Cine y revolución en Cuba: luces y sombras, 59, pp. 112-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoyes d’Helena Taberna : une femme et une femme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 129, pp.134-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses ou HDR dans le domaine de l’image dans l’Espagne contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3418⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arturo Agramonte et Luciano Castillo, Cronología del cine cubano I (1897-1936), La Havane, Ediciones ICAIC, 2011, 489 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.62833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Barillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Heitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Louguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville au cinéma. Recension d'ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre à Madrid : la guerre civile espagnole revisitée par Basilio Martín Patino, entre fiction et documentaire (Madrid, 1987)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, La ville dans le cinéma documentaire espagnol, 16, pp.11-19. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesromanes.2083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses ou HDR dans le domaine de l’image dans l’Espagne entre 2001 et 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3418ISBN:978-2-8218-0896-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7 (2), pp. 273-274. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tdm.007.0263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps sanglants, corps souffrants, corps tombant : la résistance aux images violentes dans Tesis et El bola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 121, pp. 184-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanish Cinema. A Student’s guide (Barry Jordan, Mark Allison)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secuencias. Revista de historia del cine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 24, pp. 119-121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goya en Burdeos de Carlos Saura et le biopic: entre tradition et renouvellement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 335, pp. 59-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Por qué morir en Madrid? contra Mourir à Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 51, pp. 126-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fraise et chocolat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 114, pp. 231-237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 114, pp. 145-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville intérieure : la Casa de Velázquez vue par Max Armengaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, La ville dans le cinéma documentaire espagnol, 11, pp.63-78. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesromanes.2718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ser o no ser Franco: naturaleza y función de la risa en &amp;quot;Espérame en el cielo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Materiales para una iconografía de Franco, 42-43, pp.156-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En avoir ou pas... Macho de Juan José Bigas Luna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 99, pp.106-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son dernier soupir… la mise en scène de Suspiros de España dans ¡Ay Carmela!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 37, pp. 79-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et statut de la fête dans Bienvenido Míster Marshall de Luis García Berlanga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 29-30, pp. 301-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arrêt sur image (à propos d'un plan de El verdugo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 36, pp. 99-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El fracaso de la voluntad (en torno a un plano de &amp;quot;El verdugo&amp;quot;)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiosfera: Humanidades-Tecnologías</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 6/7, pp. 151-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espagne folklorique et Espagne èternelle: l'irrésistible ascensión de l'espagnolade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 24, pp. 245-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El último caído de Sáenz de Heredia: un poema documental sobre Franco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secuencias. Revista de historia del cine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2, pp. 9-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El triunfo de la conversión: Pedro Churruca, el malo de la película Raza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos interdisciplinarios de estudios literarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 1 (5), pp. 243-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d'un miracle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 27-28, pp. 77-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Por qué morir en Madrid contre Mourir à Madrid: la guerre n'est pas finie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2 (2), pp. 85-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El combate del Biutz en Franco ese hombre: historia de un milagro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Epoque contemporaine, 30 (3), pp.285-297. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/casa.1994.2722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esa pareja feliz: la aparición de una nueva estética cinematográfica en la España de la posguerra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos interdisciplinarios de estudios literarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 1 (4), pp. 243-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco ese hombre, un siècle d'Espagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Epoque contemporaine, 27 (3), pp.193-207. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/casa.1991.2600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La représentation des femmes dans le cinéma espagnol des années quarante »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation des femmes dans le cinéma espagnol des années quarante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03821647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noticiero ICAIC : 30 ans d’actualités cinématographiques à Cuba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Arêas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pérez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario CRIMIC Artes visuales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris Auditorium du Grand Palais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madrid (1936-1939) : Quelques aspects de la rhétorique du plein dans l’image de propagande en temps de guerre civile, de l’image épiphanique à l’image mémoricide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire et Territoires - Collections numériques du LISAA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp. 19-34, 2017, Les représentations de la guerre d'Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paz en la guerra: Kati Horna y los niños de la guerra de España (1937-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Travaux du CREC en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, pp. 272-290, 2016, Une enfance en métamorphose (Espagne 1920-1975)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cultura de las pantallas. El cine iberoamericano en el panorama audiovisual actual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo texto crítico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28 (51), 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visions cinématographiques de Madrid. 1950-2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Thibaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DossIer Monographique : Charisme et image politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viva Zapata! (Elia Kazan, 1952): el Caudillo del Sur visto por Hollywood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, pp. 191-206, 2011, La revolución mexicana en imágenes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place Bolívar de Bogota – La plaza Bolívar de Bogotá</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Merlo-Morat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GRIMH - LA VILLA HISPANICA; Casa de Velázquez, 2024, Philppe Merlo-Morat</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place Bolívar de Bogóta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Grimh; Casa de Velázquez, 6, pp.95, 2024, Artis Amore, 9788490964484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noticiero ICAIC 30 ans d’actualités cinématographiques à Cuba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Arêas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-86938-291-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noticiero ICAIC: Memoria del Mundo. 30 años de actualidades cinematográficas en Cuba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Arêas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ICAIC-El Hurón azul, inPress</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Archives du lundi: histoire et mémoire de l’Institut d’études hispaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Araújo da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Sebbagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-85355-118-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-84-122568-6-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad: España, Cuba y México</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Arturo Fernández Reyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara; Université Sorbonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-607-571-060-0 / Ebook: 978-607-571-059-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barcelona 70’s. Antifranquisme & contreculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mònica Güell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Terrasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Terrasa, Mònica Güell, Nancy Berthier (dir.). Editions Hispaniques, 2020, 978-2-85355-109-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La muerte de Franco en la pantalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-84-121538-0-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine y Audiovisual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Del Rey Reguillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-84-947616-8-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginario catastrófico: discurso mediático y artes visuales hispanoamericanas en los siglos XX-XXI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Universidad de Chile. , 36, 2017, 0719-1529. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5354/0719-1529.2017.47984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01808853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frente a la catástrofe. Temáticas y estéticas en el cine español e iberoamericano contemporáneo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-85355-087-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carisma e Imagen Política. Líderes y Medios de Comunicación en la Transición</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente J. Benet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Rodríguez Tranche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tirant lo Blanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9788416786084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La comedia y el melodrama en el audiovisual iberoamericano contemporáneo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul James Smith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Iberoamericana Vervuert, pp. 67-80, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La comedia y el melodrama en el audiovisual iberoamericano contemporáneo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul James Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Iberoamericana Vervuert, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine iberoamericano contemporáneo y géneros cinematográficos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Del Rey Reguillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Tirant to Blanch Humanidades, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operas primas en el cine documental iberoamericano 1990-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Uniersidad de Guadalajara, 2012, 9786074506181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operas primas en el cine documental iberoamericano 1990-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l’UDG, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique bilingue des arts visuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ophrys Editions, 2011, 2708013084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fidel Castro - Arrêts sur images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Ophrys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Collection Imágenes, Nancy Berthier, 978-2-7080-1277-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma d´Alejandro Amenábar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Recalde Delgado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Mirail, 2007, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine, nación y nacionalidades en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casa de Velázquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 100, 2007, Collection de la Casa de Velázquez, 9788490962657. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cvz.20937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03603141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine, nación y nacionalidades en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Casa de Velázquez, 2007, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cvz.20937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Révolution cubaine (1959-1992) / Cinéma et Révolution à Cuba (1959-2003)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lamore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Sedes, 2006, 978-2718194783</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la guerre à l’écran. ¡Ay Carmela! de Carlos Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Mirail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2-85816-822-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Gutiérrez Alea et la Révolution cubaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Cerf-Corlet, 2005, Collection 7ème Art, 2-204-07721-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le cinéma espagnol. 1975-2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma de Bigas Luna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Larraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Merlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Mirail : Cinespaña, 2001, 978-2858165377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la guerre à l’écran. ¡Ay Carmela! de Carlos Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Mirail, 1999, 2-85816-470-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le franquisme et son image : cinéma et propagande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Mirail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 2-85816-364-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Arturo Fernández Reyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El paraíso de las emociones. Teoría, producción y contextos de la experiencia filmica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tirant Editorial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-19, 2022, 9788418970733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archives du Lundi&amp;quot;, nº 42, &amp;quot;Archives du Lundi&amp;quot;, nº 56</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Méndez Soria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Araújo da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Sebbagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Hispaniques; Sorbonne Université. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Archives du Lundi. Histoire et mémoire de l'Institut d'Études Hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782853551182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmar Madrid desde lugares ‘dramáticamente potentes’. Entrevista de Nancy Berthier a Alex de la Iglesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 315-330, 2021, 9786075710594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmar Madrid con luces y sombras. Entrevista de Nancy Berthier a Víctor Moreno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 295-312, 2021, 9786075710594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madres confinadas al borde de un ataque de nervios: la triple jornada en la producción humorística Covid 19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maternidades. Políticas de la representación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cátedra, pp. 33-62, 2021, 978-8437642802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaires filmiques de la Puerta del Sol de Madrid, variations autour d’un espace palimpseste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire des lieux et écriture cinématographique de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Perpignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 137-156, 2021, Collection cinémas, 978-2354124465</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memes en los tiempos de Corona: una cuarentena bajo el prisma del humor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ante el caos. Mirada a la nueva expresión audiovisual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fragua, pp. 37-60, 2021, 978-84-7074-928-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reir para no llorar: la función liberadora del humor en el cine de Tomás Gutiérrez Alea, el ejemplo de La muerte de un burócrata (1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Homenaje a Titón</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones Nuevo Cine Latinoamericano, pp. 119-134, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El arte de heredar a través del biopic. El ejemplo de Goya en Burdeos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 25-44, 2021, 978-84-122568-6-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface à l'ouvrage Alteropoéticas del yo en el cine documental colombiano (1999-2019). Entre la rumba, la ruina y el olvido (David Jurado)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alteropoéticas del “yo” en el cine documental colombiano (1999-2019). Entre la rumba, la ruina y el olvido (David Jurado)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editorial Aula, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 13-21, 2021, 978-84-122568-6-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ciudad palimsesto. Visiones fílmicas de Madrid en la guerra y la posguerra: de la imagen epifánica a la imagen memoricida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 23-42, 2021, 9786075710594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prólogo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alteropoéticas del yo en el cine documental colombiano: producción, festivales, historia y creación (1999-2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Aula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 11-13, 2020, 978-958-5111-78-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mònica Güell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Terrasa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Barcelona 70's - Antifranquisme &amp; Contreculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 8-12, 2020, 978-2-85355-109-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viridiana. El discreto encanto del escándalo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Luis Buñuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Donostia Kultura - Filmoteca Vasca, pp. 123-131, 2020, 978-84-122998-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Viridiana. El discreto encanto del escándalo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joxean Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Angulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Luis Buñuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Filmoteca vasca, pp. 123-131, 2020, Nosferatu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prologue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.9-12, 2018, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.37585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El cine ha muerto. ¡Viva el cine!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Del Rey Reguillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cine y Audiovisual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 6-13, 2018, 978-84-947616-8-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En torno al concepto de película-evento</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metodologías 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Fragua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 35-52, 2018, 978-8470748318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prólogo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siglo de hispanismo en la Sorbona</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 7-8, 2017, 978-285355090</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducción: dar cuenta, hacer frente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frente a la catástrofe. Temáticas y estéticas en el cine español e iberoamericano contemporáneo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 9-20, 2017, 978-2-85355-087-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«¡Que duro es morir!». La reconquista audiovisual de la invisible agonía de Franco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuarenta años y un día. Antes y después del 20-N</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publicacions de la Universitat de Valencia (PUV)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 41-64, 2017, 978-84-9134-072-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Paz en la guerra: Kati Horna y los niños de la guerra de España (1937-1938) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Franco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begoña Riesgo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une enfance en métamorphose. Espagne 1920-1975</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREC université Paris-3 Sorbonne nouvelle, pp. 272-290., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La verticalidad superlativa del Valle de los Caídos y sus avatares cinematográficos durante la Transición, un noeud de mémoire *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Terrasa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Madrid al cielo. Verticalité dans les arts et la littérature hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.87-114, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma pendant la guerre civile espagnole: miroir et arme de combaté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre d'Espagne. Un conflit qui a façonné l'Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 231-244, 2016, 978-2200616175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La verticalité superlative du Valle de los Caídos dans le cinéma de la Transition, un «noeud de mémoire»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Madrid al cielo. Verticalité urbaine dans les arts et la littérature hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 9-32, 2016, 978-2-85355-086-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caleidoscópio: por entre imagens, gêneros, educações e histórias (coord.: Alberto da Silva, Fabrícia Teixeira Borges et Raylane Andreza Dias Navarro Barreto)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editora Da UFPE, pp. 23-26, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Abre los ojos de Alejandro Amenábar »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il cinema spagnolo attraverso i film</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Carroci Editore, pp. 263-280, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fidel Castro mis à nu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sous les images, la politique…</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions, pp.79-87, 2014, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionscnrs.15878⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La mort de Franco à l’écran : en(jeux) de mémoire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Franco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et culture à l’épreuve du cinéma espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp. 181-193, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Madrid dans le cinéma de Carlos Saura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh, pp. 11-12, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre et revivre la guerre civile: le cinéma de Carlos Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre l'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, pp. 147-156, 2013, 978-2-86820-497-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Viridiana, una ‘película-evento’ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amparo M. Martínez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La España de Viridiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’université de Zaragoza, pp. 339-353, 2013, Imagen y comunicación</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ficcionalización del miedo en el cine : la mirada retrospectiva de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retóricas del miedo : imágenes de la Guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la Casa de Velázquez, pp. 209-221, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Raza, una película-evento »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fátima Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Mateos-Pérez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qué cosas vimos con Franco..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rialp, pp. 164-183, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ficcionalización del miedo en el cine : la mirada retrospectiva de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retóricas del miedo : imágenes de la Guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa de Velázquez, pp. 209-221, 2012, 849682070X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guernica d'Alain Resnais: révéler pour mieux représenter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mises en scène de la guerre au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau Monde Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 137-152, 2011, 9782847365764</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modo de introducción...&amp;quot; (Préface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vargas Rubio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tendencias del nuevo cine iberoamericano en el nuevo milenio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centro Universitario de Ciencias Sociales y Humanidades/ Patronato del Festival Internacional de Cine en Guadalajara, pp. 11-14, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Carlos Saura, cineasta de la temporalidad : el caso de Goya en Burdeos (1999)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Lefere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura : una trayectoria ejemplar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Visor libros, pp. 151-164, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« José Luis Sáenz de Heredia, admirador de Franco, Franco ese hombre y El último caído »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El destino se disculpa. El cine de José Luis Sáenz de Heredia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones de la Filmoteca, pp. 207-216, 2011, Documentos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De Franco ese hombre (1964) a Caudillo (1973) : la figura de Franco, un reto para la Transición »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Palacios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El cine y la transición política en España 1975-1982</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biblioteca Nueva, pp. 192-204, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Fidel Castro vu par Oliver Stone et Ignacio Ramonet : grands récits et biographie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ralle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Graciete Besse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands récits : miroirs brisés ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indigo Côté femmes, pp. 165-174, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guernica ou l’image absente »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente J. Benet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enjeux du cinéma espagnol. De la guerre à la posmodernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp. 91-104, 2010, Horizons Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La transnacionalidad en el cine de Luis Buñuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abismos de pasión : una historia de las relaciones cinematográficas hispano-mexicanas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cuadernos de la Filmoteca española, pp. 147-172., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« El último caído de Sáenz de Heredia, un poema documental sobre Franco »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sánchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El espíritu del caos. Representación y recepción de las imágenes durante el franquismo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ocho y Medio, pp. 529-557, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guernica, el collage y la memoria: un arte de la revelación »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gómez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Piedra, papel y tijera: el collage en el cine documental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ocho y Medio / Ayuntamiento de Madrid, pp. 83-100, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guernica o la imagen ausente »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mágenes en migración : iconos de la guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archivos de la Filmoteca, pp. 96-113, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cinéma et Révolution à Cuba »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuba 1959-2006. Révolution dans la culture. Culture dans la Révolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp. 245-268, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Carlos Saura o el arte de heredar »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietsie Feenstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hub Hermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miradas sobre Pasado y Presente en el cine español (1990-2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rodopi, pp. 117-132, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La longue nuit du franquisme, un cinéma sous influence »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael R Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Wieder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma et régimes autoritaires au XXe Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp. 109-126, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aurora de esperanza (Antonio Sau Olite,1937) : un cinéma social en temps de guerre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Chaput</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fronts populaires : Espagne, France, Chili</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11, Université Paris Ouest Nanterre La Défense, pp. 303-308, 2007, Regards</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cine y nacionalidad : la cuestión del remake »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miradas glocales. Cine español en el cambio de milenio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Iberoamericana; Vervuert, pp. 337-346, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Raza, una película acontecimiento »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">la guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MUVIM, pp. 53-62, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De cierta manera de Sara Gómez : un certain regard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Blaquière Roumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuba : Cinéma et Révolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 123-132, 2006, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Portrait d’artiste : Luis (Buñuel) vu par Carlos (Saura) -Tolède, 1962- ou le sens de la filiation»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommage à Carlos Serrano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions hispaniques, pp. 389-396, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Memento mori: réflexions sur le Temps dans Goya en Burdeos de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Goya à Saura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 191-208, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Carlos Saura ou l’art d’hériter »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Castellani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goya en Burdeos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du temps, pp. 191-239, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’affaire Cendrillon »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image et pouvoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 547-558, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« El reparto de La edad de oro de Luis Buñuel : una forma original de intermedialidad »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechthild Albert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vanguardia española e Intermedialidad: Artes escénicas, cine y radio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vervuert Iberoamericana, pp. 371-384, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ces demeures vives de l’histoire : Cabra marcado para morrer (Eduardo Coutinho, Brésil, 1964/ 1981/ 1984), La flaca Alejandra (Carmen Castillo, Guy Girard, France/Chili, 1994)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Blaquière Roumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image et mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 439-454, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La réponse espagnole à Mourir à Madrid : une histoire de mémoire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Delporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Duprat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’événement. Images, représentation, mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Créaphis, pp. 249-266, 2003, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsdecommunication.7964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cinéma et Révolution : Memorias del subdesarrollo de Tomás Gutiérrez Alea –1968- »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En Torno a las Antillas Hispánicas. Ensayos en Homenaje al Profesor Paul Estrade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Puerto del Rosario, pp. 565-575, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’humour au service de la révolution : Las doce sillas de Tomás Gutiérrez Alea »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hernández</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tomás Gutiérrez Alea y el cine cubano : una estética de/en la revolución</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Crini, pp. 49-64, 2003, Voix off n° 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Memorias del subdesarrollo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Hernández Díaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cinema of Latin America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wallflower Press, pp. 99-108, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Casas viejas, el grito del sur de Basilio Martín Patino : un vrai faux documentaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gomez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et mémoire de la Seconde République. Hommage à Jacques Maurice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Paris X, pp. 251-257, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voir ou ne pas voir : la fonction du hors champ dans Tesis d’Alejandro Amenábar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser le cinéma espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 119-130, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'éloge funèbre, de La muerte de un burócrata à Guantanamera »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Larraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir et lire Gutiérrez Alea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hispanística XX, pp. 93-106, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voyage au pays d’Alejandro Amenábar »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser le cinéma espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 13-26, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Christ s'est arrêté à Selliny: humour et subversion dans L'âge d'or de Luis Buñuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Jonhson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les figures du Christ dans l’art, l’histoire et la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp. 327-338, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La famille de Juan Carlos Premier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et divinités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 415-427, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il était une fois un homme: Caudillo de Basilio Martín Patino, un portrait hétérodoxe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Serrano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nations en quête de passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUPS, pp. 199-214, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vampiriser dit-il: un plan-tableau dans ¡Ay Carmela! de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Larraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir et lire Carlos Saura II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hispanística XX, pp. 77-92, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Détails de l'Histoire, histoires de détails: De Franco ese hombre à Caudillo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le détail et le tout</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 77-91, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Itinéraires de la barbarie dans Terre sans pain de Luis Buñuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prudon-Moral Montserrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mouvements d’avant-garde dans la péninsule ibérique. Approches traversières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Traverses, pp. 131-154, 1999, Textes et documents de Université de Paris VIII-Vincennes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects du franquisme. Une certaine mémoire de la guerre civile...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Papy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Espagnols et la guerre civile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica, pp. 37-48, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un film de génération: Canciones para después de una guerra de Basilio Martín Patino »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Angoustures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants de la guerre civile espagnole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp. 173-183, 1999, Horizons Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Prénom Carmen (images de la femme dans El verdugo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir et lire García Berlanga</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica, pp. 83-105, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Grande illusion de Villar del Río (Une approche de Bienvenido Mister Marshall Luis García Berlanga, Espagne, 1953) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges offerts à Edmond Cros</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERS, pp.651-659, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ana Mariscal, una mujer directora de cine bajo el franquismo (una aventura de Segundo López, aventurero urbano) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar en femenino</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hispanística XX, pp.73-92, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de famille dans &amp;quot;Raza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards sur le XXe siècle espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris X - Nanterre, pp 147-161, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Voix humaine (The Human Voice)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’humour au temps du Corona: contrevirus pour une pandémie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId347"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:104.91803278689px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nancy Berthier </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directrice de la Casa de VelázquezProfesseure à la faculté des Lettres de Sorbonne Université</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nancy-berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9954-1410</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">035668601</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après une  double licence (études cinématographiques et études ibériques), j’ai commencé ma carrière de chercheur à l’occasion de ma maîtrise et de mon DEA (obtenus respectivement en 1987 et 1988), puis du doctorat engagé en 1990 sous la direction de Carlos Serrano à l’université Paris-Sorbonne Paris IV sur le cinéma de propagande franquiste, à la frontière entre la civilisation et les arts visuels du monde hispanique. Normalienne et agrégée, j’ai pu débuter ma carrière d’enseignante du supérieur comme chargée de cours dès 1989, puis allocataire monitrice normalienne et ATER. Le statut de membre de l’École des Hautes Études Hispaniques (Casa de Velázquez, Madrid, 1992-1994) m’a permis de bénéficier d’un séjour de recherche de 2 années à Madrid grâce à quoi j’ai pu réaliser une importante recherche de sources documentaires inédites.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Élue Maître de conférences en 1995 à l’université Paris-8, puis à l’université Paris-Sorbonne à partir de 1999, j’ai obtenu mon Habilitation à diriger des recherches autour de « Cinéma et Histoire dans le monde hispanique », sous la direction de Sadi Lakhdari en 2004. J'ai exercé en tant que professeure des universités à l'Université Paris-Est et je suis aussi aujourd'hui professeure à Sorbonne Université en détachement à la Casa de Velázquez en tant que directrice depuis 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches portent sur plusieurs axes :▪ Cinéma, propagande et mémoire historique sous le franquisme▪ Cinéma et révolution à Cuba▪ Charisme et arts visuels▪ Cinémas ibériques et ibéro-américains contemporains▪ Imaginaires cinématographiques des villes et usages politiques de l'espace public</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Book &amp;quot;Almodóvar y la cultura. Del tardofranquismo a la Movida (Mario de la Torre Espinosa)&amp;quot; Somonte-Cenero, Ediciones Trea, 2020. 379 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Spanish Visual Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (1), pp. 141-158. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24741604.2022.2046904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Joly, Patricio Guzmán, Une histoire chilienne. Le cinéma au cœur du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers des Amériques Latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 96, pp.229 - 231. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cal.12988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un merecido homenaje</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos Tecmerin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18, pp. 11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En tiempos de las ataduras (Historia et consuetudines francorum feudorum), de José Antonio Fernández «Fer»: la muerte de Franco en animación</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Álvarez San Román</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Atalante. Revista de estudios cinematograficos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31, pp. 211-224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Palacio de las Cortes de Madrid visto por Elías Andrés y Victoria Prego (La Transición, TVE, 1993)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.10576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porque es un Sol...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos Tecmerin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18, pp. 11-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire sociale de la télévision en Espagne, Manuel Palacio, Lyon Editions du Grimh, collection Zoom, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16, pp. 175-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variaciones audiovisuales en torno a la imagen ausente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs en Prisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dictature et image absente dans le cinéma de non-fiction, 9, pp.17-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Monográfico “Imaginario catastrófico”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comunicación y medios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36, pp. 7-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Saura años cincuenta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlante : Revue d'études romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7, pp.355-387</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinémaction. Le nouveau du cinéma argentin. Pietsie Feenstra y María Luisa Ortega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secuencias. Revista de historia del cine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 43-44, pp. 188-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imágenes recalcitrantes: el caso de la proclamación de Juan Carlos I como rey de España (22 de noviembre de 1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudios sobre el Mensaje Periodístico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (1), pp.23-47. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5209/rev_ESMP.2016.v22.n1.52581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imágenes recalcitrantes: el caso de la proclamación de Juan Carlos I como rey de España (22 de noviembre de 1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estudios sobre el Mensaje Periodístico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (1), pp.23-47. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5209/rev_ESMP.2016.v22.n1.52581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entrevista a Fernando León de Aranoa por Nancy Berthier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp. 191-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La verticalidad superlativa del Valle de los Caídos y sus avatares cinematográficos durante la Transición, un “noeud de mémoire” »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anos 90. Revista do Anos 90. Revista do Programa de Pós-Graduação em História </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Entrevista a Alex de la Iglesia por Nancy Berthier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7, pp. 173-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le goût de la transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.5395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Una imagen-fantasma: Recorre Las Pantallas… La Muerte De Franco Como Evento Monstruo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo texto crítico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 28 (51), pp.69-86. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/ntc.2015.0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Baby, Le Mythe de la Transition pacifique. Violence et politique en Espagne (1975-1982)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 119, pp.203-204. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/temoigner.1648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testamento (1977) de Joan Martí : vomitar la muerte de Franco. Un ejercicio de contramemoria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pandora : Revue d'études hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Politiques, Récits et Représentations de la mémoire en Espagne et en Amérique Latine aux XXe et XXIes siècles, pp.153-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visions cinématographiques de Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Thibaudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.5218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloge de la folie. La mort d'un bureaucrate de Tomás Gutiérrez Alea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs et clinique - Revue de Psychanalyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 17-1, pp.61-66. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sc.017.0061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'ouvrage: Henry Rousso, La dernière catastrophe : L’histoire, le présent, le contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 117, pp.145-147. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/temoigner.839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visiones cinematográficas del turismo costero: el punto de vista de los excluidos (El verdugo -1963-, Justino un asesino de la tercera edad -1994-, Barrio -1999-)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Almodóvar : au commencement était la Movida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs en Prisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 01, pp.79-90. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34929/sep.vi01.28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Calvo ou l’insoutenable invisibilité de l’être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cronología del cine cubano I (1897-1936), Arturo Agramonte et Luciano Castillo, La Havane, Ediciones ICAIC, 2011, 489 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arturo Agramonte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciano Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.62833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Di Febo, Giulana, Ritos de guerra y de victoria en la España franquista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp. 177-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El pasado es el destino. Propaganda y cine del bando nacional en la Guerra Civil. Recension d'ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre juin 2011 et septembre 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kati Horna. El compromiso de la mirada. Fotografías de la guerra civil española (1937-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Rodríguez Tranche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, pp.137-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre juin 2011 et septembre 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine y evento histórico: la muerte de Franco en la pantalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esboços - Revista do Programa de Pós-Graduação em História da UFSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19 (27), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5007/2175-7976.2012v19n27p150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ritos de guerra y de victoria, Giuliana Di Febo, Valencia, PUV, 2012, 187 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp. 175-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Di Febo, Giulana, Ritos de guerra y de victoria en la España franquista</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2, pp.177-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04071339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’âge totalitaire. Idées reçues sur le totalitarisme, Bernard Bruneteau, Le Cavalier bleu, 2011, 180 pages,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El pasado es el destino. Propaganda y cine del bando nacional en la Guerra Civil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.4293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Emiliano Zapata visto por Hollywood »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gautreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Milza, Les derniers jours de Mussolini, Paris, Fayard, 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guernica para los niños franceses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Guernica de la imagen ausente al icono, 64-65, pp. 143-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma et récit d’apprentissage dans Fresa y chocolate (1993) de Tomás Gutiérrez Alea et Juan Carlos Tabío : repenser l’identité cubaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.59613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre novembre 2009 et novembre 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Angel Berumen Campos (ed), México. Fotografía y revolución</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.2665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand Hitchcock rencontre Dalí : Spellbound (La maison du docteur Edwardes, 1945)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoirs et clinique - Revue de Psychanalyse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 12 (1), pp.115. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sc.012.0115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">México. Fotografía y Revolución</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.2665⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma et récit d’apprentissage dans Fresa y chocolate (1993) de Tomás Gutiérrez Alea et Juan Carlos Tabío : repenser l’identité cubaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.59613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses soutenues dans le domaine de l’image en France et en Espagne entre novembre 2009 et novembre 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Almodóvar: no início era a movida...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos CERU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 20 (1), pp. 15-31. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/S1413-45192009000100002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los años rojos de Buñuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Buñuel, Françoise Heitz (eds.), La Vie criminelle d’Achibald de la Cruz (Ensayo de un crimen)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.3083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Buñuel, Françoise Heitz (eds.), La Vie criminelle d’Achibald de la Cruz (Ensayo de un crimen)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Âge d'or</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/agedor.3083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Franco ese hombre de José Luis Sáenz de Heredia à Caudillo de Basilio Martín Patino, une histoire de détails</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Témoigner entre histoire et mémoire : revue pluridisciplinaire de la Fondation Auschwitz = Getuigen tussen geschiedenis en gedachtenis : multidisciplinair tijdschrift van de Auschwitz stichting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102, pp. 71-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Román Gubern et Paul Hammond, Los años rojos de Buñuel. Recension d'ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 5, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2908⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses dans le domaine de l’image soutenues en France et en Espagne entre avril 2006 et juillet 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses dans le domaine de l’image soutenues en France et en Espagne entre avril 2006 et juillet 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.2492⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guernica ou l’image absente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux pour l'histoire de notre temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Écritures filmiques du passé : archives, témoignages, montages, 89-90, pp.30-36. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mate.089.0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Gutiérrez Alea: documental versus ficción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Cine y revolución en Cuba: luces y sombras, 59, pp. 112-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoyes d’Helena Taberna : une femme et une femme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 129, pp.134-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses ou HDR dans le domaine de l’image dans l’Espagne contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3418⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03837484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arturo Agramonte et Luciano Castillo, Cronología del cine cubano I (1897-1936), La Havane, Ediciones ICAIC, 2011, 489 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nuevomundo.62833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville au cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Barillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Heitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Louguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville au cinéma. Recension d'ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre à Madrid : la guerre civile espagnole revisitée par Basilio Martín Patino, entre fiction et documentaire (Madrid, 1987)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, La ville dans le cinéma documentaire espagnol, 16, pp.11-19. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesromanes.2083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèses ou HDR dans le domaine de l’image dans l’Espagne entre 2001 et 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 1, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.3418ISBN:978-2-8218-0896-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corps sanglants, corps souffrants, corps tombant : la résistance aux images violentes dans Tesis et El bola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 121, pp. 184-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanish Cinema. A Student’s guide (Barry Jordan, Mark Allison)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secuencias. Revista de historia del cine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 24, pp. 119-121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7 (2), pp. 273-274. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tdm.007.0263⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goya en Burdeos de Carlos Saura et le biopic: entre tradition et renouvellement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 335, pp. 59-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Por qué morir en Madrid? contra Mourir à Madrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 51, pp. 126-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 114, pp. 145-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fraise et chocolat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 114, pp. 231-237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville intérieure : la Casa de Velázquez vue par Max Armengaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, La ville dans le cinéma documentaire espagnol, 11, pp.63-78. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesromanes.2718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ser o no ser Franco: naturaleza y función de la risa en &amp;quot;Espérame en el cielo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Materiales para una iconografía de Franco, 42-43, pp.156-171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En avoir ou pas... Macho de Juan José Bigas Luna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 99, pp.106-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Son dernier soupir… la mise en scène de Suspiros de España dans ¡Ay Carmela!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 37, pp. 79-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et statut de la fête dans Bienvenido Míster Marshall de Luis García Berlanga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 29-30, pp. 301-313</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arrêt sur image (à propos d'un plan de El verdugo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 36, pp. 99-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El fracaso de la voluntad (en torno a un plano de &amp;quot;El verdugo&amp;quot;)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiosfera: Humanidades-Tecnologías</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 6/7, pp. 151-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espagne folklorique et Espagne èternelle: l'irrésistible ascensión de l'espagnolade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 24, pp. 245-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El último caído de Sáenz de Heredia: un poema documental sobre Franco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secuencias. Revista de historia del cine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 2, pp. 9-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03874345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El triunfo de la conversión: Pedro Churruca, el malo de la película Raza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos interdisciplinarios de estudios literarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 1 (5), pp. 243-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El combate del Biutz en Franco ese hombre: historia de un milagro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Epoque contemporaine, 30 (3), pp.285-297. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/casa.1994.2722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Por qué morir en Madrid contre Mourir à Madrid: la guerre n'est pas finie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 2 (2), pp. 85-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d'un miracle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Co-textes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 27-28, pp. 77-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esa pareja feliz: la aparición de una nueva estética cinematográfica en la España de la posguerra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuadernos interdisciplinarios de estudios literarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 1 (4), pp. 243-259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco ese hombre, un siècle d'Espagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, Epoque contemporaine, 27 (3), pp.193-207. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/casa.1991.2600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La représentation des femmes dans le cinéma espagnol des années quarante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'Histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03821647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La représentation des femmes dans le cinéma espagnol des années quarante »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin d'histoire contemporaine de l'Espagne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 11-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noticiero ICAIC : 30 ans d’actualités cinématographiques à Cuba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Arêas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Pérez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminario CRIMIC Artes visuales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Paris Auditorium du Grand Palais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madrid (1936-1939) : Quelques aspects de la rhétorique du plein dans l’image de propagande en temps de guerre civile, de l’image épiphanique à l’image mémoricide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire et Territoires - Collections numériques du LISAA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp. 19-34, 2017, Les représentations de la guerre d'Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paz en la guerra: Kati Horna y los niños de la guerra de España (1937-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Travaux du CREC en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, pp. 272-290, 2016, Une enfance en métamorphose (Espagne 1920-1975)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cultura de las pantallas. El cine iberoamericano en el panorama audiovisual actual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuevo texto crítico</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28 (51), 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03998119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visions cinématographiques de Madrid. 1950-2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Thibaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation espagnole contemporaine (de 1808 au temps présent), Histoire politique, économique, sociale et culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DossIer Monographique : Charisme et image politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iberic@l</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viva Zapata! (Elia Kazan, 1952): el Caudillo del Sur visto por Hollywood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archivos de la Filmoteca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, pp. 191-206, 2011, La revolución mexicana en imágenes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place Bolívar de Bogota – La plaza Bolívar de Bogotá</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Merlo-Morat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GRIMH - LA VILLA HISPANICA; Casa de Velázquez, 2024, Philppe Merlo-Morat</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place Bolívar de Bogóta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Grimh; Casa de Velázquez, 6, pp.95, 2024, Artis Amore, 9788490964484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noticiero ICAIC: Memoria del Mundo. 30 años de actualidades cinematográficas en Cuba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Arêas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ICAIC-El Hurón azul, inPress</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noticiero ICAIC 30 ans d’actualités cinématographiques à Cuba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Arêas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-86938-291-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Archives du lundi: histoire et mémoire de l’Institut d’études hispaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Araújo da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Sebbagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-85355-118-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-84-122568-6-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad: España, Cuba y México</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Arturo Fernández Reyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara; Université Sorbonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-607-571-060-0 / Ebook: 978-607-571-059-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barcelona 70’s. Antifranquisme & contreculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mònica Güell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Terrasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Terrasa, Mònica Güell, Nancy Berthier (dir.). Editions Hispaniques, 2020, 978-2-85355-109-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La muerte de Franco en la pantalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-84-121538-0-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine y Audiovisual</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Del Rey Reguillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 978-84-947616-8-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frente a la catástrofe. Temáticas y estéticas en el cine español e iberoamericano contemporáneo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-85355-087-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginario catastrófico: discurso mediático y artes visuales hispanoamericanas en los siglos XX-XXI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Universidad de Chile. , 36, 2017, 0719-1529. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5354/0719-1529.2017.47984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01808853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carisma e Imagen Política. Líderes y Medios de Comunicación en la Transición</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente J. Benet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Rodríguez Tranche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tirant lo Blanch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9788416786084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La comedia y el melodrama en el audiovisual iberoamericano contemporáneo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul James Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Iberoamericana Vervuert, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La comedia y el melodrama en el audiovisual iberoamericano contemporáneo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul James Smith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Iberoamericana Vervuert, pp. 67-80, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine iberoamericano contemporáneo y géneros cinematográficos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Del Rey Reguillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Tirant to Blanch Humanidades, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operas primas en el cine documental iberoamericano 1990-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l’UDG, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operas primas en el cine documental iberoamericano 1990-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvaro Fernandez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editorial Uniersidad de Guadalajara, 2012, 9786074506181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique bilingue des arts visuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ophrys Editions, 2011, 2708013084</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fidel Castro - Arrêts sur images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Ophrys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Collection Imágenes, Nancy Berthier, 978-2-7080-1277-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma d´Alejandro Amenábar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Recalde Delgado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Mirail, 2007, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ccec.952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine, nación y nacionalidades en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casa de Velázquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 100, 2007, Collection de la Casa de Velázquez, 9788490962657. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cvz.20937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03603141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cine, nación y nacionalidades en España</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Casa de Velázquez, 2007, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cvz.20937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Révolution cubaine (1959-1992) / Cinéma et Révolution à Cuba (1959-2003)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lamore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Sedes, 2006, 978-2718194783</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la guerre à l’écran. ¡Ay Carmela! de Carlos Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Mirail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2-85816-822-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Gutiérrez Alea et la Révolution cubaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Cerf-Corlet, 2005, Collection 7ème Art, 2-204-07721-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le cinéma espagnol. 1975-2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma de Bigas Luna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Larraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Merlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Mirail : Cinespaña, 2001, 978-2858165377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03951215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la guerre à l’écran. ¡Ay Carmela! de Carlos Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires du Mirail, 1999, 2-85816-470-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le franquisme et son image : cinéma et propagande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires du Mirail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 2-85816-364-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducción</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Belmonte Grey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Álvaro Arturo Fernández Reyes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El paraíso de las emociones. Teoría, producción y contextos de la experiencia filmica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tirant Editorial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-19, 2022, 9788418970733</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archives du Lundi&amp;quot;, nº 42, &amp;quot;Archives du Lundi&amp;quot;, nº 56</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Méndez Soria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Araújo da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Sebbagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Hispaniques; Sorbonne Université. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Archives du Lundi. Histoire et mémoire de l'Institut d'Études Hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782853551182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmar Madrid con luces y sombras. Entrevista de Nancy Berthier a Víctor Moreno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 295-312, 2021, 9786075710594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El arte de heredar a través del biopic. El ejemplo de Goya en Burdeos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 25-44, 2021, 978-84-122568-6-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reir para no llorar: la función liberadora del humor en el cine de Tomás Gutiérrez Alea, el ejemplo de La muerte de un burócrata (1967)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Homenaje a Titón</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones Nuevo Cine Latinoamericano, pp. 119-134, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madres confinadas al borde de un ataque de nervios: la triple jornada en la producción humorística Covid 19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maternidades. Políticas de la representación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cátedra, pp. 33-62, 2021, 978-8437642802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memes en los tiempos de Corona: una cuarentena bajo el prisma del humor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ante el caos. Mirada a la nueva expresión audiovisual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fragua, pp. 37-60, 2021, 978-84-7074-928-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaires filmiques de la Puerta del Sol de Madrid, variations autour d’un espace palimpseste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire des lieux et écriture cinématographique de l’histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Perpignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 137-156, 2021, Collection cinémas, 978-2354124465</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface à l'ouvrage Alteropoéticas del yo en el cine documental colombiano (1999-2019). Entre la rumba, la ruina y el olvido (David Jurado)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alteropoéticas del “yo” en el cine documental colombiano (1999-2019). Entre la rumba, la ruina y el olvido (David Jurado)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editorial Aula, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura o el arte de heredar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 13-21, 2021, 978-84-122568-6-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ciudad palimsesto. Visiones fílmicas de Madrid en la guerra y la posguerra: de la imagen epifánica a la imagen memoricida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 23-42, 2021, 9786075710594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filmar Madrid desde lugares ‘dramáticamente potentes’. Entrevista de Nancy Berthier a Alex de la Iglesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar la ciudad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Universidad de Guadalajara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 315-330, 2021, 9786075710594</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prólogo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alteropoéticas del yo en el cine documental colombiano: producción, festivales, historia y creación (1999-2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Aula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 11-13, 2020, 978-958-5111-78-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mònica Güell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Terrasa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Barcelona 70's - Antifranquisme &amp; Contreculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 8-12, 2020, 978-2-85355-109-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viridiana. El discreto encanto del escándalo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Luis Buñuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Donostia Kultura - Filmoteca Vasca, pp. 123-131, 2020, 978-84-122998-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Viridiana. El discreto encanto del escándalo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joxean Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Angulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Luis Buñuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Filmoteca vasca, pp. 123-131, 2020, Nosferatu</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El cine ha muerto. ¡Viva el cine!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Del Rey Reguillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cine y Audiovisual</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shangrila Textos Aparte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 6-13, 2018, 978-84-947616-8-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04065956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En torno al concepto de película-evento</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metodologías 4</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial Fragua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 35-52, 2018, 978-8470748318</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prologue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.9-12, 2018, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.37585⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prólogo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un siglo de hispanismo en la Sorbona</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 7-8, 2017, 978-285355090</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducción: dar cuenta, hacer frente</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frente a la catástrofe. Temáticas y estéticas en el cine español e iberoamericano contemporáneo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 9-20, 2017, 978-2-85355-087-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04066008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«¡Que duro es morir!». La reconquista audiovisual de la invisible agonía de Franco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuarenta años y un día. Antes y después del 20-N</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Publicacions de la Universitat de Valencia (PUV)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 41-64, 2017, 978-84-9134-072-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04031092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Paz en la guerra: Kati Horna y los niños de la guerra de España (1937-1938) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Franco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begoña Riesgo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une enfance en métamorphose. Espagne 1920-1975</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREC université Paris-3 Sorbonne nouvelle, pp. 272-290., 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La verticalidad superlativa del Valle de los Caídos y sus avatares cinematográficos durante la Transición, un noeud de mémoire *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Terrasa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Madrid al cielo. Verticalité dans les arts et la littérature hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.87-114, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma pendant la guerre civile espagnole: miroir et arme de combaté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre d'Espagne. Un conflit qui a façonné l'Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 231-244, 2016, 978-2200616175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La verticalité superlative du Valle de los Caídos dans le cinéma de la Transition, un «noeud de mémoire»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Madrid al cielo. Verticalité urbaine dans les arts et la littérature hispaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions hispaniques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 9-32, 2016, 978-2-85355-086-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caleidoscópio: por entre imagens, gêneros, educações e histórias (coord.: Alberto da Silva, Fabrícia Teixeira Borges et Raylane Andreza Dias Navarro Barreto)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editora Da UFPE, pp. 23-26, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fidel Castro mis à nu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sous les images, la politique…</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions, pp.79-87, 2014, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionscnrs.15878⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Abre los ojos de Alejandro Amenábar »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Il cinema spagnolo attraverso i film</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Carroci Editore, pp. 263-280, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La mort de Franco à l’écran : en(jeux) de mémoire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Franco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et culture à l’épreuve du cinéma espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Armand Colin, pp. 181-193, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Madrid dans le cinéma de Carlos Saura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh, pp. 11-12, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Viridiana, una ‘película-evento’ »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amparo M. Martínez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La España de Viridiana</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’université de Zaragoza, pp. 339-353, 2013, Imagen y comunicación</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre et revivre la guerre civile: le cinéma de Carlos Saura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Bloch-Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre l'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Strasbourg, pp. 147-156, 2013, 978-2-86820-497-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ficcionalización del miedo en el cine : la mirada retrospectiva de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retóricas del miedo : imágenes de la Guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de la Casa de Velázquez, pp. 209-221, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Raza, una película-evento »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fátima Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Mateos-Pérez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qué cosas vimos con Franco..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rialp, pp. 164-183, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ficcionalización del miedo en el cine : la mirada retrospectiva de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retóricas del miedo : imágenes de la Guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa de Velázquez, pp. 209-221, 2012, 849682070X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modo de introducción...&amp;quot; (Préface)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vargas Rubio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tendencias del nuevo cine iberoamericano en el nuevo milenio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centro Universitario de Ciencias Sociales y Humanidades/ Patronato del Festival Internacional de Cine en Guadalajara, pp. 11-14, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Carlos Saura, cineasta de la temporalidad : el caso de Goya en Burdeos (1999)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Lefere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carlos Saura : una trayectoria ejemplar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Visor libros, pp. 151-164, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« José Luis Sáenz de Heredia, admirador de Franco, Franco ese hombre y El último caído »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El destino se disculpa. El cine de José Luis Sáenz de Heredia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones de la Filmoteca, pp. 207-216, 2011, Documentos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De Franco ese hombre (1964) a Caudillo (1973) : la figura de Franco, un reto para la Transición »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Palacios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El cine y la transición política en España 1975-1982</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Biblioteca Nueva, pp. 192-204, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guernica d'Alain Resnais: révéler pour mieux représenter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mises en scène de la guerre au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveau Monde Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp. 137-152, 2011, 9782847365764</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03963891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Fidel Castro vu par Oliver Stone et Ignacio Ramonet : grands récits et biographie »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Ralle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Graciete Besse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands récits : miroirs brisés ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indigo Côté femmes, pp. 165-174, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guernica ou l’image absente »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente J. Benet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enjeux du cinéma espagnol. De la guerre à la posmodernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp. 91-104, 2010, Horizons Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« El último caído de Sáenz de Heredia, un poema documental sobre Franco »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Sánchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">El espíritu del caos. Representación y recepción de las imágenes durante el franquismo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ocho y Medio, pp. 529-557, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La transnacionalidad en el cine de Luis Buñuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abismos de pasión : una historia de las relaciones cinematográficas hispano-mexicanas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cuadernos de la Filmoteca española, pp. 147-172., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guernica, el collage y la memoria: un arte de la revelación »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Gómez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Piedra, papel y tijera: el collage en el cine documental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ocho y Medio / Ayuntamiento de Madrid, pp. 83-100, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guernica o la imagen ausente »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mágenes en migración : iconos de la guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archivos de la Filmoteca, pp. 96-113, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La longue nuit du franquisme, un cinéma sous influence »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael R Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Wieder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma et régimes autoritaires au XXe Siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp. 109-126, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cinéma et Révolution à Cuba »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuba 1959-2006. Révolution dans la culture. Culture dans la Révolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp. 245-268, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Carlos Saura o el arte de heredar »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietsie Feenstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hub Hermans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miradas sobre Pasado y Presente en el cine español (1990-2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rodopi, pp. 117-132, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aurora de esperanza (Antonio Sau Olite,1937) : un cinéma social en temps de guerre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Chaput</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fronts populaires : Espagne, France, Chili</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11, Université Paris Ouest Nanterre La Défense, pp. 303-308, 2007, Regards</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cine y nacionalidad : la cuestión del remake »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Miradas glocales. Cine español en el cambio de milenio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Iberoamericana; Vervuert, pp. 337-346, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Raza, una película acontecimiento »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicente Sánchez-Biosca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">la guerra civil española</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MUVIM, pp. 53-62, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« De cierta manera de Sara Gómez : un certain regard »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Blaquière Roumette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cuba : Cinéma et Révolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 123-132, 2006, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Memento mori: réflexions sur le Temps dans Goya en Burdeos de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Goya à Saura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 191-208, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Carlos Saura ou l’art d’hériter »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Castellani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goya en Burdeos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du temps, pp. 191-239, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’affaire Cendrillon »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Amiot-Guillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image et pouvoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 547-558, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« El reparto de La edad de oro de Luis Buñuel : una forma original de intermedialidad »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechthild Albert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vanguardia española e Intermedialidad: Artes escénicas, cine y radio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vervuert Iberoamericana, pp. 371-384, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Portrait d’artiste : Luis (Buñuel) vu par Carlos (Saura) -Tolède, 1962- ou le sens de la filiation»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommage à Carlos Serrano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions hispaniques, pp. 389-396, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Cinéma et Révolution : Memorias del subdesarrollo de Tomás Gutiérrez Alea –1968- »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En Torno a las Antillas Hispánicas. Ensayos en Homenaje al Profesor Paul Estrade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Puerto del Rosario, pp. 565-575, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’humour au service de la révolution : Las doce sillas de Tomás Gutiérrez Alea »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Hernández</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tomás Gutiérrez Alea y el cine cubano : una estética de/en la revolución</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Crini, pp. 49-64, 2003, Voix off n° 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Memorias del subdesarrollo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Hernández Díaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The cinema of Latin America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wallflower Press, pp. 99-108, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04649280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La réponse espagnole à Mourir à Madrid : une histoire de mémoire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Delporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Duprat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’événement. Images, représentation, mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Créaphis, pp. 249-266, 2003, </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/questionsdecommunication.7964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ces demeures vives de l’histoire : Cabra marcado para morrer (Eduardo Coutinho, Brésil, 1964/ 1981/ 1984), La flaca Alejandra (Carmen Castillo, Guy Girard, France/Chili, 1994)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Blaquière Roumette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image et mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 439-454, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'éloge funèbre, de La muerte de un burócrata à Guantanamera »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Larraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir et lire Gutiérrez Alea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hispanística XX, pp. 93-106, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voir ou ne pas voir : la fonction du hors champ dans Tesis d’Alejandro Amenábar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser le cinéma espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 119-130, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voyage au pays d’Alejandro Amenábar »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser le cinéma espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 13-26, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Casas viejas, el grito del sur de Basilio Martín Patino : un vrai faux documentaire »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Gomez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire et mémoire de la Seconde République. Hommage à Jacques Maurice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Paris X, pp. 251-257, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le Christ s'est arrêté à Selliny: humour et subversion dans L'âge d'or de Luis Buñuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Jonhson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les figures du Christ dans l’art, l’histoire et la littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp. 327-338, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La famille de Juan Carlos Premier »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Images et divinités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 415-427, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Vampiriser dit-il: un plan-tableau dans ¡Ay Carmela! de Carlos Saura »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Larraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir et lire Carlos Saura II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hispanística XX, pp. 77-92, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il était une fois un homme: Caudillo de Basilio Martín Patino, un portrait hétérodoxe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Serrano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nations en quête de passé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUPS, pp. 199-214, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Détails de l'Histoire, histoires de détails: De Franco ese hombre à Caudillo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Seguin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le détail et le tout</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Grimh/Grimia, pp. 77-91, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Itinéraires de la barbarie dans Terre sans pain de Luis Buñuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prudon-Moral Montserrat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mouvements d’avant-garde dans la péninsule ibérique. Approches traversières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Traverses, pp. 131-154, 1999, Textes et documents de Université de Paris VIII-Vincennes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Un film de génération: Canciones para después de una guerra de Basilio Martín Patino »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Angoustures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfants de la guerre civile espagnole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, pp. 173-183, 1999, Horizons Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects du franquisme. Une certaine mémoire de la guerre civile...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Papy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Espagnols et la guerre civile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica, pp. 37-48, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La Grande illusion de Villar del Río (Une approche de Bienvenido Mister Marshall Luis García Berlanga, Espagne, 1953) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges offerts à Edmond Cros</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CERS, pp.651-659, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Prénom Carmen (images de la femme dans El verdugo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voir et lire García Berlanga</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica, pp. 83-105, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Ana Mariscal, una mujer directora de cine bajo el franquismo (una aventura de Segundo López, aventurero urbano) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Filmar en femenino</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hispanística XX, pp.73-92, 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de famille dans &amp;quot;Raza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards sur le XXe siècle espagnol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris X - Nanterre, pp 147-161, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Voix humaine (The Human Voice)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’humour au temps du Corona: contrevirus pour une pandémie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04070983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId347"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="097EEFBB"/>
+    <w:nsid w:val="2A1EFB8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nancy-berthier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9954-1410" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035668601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065890v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Berthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24741604.2022.2046904" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874334v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649716v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cal.12988" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929564v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes &#193;lvarez San Rom&#225;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874326v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586890v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.10576" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649712v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595706v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031204v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Belmonte Grey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595730v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874355v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648062v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/rev_ESMP.2016.v22.n1.52581" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874195v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874194v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ntc.2015.0002" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650317v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648056v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650325v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627409v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.5395" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850219v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temoigner.839" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850220v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temoigner.1648" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666347v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837494v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Thibaudeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.5218" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666332v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sc.017.0061" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619504v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4910" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649722v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649707v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4293" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716170v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34929/sep.vi01.28" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627392v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826561v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4076" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998173v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837512v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Rodr&#237;guez Tranche" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente S&#225;nchez-Biosca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649691v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Agramonte" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Castillo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.62833" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586860v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agedor.883" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649698v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874192v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5007/2175-7976.2012v19n27p150" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649714v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071339v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648044v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gautreau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649687v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.3433" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964213v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655024v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.59613" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850213v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agedor.2665" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823379v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sc.012.0115" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649678v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648034v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837490v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964233v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1413-45192009000100002" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649671v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agedor.3083" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649665v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.2908" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998127v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850216v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687294v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837485v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.2492" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649655v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655015v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.089.0004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964206v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998129v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.3418" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850218v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649641v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barillet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Heitz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Louguet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.255" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687320v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736377v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.2083" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649651v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.3418ISBN:978-2-8218-0896-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951110v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.007.0263" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998130v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874350v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964107v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998133v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998132v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736339v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.2718" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964129v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998123v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998135v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998137v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998138v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951081v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998157v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874345v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998152v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998139v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998144v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649476v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/casa.1994.2722" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998154v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649468v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/casa.1991.2600" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648023v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821647v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458500v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Ar&#234;as" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure P&#233;rez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964087v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963945v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998119v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Fernandez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02967521v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619793v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964217v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854880v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Merlo-Morat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070847v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070839v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inatheque.fr/publications-evenements/publications-2022/noticiero-icaic-30-ans-d-actualit-s-cin-matographiques-cuba.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070843v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031037v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ara&#250;jo da Silva" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sebbagh" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/le-catalogue/172-les-archives-du-lundi-9788535511826.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929606v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bloch-Robin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shangrilaediciones.com/producto/carlos-saura-o-el-arte-de-heredar/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030992v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Arturo Fern&#225;ndez Reyes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udg.mx/gpd-filmar-la-ciudad.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03806846v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#242;nica G&#252;ell" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Terrasa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929572v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shangrilaediciones.com/producto/la-muerte-de-franco-en-la-pantalla/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929612v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Del Rey Reguillo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shangrilaediciones.com/producto/cine-y-audiovisual/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808853v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-1529.2017.47984" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030939v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Amiot-Guillouet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/cinema/143-frete-a-la-catastrofe-tematicas-y-esteticas-en-el-cine-espanol-e-iberoamericano-contemporaneo-9782853550871.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951226v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente J. Benet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.tirant.com/es/ebook/carisma-e-imagen-politica-lideres-y-medios-de-comunicacion-en-la-transicion-olga-garcia-defez-9788416786084" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649583v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul James Smith" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648011v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647995v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647953v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649529v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647934v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951206v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ophrys.fr/produit/fidel-castro/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647884v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Recalde Delgado" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.952" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603141v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Seguin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cvz/20937" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cvz.20937" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649348v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951219v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lamore" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929592v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~De-la-guerre-a-l-ecran~.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951203v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647873v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951215v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Larraz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Merlo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929589v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929581v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~Le-franquisme-et-son-image-cinema~.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065992v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.tirant.com/es/libro/el-paraiso-de-las-emociones-teoria-produccion-y-contextos-de-la-experiencia-filmica-carlos-a-belmonte-grey-9788418970733" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04003071v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a M&#233;ndez Soria" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070868v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070861v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031177v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964097v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inst-jeanvigo.eu/product/memoire-des-lieux-et-ecriture-cinematographique-de-lhistoire" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031185v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031190v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031151v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649734v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031138v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031124v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066052v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorialhumanidades.com/producto/alteropoeticas-del-yo-en-el-cine-documental-colombiano/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065922v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/le-catalogue/164-barcelone-70-s-antifranquisme-contraculture-978285355109.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031169v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649598v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joxean Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Angulo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850221v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.37585" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065956v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031116v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fragua.es/producto/metodologias-4/metodologias-4-2/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066043v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/histoire-et-civilisation/144-un-siglo-de-hispanismo-en-la-sorbona-9782853550901.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066008v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031092v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://puv.uv.es/libro/cuarenta-a-os-y-un-dia.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648809v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Franco" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Riesgo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03188571v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964071v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/histoire-geographie-et-sciences-politiques/guerre-d-espagne-un-conflit-qui-faconne-europe" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964063v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/arts-visuels/141-de-madrid-al-cielo-verticalite-urbaine-dans-les-arts-et-la-litterature-hispaniques-9782853550864.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650416v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649563v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850209v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.15878" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648804v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650375v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963909v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649542v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo M. Mart&#237;nez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649496v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649508v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima Gil" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Mateos-P&#233;rez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647944v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963891v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nouveau-monde.net/catalogue/les-mises-en-scene-de-la-guerre-au-xxe-siecle/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650369v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Vargas Rubio" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649468v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lefere" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649457v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649484v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Palacios" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648785v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ralle" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Graciete Besse" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648776v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649381v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649434v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura G&#243;mez" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S&#225;nchez" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649425v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Garc&#237;a" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649419v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648766v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649365v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietsie Feenstra" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hub Hermans" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648760v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael R M&#252;ller" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wieder" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648752v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Chaput" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649306v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649323v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648742v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Blaqui&#232;re Roumette" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648716v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648733v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648725v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Castellani" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648737v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649290v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mechthild Albert" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648618v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648710v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delporte" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Duprat" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.7964" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648693v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648683v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649280v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Hern&#225;ndez D&#237;az" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648604v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gomez" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648584v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648560v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648592v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648513v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Jonhson" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648570v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648487v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Serrano" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648501v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648523v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648469v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648214v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Papy" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648477v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Angoustures" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648204v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648125v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648123v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648119v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Maurice" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070982v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070983v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nancy-berthier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9954-1410" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035668601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065890v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Berthier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24741604.2022.2046904" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649716v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cal.12988" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874334v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929564v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes &#193;lvarez San Rom&#225;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586890v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.10576" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874326v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649712v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595706v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031204v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Belmonte Grey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595730v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874355v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648062v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/rev_ESMP.2016.v22.n1.52581" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874195v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650317v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648056v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650325v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627409v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.5395" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874194v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/ntc.2015.0002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850220v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temoigner.1648" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666347v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837494v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Thibaudeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.5218" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666332v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sc.017.0061" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850219v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temoigner.839" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619504v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4910" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716170v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34929/sep.vi01.28" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586860v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agedor.883" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649691v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Agramonte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Castillo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.62833" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998173v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627392v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4293" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826561v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.4076" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837512v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Rodr&#237;guez Tranche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente S&#225;nchez-Biosca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649698v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874192v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5007/2175-7976.2012v19n27p150" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649714v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071339v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649722v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649707v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648044v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gautreau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964213v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655024v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.59613" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649687v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.3433" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850213v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agedor.2665" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823379v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sc.012.0115" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649678v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648034v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837490v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964233v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1413-45192009000100002" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649665v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.2908" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649671v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/agedor.3083" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850216v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998127v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687294v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837485v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.2492" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649655v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655015v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.089.0004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964206v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998129v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837484v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.3418" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850218v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649641v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barillet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Heitz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Louguet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.255" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687320v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736377v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.2083" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649651v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.3418ISBN:978-2-8218-0896-6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998130v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874350v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951110v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.007.0263" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964107v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998132v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998133v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736339v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.2718" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964129v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998123v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998135v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998137v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998138v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951081v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998157v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874345v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998152v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649476v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/casa.1994.2722" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998144v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998139v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998154v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649468v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/casa.1991.2600" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821647v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648023v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458500v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Ar&#234;as" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure P&#233;rez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964087v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963945v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998119v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Fernandez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02967521v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619793v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964217v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854880v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Merlo-Morat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070847v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070843v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070839v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inatheque.fr/publications-evenements/publications-2022/noticiero-icaic-30-ans-d-actualit-s-cin-matographiques-cuba.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031037v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ara&#250;jo da Silva" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sebbagh" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/le-catalogue/172-les-archives-du-lundi-9788535511826.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929606v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bloch-Robin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shangrilaediciones.com/producto/carlos-saura-o-el-arte-de-heredar/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030992v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Arturo Fern&#225;ndez Reyes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.udg.mx/gpd-filmar-la-ciudad.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03806846v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#242;nica G&#252;ell" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Terrasa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929572v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shangrilaediciones.com/producto/la-muerte-de-franco-en-la-pantalla/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929612v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Del Rey Reguillo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shangrilaediciones.com/producto/cine-y-audiovisual/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030939v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Amiot-Guillouet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/cinema/143-frete-a-la-catastrofe-tematicas-y-esteticas-en-el-cine-espanol-e-iberoamericano-contemporaneo-9782853550871.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808853v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-1529.2017.47984" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951226v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente J. Benet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.tirant.com/es/ebook/carisma-e-imagen-politica-lideres-y-medios-de-comunicacion-en-la-transicion-olga-garcia-defez-9788416786084" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648011v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul James Smith" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649583v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647995v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649529v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647953v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647934v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951206v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ophrys.fr/produit/fidel-castro/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647884v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Recalde Delgado" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccec.952" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603141v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Seguin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cvz/20937" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cvz.20937" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649348v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951219v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lamore" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929592v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~De-la-guerre-a-l-ecran~.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951203v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647873v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951215v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Larraz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Merlo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929589v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929581v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~Le-franquisme-et-son-image-cinema~.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065992v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.tirant.com/es/libro/el-paraiso-de-las-emociones-teoria-produccion-y-contextos-de-la-experiencia-filmica-carlos-a-belmonte-grey-9788418970733" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04003071v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a M&#233;ndez Soria" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070861v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031151v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031190v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031177v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031185v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964097v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inst-jeanvigo.eu/product/memoire-des-lieux-et-ecriture-cinematographique-de-lhistoire" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649734v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031138v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031124v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070868v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066052v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorialhumanidades.com/producto/alteropoeticas-del-yo-en-el-cine-documental-colombiano/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065922v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/le-catalogue/164-barcelone-70-s-antifranquisme-contraculture-978285355109.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031169v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649598v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joxean Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Angulo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065956v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031116v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fragua.es/producto/metodologias-4/metodologias-4-2/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850221v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.37585" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066043v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/histoire-et-civilisation/144-un-siglo-de-hispanismo-en-la-sorbona-9782853550901.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066008v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031092v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://puv.uv.es/libro/cuarenta-a-os-y-un-dia.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648809v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Franco" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Riesgo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03188571v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964071v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/histoire-geographie-et-sciences-politiques/guerre-d-espagne-un-conflit-qui-faconne-europe" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964063v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-hispaniques.com/arts-visuels/141-de-madrid-al-cielo-verticalite-urbaine-dans-les-arts-et-la-litterature-hispaniques-9782853550864.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650416v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850209v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.15878" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649563v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648804v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650375v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649542v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo M. Mart&#237;nez" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963909v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649496v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649508v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima Gil" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Mateos-P&#233;rez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647944v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650369v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Vargas Rubio" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649468v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lefere" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649457v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649484v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Palacios" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963891v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nouveau-monde.net/catalogue/les-mises-en-scene-de-la-guerre-au-xxe-siecle/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648785v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ralle" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Graciete Besse" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648776v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649434v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura G&#243;mez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S&#225;nchez" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649381v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649425v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Garc&#237;a" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649419v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648760v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael R M&#252;ller" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wieder" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648766v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649365v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietsie Feenstra" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hub Hermans" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648752v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Chaput" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649306v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649323v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648742v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Blaqui&#232;re Roumette" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648733v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648725v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Castellani" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648737v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649290v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mechthild Albert" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648716v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648693v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648683v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649280v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Hern&#225;ndez D&#237;az" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648710v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delporte" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Duprat" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.7964" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648618v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648560v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648584v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648592v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648604v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gomez" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648513v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Jonhson" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648570v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648501v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648487v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Serrano" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648523v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648469v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648477v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Angoustures" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648214v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Papy" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648125v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648204v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648123v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648119v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Maurice" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070982v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070983v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>