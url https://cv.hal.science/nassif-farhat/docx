--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -244,441 +244,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La proposition de l'intencitationnalité. Sur la langue collective du baron d'Holbach</w:t>
+                <w:t xml:space="preserve">Alterluminosité des modernes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La création plurielle : faire œuvre à plusieurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre des sciences des littératures en langue française, May 2022, Nanterre, Université Paris Nanterre, France</w:t>
+              <w:t xml:space="preserve">Problèmes de la modernité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Delphine Antoine-Mahut et Samuel Lézé, Nov 2023, Lyon (ENS Lyon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156764v1</w:t>
+                <w:t xml:space="preserve">hal-04294638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterluminosité des modernes</w:t>
+                <w:t xml:space="preserve">Soussigner le surnom. L'allonymie antique de &amp;quot;Theophrastus redivivus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Problèmes de la modernité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Delphine Antoine-Mahut et Samuel Lézé, Nov 2023, Lyon (ENS Lyon), France</w:t>
+              <w:t xml:space="preserve">L'Antiquité et la construction de l'avenir à l'âge des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Internationale d'Etudes du Dix-huitième Siècle, Jul 2023, Rome Sapienza Universita di Roma, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04294638v1</w:t>
+                <w:t xml:space="preserve">hal-04232007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soussigner le surnom. L'allonymie antique de &amp;quot;Theophrastus redivivus</w:t>
+                <w:t xml:space="preserve">Est ego qui dicte ego. Prononymat et schizographie aux XVII et XVIIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Antiquité et la construction de l'avenir à l'âge des Lumières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Internationale d'Etudes du Dix-huitième Siècle, Jul 2023, Rome Sapienza Universita di Roma, Italie</w:t>
+              <w:t xml:space="preserve">Dire "Je"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vianney Dubuc et Nicolas Mazel, Nov 2023, Lyon (ENS Lyon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04232007v1</w:t>
+                <w:t xml:space="preserve">hal-04294634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Est ego qui dicte ego. Prononymat et schizographie aux XVII et XVIIIe siècles</w:t>
+                <w:t xml:space="preserve">Souviens-toi qu'il faut m'oublier. Robert Challe anonyme ou le don de l'auteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dire "Je"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vianney Dubuc et Nicolas Mazel, Nov 2023, Lyon (ENS Lyon), France</w:t>
+              <w:t xml:space="preserve">Passer à la postérité : contours et représentations des figures du passé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UR HLLI, Mar 2023, Boulogne-sur-Mer (Université Littoral Côte d'Opale), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04294634v1</w:t>
+                <w:t xml:space="preserve">hal-04156776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souviens-toi qu'il faut m'oublier. Robert Challe anonyme ou le don de l'auteur</w:t>
+                <w:t xml:space="preserve">La trace de l'ombre. Pour une phénoménologie de la clandestinité littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Passer à la postérité : contours et représentations des figures du passé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UR HLLI, Mar 2023, Boulogne-sur-Mer (Université Littoral Côte d'Opale), France</w:t>
+              <w:t xml:space="preserve">(Se) représenter sa recherche : figures de soi, figures de l'autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Doctorale 3LA, Jun 2023, Lyon (Université Lumière Lyon 2), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156776v1</w:t>
+                <w:t xml:space="preserve">hal-04156774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La trace de l'ombre. Pour une phénoménologie de la clandestinité littéraire</w:t>
+                <w:t xml:space="preserve">La proposition de l'intencitationnalité. Sur la langue collective du baron d'Holbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Se) représenter sa recherche : figures de soi, figures de l'autre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Doctorale 3LA, Jun 2023, Lyon (Université Lumière Lyon 2), France</w:t>
+              <w:t xml:space="preserve">La création plurielle : faire œuvre à plusieurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre des sciences des littératures en langue française, May 2022, Nanterre, Université Paris Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156774v1</w:t>
+                <w:t xml:space="preserve">hal-04156764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clandestiner les âges classiques</w:t>
               </w:r>
@@ -959,151 +959,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S(téphane) S(angral). Le chiffre de la pensée</w:t>
+                <w:t xml:space="preserve">P/Oublier. Publicité éditoriale et privacité auctoriale dans quelques textes anonymes de l'âge classique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2021</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156752v1</w:t>
+                <w:t xml:space="preserve">hal-04529969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P/Oublier. Publicité éditoriale et privacité auctoriale dans quelques textes anonymes de l'âge classique</w:t>
+                <w:t xml:space="preserve">S(téphane) S(angral). Le chiffre de la pensée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04529969v1</w:t>
+                <w:t xml:space="preserve">hal-04156752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1354,174 +1354,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand faire, c'est (se) contredire : l'harmonie rétablie dans le &amp;quot;Désastre de Lisbonne</w:t>
+                <w:t xml:space="preserve">Fin du pastiche et fin de l'histoire dans l'&amp;quot;Histoire du Roi de Bohême et de ses sept châteaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Voltaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Année rabelaisienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4, pp.225-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10343-1.p.0225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156735v1</w:t>
+                <w:t xml:space="preserve">hal-04156721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fin du pastiche et fin de l'histoire dans l'&amp;quot;Histoire du Roi de Bohême et de ses sept châteaux</w:t>
+                <w:t xml:space="preserve">Quand faire, c'est (se) contredire : l'harmonie rétablie dans le &amp;quot;Désastre de Lisbonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassif Farhat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année rabelaisienne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers Voltaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19, pp.182-190</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10343-1.p.0225⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04156721v1</w:t>
+                <w:t xml:space="preserve">hal-04156735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1676,51 +1676,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassif Farhat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718354v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156764v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294638v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232007v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294634v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156776v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156774v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156770v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156766v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156763v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156757v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156752v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529969v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156749v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156727v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156741v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156735v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156721v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10343-1.p.0225" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassif Farhat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718354v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294638v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232007v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294634v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156776v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156774v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156764v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156770v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156766v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156763v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156757v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529969v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156752v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156749v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156727v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156741v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156721v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10343-1.p.0225" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156735v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>