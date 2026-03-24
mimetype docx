--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1296,304 +1296,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01096852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plankton origin of particulate dimethylsulfoniopropionate in a Mediterranean oligotrophic coastal and shallow ecosystem</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robustness of Cell Disruption of Heavy Metal-Resistant Pseudomonas fluorescens BA3SM1 Isolates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Bogé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Jamet</w:t>
+                <w:t xml:space="preserve">Isabelle Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Jamet</w:t>
+                <w:t xml:space="preserve">N. Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Richard</w:t>
+                <w:t xml:space="preserve">Jean-Claude Guary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2008.12.006⟩</w:t>
+              <w:t xml:space="preserve">Environmental Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (9), pp.1451-1457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/ees.2009.0061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01884561v1</w:t>
+                <w:t xml:space="preserve">hal-03244203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness of Cell Disruption of Heavy Metal-Resistant Pseudomonas fluorescens BA3SM1 Isolates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Poirier</w:t>
+                <w:t xml:space="preserve">Plankton origin of particulate dimethylsulfoniopropionate in a Mediterranean oligotrophic coastal and shallow ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Jean</w:t>
+                <w:t xml:space="preserve">Gérard Bogé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Guary</w:t>
+                <w:t xml:space="preserve">Dominique Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Bertrand</w:t>
+                <w:t xml:space="preserve">Simone Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 26 (9), pp.1451-1457. </w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 81 (4), pp.470 - 480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/ees.2009.0061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2008.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244203v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01884561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responses of the marine bacterium Pseudomonas fluorescens to an excess of heavy metals: Physiological and biochemical aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1679,77 +1679,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of β-dimethylsulfoniopropionate (DMSP) levels in two mediterranean ecosystems with different trophic levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bogé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 101 (3-4), pp.190 - 202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1783,103 +1783,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal changes in phosphatase activities in Toulon Bay (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bogé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 61 (1), pp.1 - 18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1907,369 +1907,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annual contribution of different plankton size classes to particulate dimethylsulfoniopropionate in a marine perturbed ecosystem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plankton succession and assemblage structure in two neighbouring littoral ecosystems in the north-west Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominique Jamet</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bogé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmarsys.2004.06.003⟩</w:t>
+              <w:t xml:space="preserve">Marine and Freshwater Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 56 (1), pp.69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/MF04102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01885183v1</w:t>
+                <w:t xml:space="preserve">hal-03244227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plankton succession and assemblage structure in two neighbouring littoral ecosystems in the north-west Mediterranean Sea</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annual contribution of different plankton size classes to particulate dimethylsulfoniopropionate in a marine perturbed ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D. Jamet</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bogé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Freshwater Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 56 (1), pp.69. </w:t>
+              <w:t xml:space="preserve">Journal of Marine Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 53 (1-4), pp.235 - 247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/MF04102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmarsys.2004.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244227v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal changes in zooplanktonic alkaline phosphatase activity in Toulon Bay (France): the role of Cypris larvae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bogé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 46 (3), pp.346 - 352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2303,103 +2303,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of copepods, cladocerans and cirripeds to phosphatase activity in mediterranean zooplankton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bogé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Bogé</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">D. Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrobiologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 468 (1/3), pp.147-154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2445,90 +2445,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'activité phosphatasique particulaire au sein d'un écosystème pollué : le port de Toulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Boge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Jamet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences de l'Eau / Journal of Water Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 15 (1), pp.63-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2897,51 +2897,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928778v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandin James" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ghersy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2024.117221" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03708537v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Peri&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bertheau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151680" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959936v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Chetouhi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Masseret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Teodora Satta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Laabir" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136834" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403261v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Laabir" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12764" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569507v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Herzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.04.011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244077v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Linares" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine van Overtvelt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadit Ouidir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hardouin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12358" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CW5QR5W1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244087v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Sakka Hlaili" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpy.12181" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9HXTVBS0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394613v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiyu Zhao" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassine Hadj Mabrouk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.06.084" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096852v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Durrieu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Jamet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2012.06.004" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884561v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bog&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jamet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Richard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2008.12.006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244203v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poirier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jean" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Guary" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bertrand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ees.2009.0061" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244216v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Guary" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.07.038" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893686v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2006.03.001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893688v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2005.03.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885183v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2004.06.003" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244227v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jamet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bog&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Richard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jamet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF04102" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885196v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0025-326X(02)00450-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244254v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Jamet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1015266722757" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4HHZD4QP-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244265v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boge" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jamet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/705436ar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467305v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Caruana" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zouher Amzil" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.19179.80164" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928778v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandin James" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ghersy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2024.117221" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03708537v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Peri&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Dumont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bertheau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151680" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02959936v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Chetouhi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Masseret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Teodora Satta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Laabir" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136834" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403261v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Laabir" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12764" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569507v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Herzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2017.04.011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244077v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Linares" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine van Overtvelt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tassadit Ouidir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hardouin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12358" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CW5QR5W1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244087v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Sakka Hlaili" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpy.12181" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9HXTVBS0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394613v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiyu Zhao" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassine Hadj Mabrouk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.06.084" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096852v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Durrieu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Jamet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2012.06.004" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244203v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poirier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jean" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Guary" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bertrand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ees.2009.0061" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884561v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bog&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jamet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Richard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2008.12.006" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244216v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Guary" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2008.07.038" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893686v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marchem.2006.03.001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893688v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2005.03.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244227v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Jamet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bog&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Richard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jamet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF04102" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885183v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2004.06.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885196v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0025-326X(02)00450-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244254v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Jamet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1015266722757" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4HHZD4QP-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244265v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boge" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jamet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/705436ar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467305v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Caruana" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Zouher Amzil" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.19179.80164" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>