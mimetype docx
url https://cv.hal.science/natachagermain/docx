--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -240,325 +240,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circadian copeptin and oxytocin profiles in anorexia nervosa: Exploring the interplay with neurohypophysis opioid tone</w:t>
+                <w:t xml:space="preserve">Prospective Multicenter Evaluation of [ 11 C]Methionine PET/MRI Sensitivity Compared with MRI for Localizing Small Pituitary Neuroendocrine Tumor or Pituitary Adenoma in Cushing Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Doua</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Natacha Germain</w:t>
+                <w:t xml:space="preserve">Anthime Flaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manel Merabet</w:t>
+                <w:t xml:space="preserve">Elise Levigoureux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Redouté</w:t>
+                <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Boutet</w:t>
+                <w:t xml:space="preserve">Claire Briet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Castinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/erv.3125⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 66 (10), pp.1575-1580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2967/jnumed.124.269392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04802894v1</w:t>
+                <w:t xml:space="preserve">hal-05352965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective Multicenter Evaluation of [ 11 C]Methionine PET/MRI Sensitivity Compared with MRI for Localizing Small Pituitary Neuroendocrine Tumor or Pituitary Adenoma in Cushing Disease</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Circadian copeptin and oxytocin profiles in anorexia nervosa: Exploring the interplay with neurohypophysis opioid tone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Levigoureux</w:t>
+                <w:t xml:space="preserve">Sandra Doua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Haesebaert</w:t>
+                <w:t xml:space="preserve">Manel Merabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Briet</w:t>
+                <w:t xml:space="preserve">Jérôme Redouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Castinetti</w:t>
+                <w:t xml:space="preserve">Claire Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 66 (10), pp.1575-1580. </w:t>
+              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 33 (1), pp.53-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2967/jnumed.124.269392⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/erv.3125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05352965v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A scoping review of circulating peptides assessments in anorexia nervosa: Uncovering diversity and nuanced findings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Doua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -642,377 +642,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of Sult1a1 reduces body weight and increases browning of white adipose tissue</w:t>
+                <w:t xml:space="preserve">Structure–function relationship of the pituitary gland in anorexia nervosa and intense physical activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margherita Springer</w:t>
+                <w:t xml:space="preserve">Manel Merabet Zennadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Redouté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Meugnier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie-France Champy</w:t>
+                <w:t xml:space="preserve">Nicolas Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fendo.2024.1448107⟩</w:t>
+              <w:t xml:space="preserve">Brain Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 229 (1), pp.195-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00429-023-02739-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997239v1</w:t>
+                <w:t xml:space="preserve">hal-04803015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure–function relationship of the pituitary gland in anorexia nervosa and intense physical activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Loss of Sult1a1 reduces body weight and increases browning of white adipose tissue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margherita Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Meugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Schnabl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manel Merabet Zennadi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Claire Boutet</w:t>
+                <w:t xml:space="preserve">Kevin Sebastiaan Hof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Costes</w:t>
+                <w:t xml:space="preserve">Marie-France Champy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Structure and Function</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 229 (1), pp.195-205. </w:t>
+              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.1448107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00429-023-02739-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fendo.2024.1448107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04803015v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRI atlas of the pituitary gland in young female adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Merabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Ptito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Redouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Structure and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 229 (4), pp.1001-1010. </w:t>
@@ -1680,563 +1680,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The association between macrovascular complications and intensive care admission, invasive mechanical ventilation, and mortality in people with diabetes hospitalized for coronavirus disease-2019 (COVID-19)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuous glucose monitoring assessment in patients suffering from anorexia nervosa reveals chronic prolonged mild hypoglycemia all over the nycthemeron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gemma Llauradó</w:t>
+                <w:t xml:space="preserve">Clara Devin Genteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Belleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bogdan Vlacho</w:t>
+                <w:t xml:space="preserve">Trecy Lopes da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Wargny</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Josep Franch-Nadal</w:t>
+                <w:t xml:space="preserve">Chloé Exbrayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Diabetology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12933-022-01657-8⟩</w:t>
+              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31 (3), pp.402-412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/erv.2963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03822575v1</w:t>
+                <w:t xml:space="preserve">hal-04997341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of gut‐specific non‐inflammatory T lymphocytes with chronic anorexia nervosa and constitutional thinness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Insights on Bone Tissue and Structural Muscle-Bone Unit in Constitutional Thinness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélina Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Boscaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Gabriel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Massoubre</w:t>
+                <w:t xml:space="preserve">Thierry Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouna Hanachi</w:t>
+                <w:t xml:space="preserve">Léonard Féasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Doré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Lambert</w:t>
+                <w:t xml:space="preserve">Frédéric Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/erv.2934⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.921351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.921351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872643v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights on Bone Tissue and Structural Muscle-Bone Unit in Constitutional Thinness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association of gut‐specific non‐inflammatory T lymphocytes with chronic anorexia nervosa and constitutional thinness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Massoubre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélina Bailly</w:t>
+                <w:t xml:space="preserve">Mouna Hanachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Boscaro</w:t>
+                <w:t xml:space="preserve">Joel Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Thomas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Costes</w:t>
+                <w:t xml:space="preserve">Claude Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2022.921351⟩</w:t>
+              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31 (1), pp.76 - 86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/erv.2934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04997345v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous glucose monitoring assessment in patients suffering from anorexia nervosa reveals chronic prolonged mild hypoglycemia all over the nycthemeron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natacha Germain</w:t>
+                <w:t xml:space="preserve">The association between macrovascular complications and intensive care admission, invasive mechanical ventilation, and mortality in people with diabetes hospitalized for coronavirus disease-2019 (COVID-19)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Llauradó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Vlacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Devin Genteuil</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwenaëlle Belleton</w:t>
+                <w:t xml:space="preserve">Matthieu Wargny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trecy Lopes da Silva</w:t>
+                <w:t xml:space="preserve">Yue Ruan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Exbrayat</w:t>
+                <w:t xml:space="preserve">Josep Franch-Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 31 (3), pp.402-412. </w:t>
+              <w:t xml:space="preserve">Cardiovascular Diabetology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (1), pp.216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/erv.2963⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12933-022-01657-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04997341v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomics reveals unique plasma signatures in constitutional thinness</w:t>
               </w:r>
@@ -2484,303 +2484,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03754180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Underweight but not underfat: is fat-free mass a key factor in constitutionally thin women?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Is constitutional thinness really different from anorexia nervosa? A systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Boscaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Féasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Courteix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Natacha Germain</w:t>
+                <w:t xml:space="preserve">Yves Boirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Nutrition</w:t>
+              <w:t xml:space="preserve">Reviews in Endocrine and Metabolic Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Early Access, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41430-021-00895-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11154-021-09650-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03299534v1</w:t>
+                <w:t xml:space="preserve">hal-03301647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is constitutional thinness really different from anorexia nervosa? A systematic review and meta-analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Underweight but not underfat: is fat-free mass a key factor in constitutionally thin women?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Boscaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Boirie</w:t>
+                <w:t xml:space="preserve">Daniel Courteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews in Endocrine and Metabolic Disorders</w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Early Access, </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11154-021-09650-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41430-021-00895-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03301647v1</w:t>
+                <w:t xml:space="preserve">hal-03299534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between obesity and severe COVID ‐19 outcomes in patients with type 2 diabetes: Results from the CORONADO study</w:t>
               </w:r>
@@ -2792,51 +2792,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Smati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Tramunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Wargny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Caussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3028,295 +3028,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invited Letter to Editor in response to: Constitutional thinness: body fat metabolism and skeletal muscle are important factors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Two new reliable immunohistochemical methods for simultaneous identification of capillaries, the three types of fibers and basal lamina in human skeletal muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Daniel Courteix</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Féasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Thivel</w:t>
+                <w:t xml:space="preserve">Amandine Boileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hourdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0007114520002159⟩</w:t>
+              <w:t xml:space="preserve">Histochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 154 (3), pp.327-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00418-020-01895-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011978v1</w:t>
+                <w:t xml:space="preserve">hal-03011995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new reliable immunohistochemical methods for simultaneous identification of capillaries, the three types of fibers and basal lamina in human skeletal muscle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Invited Letter to Editor in response to: Constitutional thinness: body fat metabolism and skeletal muscle are important factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Amandine Boileau</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Galusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Courteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Hourdé</w:t>
+                <w:t xml:space="preserve">David Thivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histochemistry and Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 154 (3), pp.327-337. </w:t>
+              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (9), pp.999-1000. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00418-020-01895-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0007114520002159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03011995v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03011978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance to lean mass gain in constitutional thinness in free‐living conditions is not overpassed by overfeeding</w:t>
               </w:r>
@@ -3430,295 +3430,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skeletal muscle of females and males with constitutional thinness: a low intramuscular lipid content and oxidative profile</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Definition and diagnosis of constitutional thinness: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Estour</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Galusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Courteix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Thivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 45 (11), pp.1287-1298. </w:t>
+              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (6), pp.531-547. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/apnm-2020-0068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0007114520001440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011948v1</w:t>
+                <w:t xml:space="preserve">hal-03011966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Definition and diagnosis of constitutional thinness: a systematic review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Skeletal muscle of females and males with constitutional thinness: a low intramuscular lipid content and oxidative profile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">David Thivel</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Féasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Estour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 124 (6), pp.531-547. </w:t>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (11), pp.1287-1298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0007114520001440⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1139/apnm-2020-0068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03011966v1</w:t>
+                <w:t xml:space="preserve">hal-03011948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decreased cerebral opioid receptors availability related to hormonal and psychometric profile in restrictive-type anorexia nervosa</w:t>
               </w:r>
@@ -3730,51 +3730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Galusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Traverse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Massoubre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4636,256 +4636,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en charge somatique de l'anorexie mentale : l'expérience stéphanoise</w:t>
+                <w:t xml:space="preserve">Specific appetite, energetic and metabolomics responses to fat overfeeding in resistant-to-bodyweight-gain constitutional thinness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Galusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Mure</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dominique Caron-Dorval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutritions &amp; Endocrinologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nutrition &amp; Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nutd.2014.17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05026917v1</w:t>
+                <w:t xml:space="preserve">hal-01123219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific appetite, energetic and metabolomics responses to fat overfeeding in resistant-to-bodyweight-gain constitutional thinness</w:t>
+                <w:t xml:space="preserve">Prise en charge somatique de l'anorexie mentale : l'expérience stéphanoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Galusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mure</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition &amp; Diabetes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nutritions &amp; Endocrinologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (65), pp.111-114</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01123219v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orexigenic Neuropeptide 26RFa: New Evidence for an Adaptive Profile of Appetite Regulation in Anorexia Nervosa</w:t>
               </w:r>
@@ -5107,307 +5107,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03066999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constitutional thinness</w:t>
+                <w:t xml:space="preserve">Organic background of restrictive-type anorexia nervosa suggested by increased serotonin 1A receptor binding in the right frontotemporal cortex of both lean and recovered patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Galusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Zouch</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Bossu</w:t>
+                <w:t xml:space="preserve">Roland Peyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 64 (11), pp.1009-1013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopsych.2008.06.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/jc.2007-1591⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03061871v1</w:t>
+                <w:t xml:space="preserve">hal-03061873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic background of restrictive-type anorexia nervosa suggested by increased serotonin 1A receptor binding in the right frontotemporal cortex of both lean and recovered patients</w:t>
+                <w:t xml:space="preserve">Constitutional thinness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Galusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Costes</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Roland Peyron</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biopsych.2008.06.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 93 (1), pp.110-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2007-1591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03061873v1</w:t>
+                <w:t xml:space="preserve">hal-03061871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening for Diabetic Retinopathy by Ophthalmologists and Endocrinologists With Pupillary Dilation and a Nonmydriatic Digital Camera</w:t>
               </w:r>
@@ -5552,51 +5552,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diminution de la mortalité et stabilité du taux de guérison dans le suivi de l’anorexie mentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6289,51 +6289,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profil lipidique dans l'anorexie mentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Devin Genteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Galusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6572,51 +6572,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mannel Merabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Redouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Endocrinology 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European society of Endocrinology, May 2022, Milan, Italy. </w:t>
@@ -7052,51 +7052,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Charrat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Galusca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Germain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massoubre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802894v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Doua" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Merabet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Redout&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.3125" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05352965v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Levigoureux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haesebaert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Briet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Castinetti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.124.269392" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997182v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amale Geandrot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Defour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Gay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2024.105370" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997239v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Springer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Schnabl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Sebastiaan Hof" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Champy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2024.1448107" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803015v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Merabet Zennadi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-023-02739-3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802922v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Ptito" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-024-02779-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997247v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;naelle Belleton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Hammour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Boivin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41430-024-01479-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997171v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Estour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2024.04.001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997308v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-023-00882-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997294v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Charrat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Gay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Ravey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eat.24114" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997302v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Belleton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Eisinger" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-023-00893-x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872643v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gabriel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hanachi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dor&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lambert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.2934" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997345v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boscaro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard F&#233;asson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Costes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.921351" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997341v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Devin Genteuil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trecy Lopes da Silva" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Exbrayat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.2963" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997351v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Cominetti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio N&#250;&#241;ez Galindo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Corth&#233;sy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Carayol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.202100114" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03754180v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Perennec" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Guyomarch" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.23314" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299534v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Courteix" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41430-021-00895-5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301647v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11154-021-09650-4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995184v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Caussy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Gaborit" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14228" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246543v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Roussel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Darmon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichelin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawa Abouleka" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14324" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011978v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thivel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114520002159" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011995v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boileau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-020-01895-5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038430v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiin Ling" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;pierre Martin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bartova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12572" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011948v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2020-0068" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011966v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114520001440" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997359v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Traverse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Bars" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2020.104711" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279015v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Canto" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz144" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997368v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyceline Cuenco" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Minnion" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serban Bageacu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.00143.2018" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923885v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Galusca" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verney" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Meugnier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ling" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13097" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04455479v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Viltart" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loyens" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bruchet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Nadin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161890" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636427v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hager" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Feasson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Valsesia" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2016.06.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330473v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Pr&#233;vost" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dubuc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0122040" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026917v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mure" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123219v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caron-Dorval" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nutd.2014.17" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01962732v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fauquembergue" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Toutirais" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tougeron" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Drouet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Gallo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2011-3396" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066999v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061871v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zouch" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bossu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2007-1591" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061873v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2008.06.006" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNHQBG5C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00446120v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilanjana Deb-Joardar" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Thuret" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manoli" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gain" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2005.05.051" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6G9T69H-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875797v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Kadem" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0755-4982(05)84213-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997572v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mucileanu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Germain" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.197" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983931v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amale Zemmahi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig S&#233;galen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Breisse" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine David" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000612v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Degas" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997551v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hager" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Estour" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.366" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997537v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Belleton" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massoubre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravey" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.365" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000647v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997595v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2023.07.151" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997502v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Emmanuelle Doua Singoh" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mannel Merabet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.P164" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997543v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Devin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.371" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063632v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grouselle" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bloom" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133677v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Charrat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Galusca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Germain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massoubre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05352965v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Levigoureux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haesebaert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Briet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Castinetti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.124.269392" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802894v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Doua" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Merabet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Redout&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.3125" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997182v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amale Geandrot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Defour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Gay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2024.105370" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803015v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Merabet Zennadi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Costes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-023-02739-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997239v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Springer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meugnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Schnabl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Sebastiaan Hof" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Champy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2024.1448107" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802922v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Ptito" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-024-02779-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997247v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;naelle Belleton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Hammour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Boivin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41430-024-01479-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997171v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Estour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2024.04.001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997308v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-023-00882-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997294v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Charrat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Gay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Ravey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eat.24114" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997302v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Belleton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Eisinger" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-023-00893-x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997341v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Devin Genteuil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trecy Lopes da Silva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Exbrayat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.2963" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997345v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boscaro" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard F&#233;asson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Costes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.921351" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872643v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gabriel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hanachi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dor&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lambert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.2934" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997351v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Cominetti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio N&#250;&#241;ez Galindo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Corth&#233;sy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Carayol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.202100114" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03754180v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blanchard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Perennec" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Guyomarch" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.23314" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301647v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11154-021-09650-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299534v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Courteix" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41430-021-00895-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995184v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Caussy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Gaborit" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14228" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246543v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Roussel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Darmon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichelin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawa Abouleka" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14324" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011995v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boileau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-020-01895-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011978v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Thivel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114520002159" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03038430v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiin Ling" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;pierre Martin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bartova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.12572" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011966v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114520001440" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011948v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2020-0068" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997359v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Traverse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Bars" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2020.104711" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279015v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Canto" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz144" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997368v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyceline Cuenco" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Minnion" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serban Bageacu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.00143.2018" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923885v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Galusca" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verney" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Meugnier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ling" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13097" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04455479v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Viltart" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loyens" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bruchet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Nadin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0161890" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636427v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hager" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Feasson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Valsesia" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2016.06.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330473v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Pr&#233;vost" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dubuc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0122040" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123219v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caron-Dorval" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nutd.2014.17" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026917v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mure" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01962732v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fauquembergue" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Toutirais" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tougeron" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Drouet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Gallo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2011-3396" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066999v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061873v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2008.06.006" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNHQBG5C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061871v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zouch" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bossu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2007-1591" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00446120v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilanjana Deb-Joardar" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Thuret" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manoli" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gain" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2005.05.051" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6G9T69H-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02875797v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Kadem" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0755-4982(05)84213-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997572v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mucileanu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Germain" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.197" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983931v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Tremblay" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amale Zemmahi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig S&#233;galen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Breisse" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine David" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000612v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Degas" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997551v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hager" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Estour" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.366" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997537v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Belleton" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massoubre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravey" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.365" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000647v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997595v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2023.07.151" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997502v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Emmanuelle Doua Singoh" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mannel Merabet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.P164" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997543v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Devin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.371" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063632v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grouselle" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bloom" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>