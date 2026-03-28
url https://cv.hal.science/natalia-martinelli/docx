--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -433,356 +433,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04782293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and relationship between the judgment of the speed of passage of time and the judgment of duration in children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The feeling of the passage of time against the time of the external clock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, </w:t>
+              <w:t xml:space="preserve">Consciousness and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 113, pp.103535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1160047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.concog.2023.103535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04297749v1</w:t>
+                <w:t xml:space="preserve">hal-05500174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The feeling of the passage of time against the time of the external clock</w:t>
+                <w:t xml:space="preserve">Experience and memory of time and emotions two years after the start of the COVID-19 pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dezecache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Belletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consciousness and Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 113, pp.103535. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (9), pp.e0290697. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.concog.2023.103535⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0290697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04320758v1</w:t>
+                <w:t xml:space="preserve">hal-04239909v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience and memory of time and emotions two years after the start of the COVID-19 pandemic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and relationship between the judgment of the speed of passage of time and the judgment of duration in children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 18 (9), pp.e0290697. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0290697⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1160047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04239909v2</w:t>
+                <w:t xml:space="preserve">hal-04297749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The feeling of the passage of time against the time of the external clock</w:t>
               </w:r>
@@ -817,76 +817,76 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Consciousness and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 113, pp.103535. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.concog.2023.103535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05500174v1</w:t>
+                <w:t xml:space="preserve">hal-04320758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affective experiences during COVID-19 pandemic lockdown and posttraumatic growth: A 1-year longitudinal study in France</w:t>
               </w:r>
@@ -1000,431 +1000,431 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04632697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time and Emotion During Lockdown and the Covid-19 Epidemic: Determinants of Our Experience of Time?</w:t>
+                <w:t xml:space="preserve">What factors underlie our experience of the passage of time? Theoretical consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, </w:t>
+              <w:t xml:space="preserve">Psychological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 86, pp.522-530. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.616169⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00426-021-01486-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03100229v1</w:t>
+                <w:t xml:space="preserve">hal-03430915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What factors underlie our experience of the passage of time? Theoretical consequences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Retrospective and Present Judgment of the Passage of Time in the Elderly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Dambrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume T. Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lorandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00426-021-01486-6⟩</w:t>
+              <w:t xml:space="preserve">Timing &amp; Time Perception Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (4), pp.335-352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/22134468-bja10031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03430915v1</w:t>
+                <w:t xml:space="preserve">hal-03395980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Retrospective and Present Judgment of the Passage of Time in the Elderly</w:t>
+                <w:t xml:space="preserve">The Persistence of Slowed Time Experience During the COVID-19 Pandemic: Two Longitudinal Studies in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Chevalère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Belletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dezecache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Timing &amp; Time Perception Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (4), pp.335-352. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/22134468-bja10031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.721716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03395980v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03395965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Persistence of Slowed Time Experience During the COVID-19 Pandemic: Two Longitudinal Studies in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Impact of the COVID-19 Pandemic on Vulnerable People Suffering from Depression: Two Studies on Adults in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Chevalère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1434,216 +1434,216 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dezecache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (6), pp.3250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.721716⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph18063250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03395965v1</w:t>
+                <w:t xml:space="preserve">hal-03335110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of the COVID-19 Pandemic on Vulnerable People Suffering from Depression: Two Studies on Adults in France</w:t>
+                <w:t xml:space="preserve">Time and Emotion During Lockdown and the Covid-19 Epidemic: Determinants of Our Experience of Time?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Belletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Chevalère</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dezecache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 18 (6), pp.3250. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph18063250⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.616169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335110v1</w:t>
+                <w:t xml:space="preserve">hal-03100229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidemiology of fake news in the age of digital transition</w:t>
               </w:r>
@@ -2057,51 +2057,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Monceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Dambrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2974,178 +2974,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05037195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of factors underlying our experience of passage of time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Judgment of duration and judgment of passage of time in prospective and retrospective condition and their predictors for short (seconds) and long (minutes) durations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Journal Club of the Timing Research Forum (TRF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Timing Research Forum, Apr 2022, En ligne, France</w:t>
+              <w:t xml:space="preserve">Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bologne, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05037215v1</w:t>
+                <w:t xml:space="preserve">hal-05037217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judgment of duration and judgment of passage of time in prospective and retrospective condition and their predictors for short (seconds) and long (minutes) durations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental investigation of factors underlying our experience of passage of time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bologne, Italie</w:t>
+              <w:t xml:space="preserve">Virtual Journal Club of the Timing Research Forum (TRF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Timing Research Forum, Apr 2022, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05037217v1</w:t>
+                <w:t xml:space="preserve">hal-05037215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId75"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3221,51 +3221,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="46A8030E"/>
+    <w:nsid w:val="4A521FE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3452,51 +3452,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/natalia-martinelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3041-8104" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253197v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Monier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Larderet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia N. Martinelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2025.103868" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782293v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cheval&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Martinelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0306310" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297749v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1160047" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320758v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2023.103535" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239909v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290697" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500174v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632697v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutaudier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Martinelli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cheval&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dezecache" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Belletier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2022.05.056" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100229v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.616169" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430915v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01486-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dambrun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume T. Vallet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lorandi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134468-bja10031" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395965v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.721716" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335110v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18063250" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635096v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2021.0646" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921147v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;lys Clinchamps" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0236465" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632271v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2020.0576" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978234v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monceau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8565" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988691v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780192896254.003.0006" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04982775v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868888v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demolliens" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868893v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868883v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037193v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037214v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037195v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037215v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037217v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/natalia-martinelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3041-8104" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253197v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Monier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Larderet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia N. Martinelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2025.103868" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782293v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cheval&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Martinelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0306310" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500174v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2023.103535" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239909v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290697" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297749v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1160047" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320758v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632697v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutaudier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Martinelli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cheval&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dezecache" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Belletier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2022.05.056" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430915v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01486-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395980v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dambrun" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume T. Vallet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lorandi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134468-bja10031" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395965v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.721716" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335110v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18063250" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100229v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.616169" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635096v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2021.0646" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921147v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;lys Clinchamps" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0236465" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632271v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2020.0576" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978234v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monceau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8565" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988691v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780192896254.003.0006" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04982775v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868888v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demolliens" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868893v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868883v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037193v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037214v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037195v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037217v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037215v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>