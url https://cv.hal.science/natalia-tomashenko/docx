--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05060842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The VoicePrivacy 2022 Challenge: Progress and perspectives in voice anonymisation</w:t>
+                <w:t xml:space="preserve">LeBenchmark 2.0: A standardized, replicable and enhanced framework for self-supervised representations of French speech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michele Panariello</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
+                <w:t xml:space="preserve">Titouan Parcollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Champion</w:t>
+                <w:t xml:space="preserve">Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Evain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcely Zanon Boito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pupier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ACM Transactions on Audio, Speech and Language Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASLP.2024.3430530⟩</w:t>
+              <w:t xml:space="preserve">Computer Speech and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 86, pp.101622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.csl.2024.101622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04667625v1</w:t>
+                <w:t xml:space="preserve">hal-04441389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LeBenchmark 2.0: A standardized, replicable and enhanced framework for self-supervised representations of French speech</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The VoicePrivacy 2022 Challenge: Progress and perspectives in voice anonymisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcely Zanon Boito</w:t>
+                <w:t xml:space="preserve">Michele Panariello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Pupier</w:t>
+                <w:t xml:space="preserve">Pierre Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Speech and Language</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 86, pp.101622. </w:t>
+              <w:t xml:space="preserve">IEEE/ACM Transactions on Audio, Speech and Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.csl.2024.101622⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TASLP.2024.3430530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04441389v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the effects of task design on unfamiliar Francophone listener and automatic speaker identification performance</w:t>
               </w:r>
@@ -632,295 +632,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04138760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a unified assessment framework of speech pseudonymisation</w:t>
+                <w:t xml:space="preserve">Privacy and utility of x-vector based speaker anonymization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul-Gauthier Noé</w:t>
+                <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Nautsch</w:t>
+                <w:t xml:space="preserve">Mohamed Maouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Evans</w:t>
+                <w:t xml:space="preserve">Md Sahidullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Patino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
+                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Speech and Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csl.2021.101299⟩</w:t>
+              <w:t xml:space="preserve">IEEE/ACM Transactions on Audio, Speech and Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASLP.2022.3190741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03555462v1</w:t>
+                <w:t xml:space="preserve">hal-03197376v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Privacy and utility of x-vector based speaker anonymization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a unified assessment framework of speech pseudonymisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Maouche</w:t>
+                <w:t xml:space="preserve">Paul-Gauthier Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Md Sahidullah</w:t>
+                <w:t xml:space="preserve">Andreas Nautsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+                <w:t xml:space="preserve">Nicholas Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Bellet</w:t>
+                <w:t xml:space="preserve">Jose Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ACM Transactions on Audio, Speech and Language Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Computer Speech and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 72, pp.101299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TASLP.2022.3190741⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.csl.2021.101299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197376v3</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The VoicePrivacy 2020 Challenge: Results and findings</w:t>
               </w:r>
@@ -932,77 +932,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Patino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Speech and Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 74, pp.101362. </w:t>
@@ -1032,5737 +1032,5963 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03332224v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (39)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting Context-dependent Duration Features for Voice Anonymization Attack Systems</w:t>
+                <w:t xml:space="preserve">Target Speaker Anonymization In Multi-Speaker Recordings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vincent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Tommasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">ICASSP 2026 - 2026 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP), Barcelona, Spain, 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2026, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05099074v1</w:t>
+                <w:t xml:space="preserve">hal-05308244v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Speech Temporal Dynamics in the Context of Speaker Verification and Voice Anonymization</w:t>
+                <w:t xml:space="preserve">Exploiting Context-dependent Duration Features for Voice Anonymization Attack Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Tommasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Rotterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP49660.2025.10887896⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04853872v1</w:t>
+                <w:t xml:space="preserve">hal-05099074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The First VoicePrivacy Attacker Challenge</w:t>
+                <w:t xml:space="preserve">Analysis of Speech Temporal Dynamics in the Context of Speaker Verification and Voice Anonymization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Tommasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2025 - 2025 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP), Hyderabad, India, 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Hyderabad, India. pp.1-2, </w:t>
+              <w:t xml:space="preserve">2025 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Hyderabad, India. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP49660.2025.10888513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP49660.2025.10887896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05040330v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anonymizing Speaker Voices: Easy to Imitate, Difficult to Recognize?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The First VoicePrivacy Attacker Challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sneha Das</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2024 - 2024 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP48485.2024.10445935⟩</w:t>
+              <w:t xml:space="preserve">ICASSP 2025 - 2025 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP), Hyderabad, India, 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Hyderabad, India. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP49660.2025.10888513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04527700v1</w:t>
+                <w:t xml:space="preserve">hal-05040330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction d'informations liées au locuteur depuis un modèle acoustique personnalisé</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Tommasi</w:t>
+                <w:t xml:space="preserve">Anonymizing Speaker Voices: Easy to Imitate, Difficult to Recognize?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karla Pizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yannick Estève</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sneha Das</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICASSP 2024 - 2024 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Seoul, South Korea. pp.12491-12495, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP48485.2024.10445935⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03706944v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retrieving Speaker Information from Personalized Acoustic Models for Speech Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salima Mdhaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bonastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Tommasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ICASSP 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03539741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LeBenchmark, un référentiel d'évaluation pour le français oral *</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extraction d'informations liées au locuteur depuis un modèle acoustique personnalisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Mdhaffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hang Le</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-François A Bonastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Tommasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34e Journées d'étude sur la parole JEP 2022</w:t>
+              <w:t xml:space="preserve">JEP 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, île de Noirmoutier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03767742v1</w:t>
+                <w:t xml:space="preserve">hal-03706944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles neuronaux pré-appris par auto-supervision sur des enregistrements de parole en français</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">LeBenchmark, un référentiel d'évaluation pour le français oral *</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Alisamir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Dinarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ringeval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Evain</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Salima Mdhaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEP 2022</w:t>
+              <w:t xml:space="preserve">34e Journées d'étude sur la parole JEP 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, île de Noirmoutier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03707064v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On speaker verification from the neural network footprint of personalized acoustic models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Modèles neuronaux pré-appris par auto-supervision sur des enregistrements de parole en français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Evain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcely Zanon Boito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salima Mdhaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Études sur la Parole - JEP2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France</w:t>
+              <w:t xml:space="preserve">JEP 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, île de Noirmoutier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03626964v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Privacy attacks for automatic speech recognition acoustic models in a federated learning framework</w:t>
+                <w:t xml:space="preserve">On speaker verification from the neural network footprint of personalized acoustic models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salima Mdhaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Tommasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bonastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">Journées d'Études sur la Parole - JEP2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03539742v2</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking and challenges in security and privacy for voice biometrics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Privacy attacks for automatic speech recognition acoustic models in a federated learning framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Mdhaffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Tommasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPSC 2021, 1st ISCA Symposium on Security and Privacy in Speech Communication</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICASSP 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Singapour, Singapore</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03346196v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03539742v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Task Agnostic and Task Specific Self-Supervised Learning from Speech with LeBenchmark</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Speaker Anonymisation Using the McAdams Coefficient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Todisco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Nautsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Evans</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thirty-fifth Conference on Neural Information Processing Systems ( NeurIPS 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic. pp.1099-1103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-1070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03407172v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anonymous speaker clusters: Making distinctions between anonymised speech recordings with clustering interface</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">LeBenchmark: A Reproducible Framework for Assessing Self-Supervised Representation Learning from Speech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Evain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcely Zanon Boito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Mdhaffar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERSPEECH 2021</w:t>
+              <w:t xml:space="preserve">INTERSPEECH 2021: Conference of the International Speech Communication Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03267084v2</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03317730v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Privacy ZEBRA: Zero Evidence Biometric Recognition Assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paul-Gauthier Noé</w:t>
+                <w:t xml:space="preserve">Benchmarking and challenges in security and privacy for voice biometrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Bonastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomi Kinnunen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kong Aik Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Shanghai, China. pp.1698-1702, </w:t>
+              <w:t xml:space="preserve">SPSC 2021, 1st ISCA Symposium on Security and Privacy in Speech Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCA, Nov 2021, Magdeburg, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2020-1815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21437/SPSC.2021-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555630v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON-TRAC' systems for the IWSLT 2021 low-resource speech translation and multilingual speech translation shared tasks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Task Agnostic and Task Specific Self-Supervised Learning from Speech with LeBenchmark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Evain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manh Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcely Zanon Boito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salima Mdhaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Spoken Language Translation (IWSLT)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Thirty-fifth Conference on Neural Information Processing Systems ( NeurIPS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, on-line, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298854v2</w:t>
+                <w:t xml:space="preserve">hal-03407172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LeBenchmark: A Reproducible Framework for Assessing Self-Supervised Representation Learning from Speech</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anonymous speaker clusters: Making distinctions between anonymised speech recordings with clustering interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Chanclu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERSPEECH 2021: Conference of the International Speech Communication Association</w:t>
+              <w:t xml:space="preserve">INTERSPEECH 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03317730v3</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03267084v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speaker Anonymisation Using the McAdams Coefficient</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">The Privacy ZEBRA: Zero Evidence Biometric Recognition Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Nautsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Patino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Gauthier Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2021</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2021-1070⟩</w:t>
+              <w:t xml:space="preserve">Interspeech 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Shanghai, China. pp.1698-1702, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2020-1815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03346206v1</w:t>
+                <w:t xml:space="preserve">hal-03555630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing the VoicePrivacy initiative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ON-TRAC' systems for the IWSLT 2021 low-resource speech translation and multilingual speech translation shared tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Andreas Nautsch</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Mdhaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERSPEECH 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Spoken Language Translation (IWSLT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Bangkok (virtual), Thailand. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2021.iwslt-1.20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562199v3</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03298854v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Error analysis applied to end-to end spoken language understanding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Caubrière</w:t>
+                <w:t xml:space="preserve">Speech Pseudonymisation Assessment Using Voice Similarity Matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Gauthier Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Ghannay</w:t>
+                <w:t xml:space="preserve">Driss Matrouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Laurent</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Nautsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Interspeech 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Shanghai, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465899v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Choices for X-vector Based Speaker Anonymization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
+                <w:t xml:space="preserve">ON-TRAC Consortium for End-to-End and Simultaneous Speech Translation Challenge Tasks at IWSLT 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Elbayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fethi Bougares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Caubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERSPEECH 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 17th International Conference on Spoken Language Translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Seattle, WA, United States. pp.35-43, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2020.iwslt-1.2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02610447v2</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02895893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Self-supervised Pre-training for End-to-end Speech Translation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fethi Bougares</w:t>
+                <w:t xml:space="preserve">Design Choices for X-vector Based Speaker Anonymization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junichi Yamagishi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Shangai (Virtual Conf), China</w:t>
+              <w:t xml:space="preserve">INTERSPEECH 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Speech Communication Association (ISCA), Oct 2020, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962186v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02610447v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dialogue History Integration into End-to-End Signal-to-Concept Spoken Language Understanding Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Error analysis applied to end-to end spoken language understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Caubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghannay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Raymond</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Renato de Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2020 - 2020 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9053247⟩</w:t>
+              <w:t xml:space="preserve">45th International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Barcelona, Spain. pp.8514-8518, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9054455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02551760v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speech Pseudonymisation Assessment Using Voice Similarity Matrices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introducing the VoicePrivacy initiative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul-Gauthier Noé</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Nautsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2020</w:t>
+              <w:t xml:space="preserve">INTERSPEECH 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02925559v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562199v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON-TRAC Consortium for End-to-End and Simultaneous Speech Translation Challenge Tasks at IWSLT 2020</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating Self-supervised Pre-training for End-to-end Speech Translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fethi Bougares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maha Elbayad</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 17th International Conference on Spoken Language Translation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Interspeech 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Shangai (Virtual Conf), China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02895893v1</w:t>
+                <w:t xml:space="preserve">hal-02962186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances in End-to-End Spoken Language Understanding</w:t>
+                <w:t xml:space="preserve">Dialogue History Integration into End-to-End Signal-to-Concept Spoken Language Understanding Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Caubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato de Mori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_4⟩</w:t>
+              <w:t xml:space="preserve">ICASSP 2020 - 2020 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Barcelona, Spain. pp.5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9053247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02353011v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02551760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ON-TRAC Consortium End-to-End Speech Translation Systems for the IWSLT 2019 Shared Task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manh Ha Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcely Zanon Boito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Caubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fethi Bougares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Workshop on Spoken Language Translation 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02352949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curriculum-based transfer learning for an effective end-to-end spoken language understanding and domain portability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Recent Advances in End-to-End Spoken Language Understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Caubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Annual Conference of the International Speech Communication Association (InterSpeech)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/interspeech.2019-1832⟩</w:t>
+              <w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Ljubljana, Slovenia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304597v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02353011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curriculum d'apprentissage : reconnaissance d'entités nommées pour l'extraction de concepts sémantiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Curriculum-based transfer learning for an effective end-to-end spoken language understanding and domain portability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Caubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Camelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th Annual Conference of the International Speech Communication Association (InterSpeech)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Graz, Austria. pp.1198-1202, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/interspeech.2019-1832⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304614v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating Adaptation and Transfer Learning for End-to-End Spoken Language Understanding from Speech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Caubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Graz, Austria. pp.824-828, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2019-2158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02307811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speaker Adaptive Training and Mixup Regularization for Neural Network Acoustic Models in Automatic Speech Recognition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Curriculum d'apprentissage : reconnaissance d'entités nommées pour l'extraction de concepts sémantiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Caubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">26e conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01870865v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Investigation of Mixup Training Strategies for Acoustic Models in ASR</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of Feature-Space Speaker Adaptation for End-to-End Acoustic Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LREC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01876337v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01728526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des techniques d'adaptation au locuteur dans l'espace des paramètres pour des modèles acoustiques purement neuronaux</w:t>
+                <w:t xml:space="preserve">Speaker Adaptive Training and Mixup Regularization for Neural Network Acoustic Models in Automatic Speech Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri Khokhlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIIe Journées d'Etudes sur la Parole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Hyderabad, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2018-2209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01757772v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Feature-Space Speaker Adaptation for End-to-End Acoustic Models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Investigation of Mixup Training Strategies for Acoustic Models in ASR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Medennikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri Khokhlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksei Romanenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Popov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Hyderabad, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2018-2191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01728526v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Accurate OOV Decoder on High-Level Features</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact des techniques d'adaptation au locuteur dans l'espace des paramètres pour des modèles acoustiques purement neuronaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexei Romanenko</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERSPEECH 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XXXIIe Journées d'Etudes sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681375v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01757772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIUM ASR systems for the 2016 Multi-Genre Broadcast Arabic Challenge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast and Accurate OOV Decoder on High-Level Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri Khokhlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yannick Estève</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Medennikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Romanenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Workshop on Spoken Language Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SLT.2016.7846278⟩</w:t>
+              <w:t xml:space="preserve">INTERSPEECH 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Stockholm, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2017-1367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01433188v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring GMM-derived Features for Unsupervised Adaptation of Deep Neural Network Acoustic Models</w:t>
+                <w:t xml:space="preserve">A New Perspective on Combining GMM and DNN Frameworks for Speaker Adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Khokhlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Speech and Computer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">4th International Conference on Statistical Language and Speech Processing - SLSP 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Pilsen, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01433184v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01433182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration de paramètres acoustiques dérivés de GMMs pour l'adaptation non supervisée de modèles acoustiques à base de réseaux de neurones profonds</w:t>
+                <w:t xml:space="preserve">On the Use of Gaussian Mixture Model Framework to Improve Speaker Adaptation of Deep Neural Network Acoustic Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Khokhlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Études sur la Parole (JEP'16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Interspeech 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, San Francisco (CA, USA), Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456899v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01433178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Use of Gaussian Mixture Model Framework to Improve Speaker Adaptation of Deep Neural Network Acoustic Models</w:t>
+                <w:t xml:space="preserve">LIUM ASR systems for the 2016 Multi-Genre Broadcast Arabic Challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Vythelingum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Workshop on Spoken Language Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, San Diego, CA, USA, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SLT.2016.7846278⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01433178v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01433188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Perspective on Combining GMM and DNN Frameworks for Speaker Adaptation</w:t>
+                <w:t xml:space="preserve">Exploring GMM-derived Features for Unsupervised Adaptation of Deep Neural Network Acoustic Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Khokhlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Statistical Language and Speech Processing - SLSP 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Pilsen, Czech Republic</w:t>
+              <w:t xml:space="preserve">18th International Conference on Speech and Computer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01433182v1</w:t>
+                <w:t xml:space="preserve">hal-01433184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration de paramètres acoustiques dérivés de GMMs pour l'adaptation non supervisée de modèles acoustiques à base de réseaux de neurones profonds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri Khokhlov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’Études sur la Parole (JEP'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Target Speaker Anonymization In Multi-Speaker Recordings</w:t>
+                <w:t xml:space="preserve">Privacy Attacks on Voice Anonymization Systems: Overview and Key Findings from the First VoicePrivacy Attacker Challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junichi Yamagishi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05308244v2</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05543730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Third VoicePrivacy Challenge: Preserving Emotional Expressiveness and Linguistic Content in Voice Anonymization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao Xiaoxiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meyer Sarina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panariello Michele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05463048v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The First VoicePrivacy Attacker Challenge Evaluation Plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junichi Yamagishi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The VoicePrivacy 2022 Challenge Evaluation Plan</w:t>
+                <w:t xml:space="preserve">Supplementary material to the paper The VoicePrivacy 2020 Challenge: Results and findings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Nourtel</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-03623516v2</w:t>
+                <w:t xml:space="preserve">hal-03335126v6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supplementary material to the paper The VoicePrivacy 2020 Challenge: Results and findings</w:t>
+                <w:t xml:space="preserve">The VoicePrivacy 2022 Challenge Evaluation Plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Nourtel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335126v6</w:t>
+                <w:t xml:space="preserve">hal-03623516v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Gaussian mixture model framework for speaker adaptation of deep neural network acoustic models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Khokhlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Estève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02551714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (3)</w:t>
+        <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Voice Privacy 2024 Challenge Evaluation Plan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The VoicePrivacy 2026 Challenge Evaluation Plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ridwan Arefeen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarina Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Panariello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Duke Kunshan University, China; Université de Lorraine, CNRS, Inria, LORIA, F-54000 Nancy, France; Singapore Institute of Technology, Singapore; Institute for Natural Language Processing, University of Stuttgart, Germany; Nation Institute of Informatics, Tokyo, Japan; Audio Security and Privacy Group, EURECOM, France. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarina Meyer</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-04531444v1</w:t>
+                <w:t xml:space="preserve">hal-05561895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-lingual Speech to Speech Translation for Under-Resourced Languages</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yannick Estève</w:t>
+                <w:t xml:space="preserve">The Voice Privacy 2024 Challenge Evaluation Plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiao Miao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Rouvier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sarina Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inria; Eurecom; NII. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jarod Duret</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-04176910v1</w:t>
+                <w:t xml:space="preserve">hal-04531444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Multi-lingual Speech to Speech Translation for Under-Resourced Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Tomashenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarod Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Le Mans Université. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04176910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The VoicePrivacy 2020 Challenge Evaluation Plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brij Mohan Lal Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Nautsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] LIA - Laboratoire Informatique d'Avignon; MULTISPEECH - Speech Modeling for Facilitating Oral-Based Communication Inria Nancy - Grand Est, LORIA - NLPKD - Department of Natural Language Processing &amp; Knowledge Discovery; Eurecom [Sophia Antipolis]; University of Edinburgh. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03623450v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6772,114 +6998,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speaker adaptation of deep neural network acoustic models using Gaussian mixture model framework in automatic speech recognition systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Tomashenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neural and Evolutionary Computing [cs.NE]. Le Mans Université; ITMO University, 2017. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017LEMA1040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01797231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId160"/>
+      <w:footerReference w:type="default" r:id="rId163"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7026,51 +7252,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxiao Miao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donny Cheng Lock Soh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2025.101810" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04667625v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Panariello" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2024.3430530" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441389v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Parcollet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon Boito" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2024.101622" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138760v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin O'Brien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-023-15391-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555462v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gauthier No&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Nautsch" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Evans" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Patino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2021.101299" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03197376v3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brij Mohan Lal Srivastava" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maouche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Sahidullah" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vincent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bellet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2022.3190741" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332224v4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2022.101362" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099074v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tommasi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853872v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP49660.2025.10887896" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040330v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichi Yamagishi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP49660.2025.10888513" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04527700v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Williams" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Pizzi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sneha Das" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP48485.2024.10445935" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706944v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Mdhaffar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois A Bonastre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539741v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767742v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Le" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Alisamir" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ringeval" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707064v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03626964v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539742v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346196v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Bonastre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Delgado" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomi Kinnunen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kong Aik Lee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SPSC.2021-11" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407172v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Ha Nguyen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267084v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chanclu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555630v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-1815" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298854v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Barbier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.iwslt-1.20" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317730v3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346206v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Todisco" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-1070" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02562199v3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465899v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Caubri&#232;re" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Ghannay" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Mori" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9054455" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610447v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962186v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551760v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Raymond" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053247" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925559v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Matrouf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895893v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Elbayad" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2020.iwslt-1.2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353011v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352949v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304597v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2019-1832" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304614v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307811v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2019-2158" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870865v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Khokhlov" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-2209" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876337v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Medennikov" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Romanenko" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Popov" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-2191" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757772v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728526v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681375v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Romanenko" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-1367" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433188v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Vythelingum" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rousseau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SLT.2016.7846278" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433184v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456899v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433178v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433182v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308244v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Liu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463048v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Xiaoxiao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Sarina" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panariello Michele" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730990v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623516v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Nourtel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335126v6" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551714v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04531444v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarina Meyer" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176910v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarod Duret" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623450v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01797231v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LEMA1040" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05060842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxiao Miao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Wang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donny Cheng Lock Soh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2025.101810" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441389v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Parcollet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Nguyen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon Boito" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2024.101622" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04667625v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Panariello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champion" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2024.3430530" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138760v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin O'Brien" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-023-15391-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03197376v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brij Mohan Lal Srivastava" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Maouche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Sahidullah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vincent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bellet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2022.3190741" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555462v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Gauthier No&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Nautsch" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Evans" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Patino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2021.101299" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332224v4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2022.101362" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308244v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junichi Yamagishi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Liu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099074v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tommasi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853872v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP49660.2025.10887896" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040330v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP49660.2025.10888513" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04527700v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Williams" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Pizzi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sneha Das" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP48485.2024.10445935" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539741v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Mdhaffar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706944v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois A Bonastre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767742v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Le" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Alisamir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ringeval" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707064v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03626964v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539742v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346206v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Todisco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2021-1070" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317730v3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346196v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Bonastre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Delgado" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomi Kinnunen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kong Aik Lee" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SPSC.2021-11" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407172v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Ha Nguyen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267084v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Chanclu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555630v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2020-1815" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298854v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Barbier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.iwslt-1.20" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925559v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Matrouf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895893v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Elbayad" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Caubri&#232;re" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2020.iwslt-1.2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610447v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465899v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Ghannay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Mori" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9054455" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02562199v3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962186v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551760v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Raymond" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053247" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352949v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353011v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304597v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2019-1832" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307811v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2019-2158" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304614v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728526v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870865v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Khokhlov" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-2209" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876337v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Medennikov" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Romanenko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Popov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-2191" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757772v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681375v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Romanenko" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-1367" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433182v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433178v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433188v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Vythelingum" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rousseau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SLT.2016.7846278" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433184v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456899v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543730v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463048v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Xiaoxiao" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Sarina" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panariello Michele" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730990v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335126v6" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623516v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Nourtel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551714v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561895v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridwan Arefeen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarina Meyer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04531444v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176910v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarod Duret" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623450v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01797231v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LEMA1040" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>