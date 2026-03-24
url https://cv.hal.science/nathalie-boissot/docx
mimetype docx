--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1044,554 +1044,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03971463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Genetic Architecture of Plant Virus Resistance by GWAS, State of the Art and Potential Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Severine Monnot</w:t>
+                <w:t xml:space="preserve">Aphis gossypii/Aphis frangulae collected worldwide: Microsatellite markers data and genetic cluster assignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Mistral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Desaint</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurence Moreau</w:t>
+                <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Schurdi-Levraud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sonia Elbelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Boissot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (11), pp.3080. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36, pp.106967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells10113080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.106967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+              <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424384v1</w:t>
+                <w:t xml:space="preserve">hal-03229073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aphis gossypii/Aphis frangulae collected worldwide: Microsatellite markers data and genetic cluster assignment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Mistral</w:t>
+                <w:t xml:space="preserve">Building a cluster of NLR genes conferring resistance to pests and pathogens: the story of the Vat gene cluster in cucurbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Chovelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
+                <w:t xml:space="preserve">Rafael Feriche-Linares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Elbelt</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Chadoeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Callot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.106967⟩</w:t>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41438-021-00507-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229073v1</w:t>
+                <w:t xml:space="preserve">hal-03216497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building a cluster of NLR genes conferring resistance to pests and pathogens: the story of the Vat gene cluster in cucurbits</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The quasi-universality of nestedness in the structure of quantitative plant-parasite interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Chadoeuf</w:t>
+                <w:t xml:space="preserve">Benoît Moury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Callot</w:t>
+                <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Baudracco-Arnas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Ben Krima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horticulture research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41438-021-00507-0⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1, pp.e44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216497v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03461843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The quasi-universality of nestedness in the structure of quantitative plant-parasite interactions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Baudracco-Arnas</w:t>
+                <w:t xml:space="preserve">Deciphering the Genetic Architecture of Plant Virus Resistance by GWAS, State of the Art and Potential Advances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Monnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safa Ben Krima</w:t>
+                <w:t xml:space="preserve">Henri Desaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Mary-Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bertrand</w:t>
+                <w:t xml:space="preserve">Valerie Schurdi-Levraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1, pp.e44. </w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (11), pp.3080. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.51⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cells10113080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03461843v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résistance et agroécologie, des fleurs pour ‘Margot’ le melon</w:t>
               </w:r>
@@ -1819,51 +1819,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Schoeny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7, pp.1420. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2009,51 +2009,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insight into the durability of plant resistance to aphids from a demo-genetic study of &amp;lt;em&amp;gt;Aphis gossypii&amp;lt;/em&amp;gt; in melon crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Mistral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2520,51 +2520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (47), 16 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2888,51 +2888,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Mistral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Chareyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 15, pp.45-54. </w:t>
@@ -5738,103 +5738,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Many different recipes but one flavor: A universal nested structure of quantitative interactions between plant genotypes and their parasites, including viruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Baudracco-Arnas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Ben Krima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Rencontres de virologie végétale (RVV 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE; CIRAD, Sep 2021, Aussois, France</w:t>
@@ -5863,103 +5863,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une structure emboîtée universelle pour les interactions quantitatives entre les plantes et leurs parasites ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Baudracco-Arnas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Ben Krima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle du réseau E3GP3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Visioconférence, France</w:t>
@@ -6195,51 +6195,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barcoding pour étudier les forces sélection/dérive génétique dans des populations de puceron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Feriche-Linares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6454,51 +6454,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Desbiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Rencontres du GIS PICLég</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupement d'Intérêt Scientifique pour la Production Intégrée en Cultures légumières (Gis Piclèg). FRA., Nov 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7294,247 +7294,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of genetic resistance combinations in melon on density and genetic diversity of Aphis gossypii populations in fields</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
+                <w:t xml:space="preserve">Which strategies to search for avirulence factor in resistance plant/aphid interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Dutartre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Symposium on Aphids (9ISA 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Beijing, China</w:t>
+              <w:t xml:space="preserve">6. Effectome meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Lauret, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749110v1</w:t>
+                <w:t xml:space="preserve">hal-02804159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which strategies to search for avirulence factor in resistance plant/aphid interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leslie Dutartre</w:t>
+                <w:t xml:space="preserve">Effects of genetic resistance combinations in melon on density and genetic diversity of Aphis gossypii populations in fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Effectome meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Lauret, France</w:t>
+              <w:t xml:space="preserve">9. International Symposium on Aphids (9ISA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804159v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of resistance combinations in melon on Aphis gossypii field populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Chareyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7894,221 +7894,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche populationnelle de la durabilité de la résistance au puceron Aphis gossypii chez le melon : Projet Aptipuce</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic diversity of the melon aphid &amp;lt;em&amp;gt;Aphis gossypii&amp;lt;/em&amp;gt; Glover in different melon growing areas of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Mistral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Chareyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées du réseau Biologie et Adaptation des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Jun 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">8. International Symposium on Aphids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Catania, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02817842v1</w:t>
+                <w:t xml:space="preserve">hal-02752596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity of the melon aphid &amp;lt;em&amp;gt;Aphis gossypii&amp;lt;/em&amp;gt; Glover in different melon growing areas of France</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approche populationnelle de la durabilité de la résistance au puceron Aphis gossypii chez le melon : Projet Aptipuce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Symposium on Aphids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Catania, Italy</w:t>
+              <w:t xml:space="preserve">2. Journées du réseau Biologie et Adaptation des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Biologie Adaptative des Pucerons et des Organismes Associés (BAPOA). FRA., Jun 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752596v1</w:t>
+                <w:t xml:space="preserve">hal-02817842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new view on aphid resistance in melon: the role of Aphis gossypii variability</w:t>
               </w:r>
@@ -9718,51 +9718,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid de novo genome assembly using Oxford Nanopore Technology, 10X Genomics Linked-Reads sequencing, and Bionano optical map of a non-model species: the case of the melon-cotton aphid Aphis gossypii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lagnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Feriche-Linares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10434,51 +10434,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34. Réunion annuelle du Groupe d’Etude de Biologie et Génétique des Populations (Petit Pois Déridé 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Avignon, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11551,103 +11551,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The quasi-universality of nestedness in the structure of quantitative plant-parasite interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Moury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Baudracco-Arnas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safa Ben Krima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -11718,64 +11718,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet ANR VirAphid. Comment utiliser les résistances des plantes pour gérer durablement l'évolution des virus et des pucerons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Moury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Vanlerberghe-Masutti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] Institut National de la Recherche Agronomique (INRA). 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -12137,51 +12137,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CCDA1AA9"/>
+    <w:nsid w:val="F94356FD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12368,51 +12368,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193547v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Belinchon-Moreno" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Berard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Canaguier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le-Clainche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener-Ruff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkaf098" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05291677v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g de Walsche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gauthier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boissot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charcosset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaf118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038538v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Monnot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ravineau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coindre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mistral" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leyre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315083v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chovelon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Giovinazzo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad256" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972031v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2023.101008" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101668v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sadon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lugan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04248-1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03971463v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Monnot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Cantet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Lowdon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhac184" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424384v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Desaint" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Schurdi-Levraud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10113080" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03229073v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Vanlerberghe-Masutti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Elbelt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.106967" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216497v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Feriche-Linares" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chadoeuf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Callot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-021-00507-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03461843v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudracco-Arnas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.51" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624300v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schoeny" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535203v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Desbiez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Millot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wipf-Scheibel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nozeran" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2017.05.024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512038v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01420" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606440v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bargain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633315v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thomas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loiseau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12382" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Chovelon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lecoq" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0708-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638897v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chareyron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/q3gf-7g30" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638166v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lambion" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/rtc4-gs06" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650759v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-12-47" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650233v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dogimont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11829-011-9155-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652237v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora D&#237;az" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fergany" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gelsomina Formisano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peio Ziarsolo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Blanca" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-111" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643696v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/59je-e042" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927472v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marchal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pavis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-010-1287-8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J55RS7W7-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654712v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid A. Bendahmane" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662676v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Barral" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665225v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cica Urbino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dintinger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1744-7348.2007.00213.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JNT8NLN6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657986v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marquier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C.B. Chancellor" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-9563.2007.00356.x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03D35BCA934EB1ABB98EE34BF411A776D9F7B017/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674596v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafortune" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beramis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Daub&#232;ze" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675954v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chiroleu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hamon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reynaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-95-0600" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681741v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mauriello" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673565v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Huc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Delvare" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672201v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678841v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Guillaume" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697103v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bordat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pitrat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1003436428847" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3G53PK6V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693236v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Huc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousseau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697980v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Letourmy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714659v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guiderdoni" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Courtois" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chair" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Avenant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847692v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Valdez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00232270" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-0GPG9SQ1-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788869v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gallois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810163v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Sauge-Collet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Saguez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Giordanengo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3046-interactions-insectes-plantes.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851252v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courtois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-83986-3_37" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02789266v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292851v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chadoeuf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662437v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Cantet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03553180v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03553078v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973344v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973261v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734670v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973500v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787574v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789645v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403403v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293535v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48535-4_12" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604758v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739307v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744024v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800381v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740142v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795129v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749110v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804159v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Dutartre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749700v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807786v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thomas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744706v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gognalons" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814476v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817842v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752596v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753751v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758122v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tual" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755966v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grand" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756913v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ayme" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Janzac" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756489v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827223v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758954v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759518v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771308v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2000.510.49" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766822v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765172v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Caruana" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127001v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Boubacar-Abdou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657121v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lugan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chevallier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009338v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605708v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739588v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801072v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Dutartre-Fricaux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Beucher" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749408v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749673v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805852v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756577v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://w3.avignon.inra.fr/dspace/handle/2174/251" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754072v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833867v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Agrapart" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761180v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maure Rousseau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lange" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828837v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delatte" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Grondin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02995948v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.462267742270331E12" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363423v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670606v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169796v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800413v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808145v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815516v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850249v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vercambre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchoux" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahsay Gebre Selassie" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193547v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Belinchon-Moreno" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Berard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Canaguier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le-Clainche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener-Ruff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkaf098" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05291677v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#239;g de Walsche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gauthier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boissot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Charcosset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaf118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038538v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Monnot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ravineau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coindre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mistral" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leyre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315083v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chovelon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Giovinazzo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad256" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972031v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2023.101008" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101668v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sadon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lugan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04248-1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03971463v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Monnot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Cantet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Lowdon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhac184" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03229073v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Vanlerberghe-Masutti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Elbelt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.106967" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216497v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Feriche-Linares" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chadoeuf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Callot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41438-021-00507-0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03461843v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudracco-Arnas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Ben Krima" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.51" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424384v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Desaint" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Schurdi-Levraud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10113080" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624300v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schoeny" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535203v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Desbiez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Millot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wipf-Scheibel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Nozeran" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virusres.2017.05.024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512038v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01420" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606440v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bargain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633315v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thomas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loiseau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12382" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Chovelon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lecoq" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0708-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638897v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chareyron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/q3gf-7g30" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638166v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lambion" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/rtc4-gs06" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650759v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-12-47" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650233v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dogimont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11829-011-9155-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652237v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora D&#237;az" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fergany" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gelsomina Formisano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peio Ziarsolo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Blanca" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-111" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643696v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/59je-e042" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927472v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sauvion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marchal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Pavis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-010-1287-8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J55RS7W7-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654712v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid A. Bendahmane" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662676v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Barral" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665225v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cica Urbino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dintinger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1744-7348.2007.00213.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JNT8NLN6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657986v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marquier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C.B. Chancellor" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-9563.2007.00356.x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03D35BCA934EB1ABB98EE34BF411A776D9F7B017/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674596v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lafortune" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beramis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Daub&#232;ze" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675954v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chiroleu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hamon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reynaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-95-0600" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681741v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mauriello" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673565v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Huc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Delvare" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672201v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678841v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Guillaume" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697103v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bordat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pitrat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1003436428847" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3G53PK6V-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693236v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Huc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rousseau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697980v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Letourmy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714659v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guiderdoni" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Courtois" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chair" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Avenant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847692v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Valdez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00232270" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-0GPG9SQ1-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788869v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gallois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810163v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Sauge-Collet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Saguez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Giordanengo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3046-interactions-insectes-plantes.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851252v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courtois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-83986-3_37" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02789266v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292851v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chadoeuf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662437v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Cantet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03553180v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03553078v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973344v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973261v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734670v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03973500v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787574v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789645v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403403v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293535v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-48535-4_12" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604758v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739307v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rittener" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744024v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800381v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740142v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795129v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804159v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Dutartre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749110v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749700v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807786v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thomas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744706v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gognalons" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814476v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752596v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817842v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753751v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758122v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tual" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755966v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grand" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756913v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ayme" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Janzac" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756489v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827223v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758954v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759518v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771308v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2000.510.49" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766822v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765172v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Caruana" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127001v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Boubacar-Abdou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657121v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lugan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chevallier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009338v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605708v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739588v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801072v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Dutartre-Fricaux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Beucher" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749408v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749673v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805852v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756577v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://w3.avignon.inra.fr/dspace/handle/2174/251" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754072v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833867v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Agrapart" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761180v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maure Rousseau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lange" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828837v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delatte" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Grondin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02995948v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.462267742270331E12" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363423v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670606v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169796v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800413v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808145v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815516v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850249v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vercambre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Marchoux" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahsay Gebre Selassie" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>