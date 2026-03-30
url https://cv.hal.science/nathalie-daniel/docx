--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -520,1942 +520,1942 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05014644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of innovative fermented products by exploiting the diversity of immunomodulatory properties and fermentative activity of lactic and propionic acid bacteria</w:t>
+                <w:t xml:space="preserve">Alteration of the embryonic microenvironment and sex-specific responses of the preimplantation embryo related to a maternal high-fat diet in the rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassima Illikoud</w:t>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fillipe Luiz Rosa Do Carmo</w:t>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 166, pp.112557. </w:t>
+              <w:t xml:space="preserve">Journal of Developmental Origins of Health and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (5), pp.602-613. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.112557⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S2040174423000260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04007456v1</w:t>
+                <w:t xml:space="preserve">hal-04249255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of process and composition of formulas for elderly on in vitro digestion using the dynamic DIDGI® model</w:t>
+                <w:t xml:space="preserve">Development of innovative fermented products by exploiting the diversity of immunomodulatory properties and fermentative activity of lactic and propionic acid bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Nebbia</w:t>
+                <w:t xml:space="preserve">Nassima Illikoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Ménard</w:t>
+                <w:t xml:space="preserve">Fillipe Luiz Rosa Do Carmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Françoise Cochet</w:t>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwénaële Henry</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 167, pp.112716. </w:t>
+              <w:t xml:space="preserve">, 2023, 166, pp.112557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.112716⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.112557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04049056v1</w:t>
+                <w:t xml:space="preserve">hal-04007456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of innate immune memory by non-immune cells during Staphylococcus aureus infection depends on reactive oxygen species</w:t>
+                <w:t xml:space="preserve">Impact of process and composition of formulas for elderly on in vitro digestion using the dynamic DIDGI® model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Chaumond</w:t>
+                <w:t xml:space="preserve">Stefano Nebbia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Peron</w:t>
+                <w:t xml:space="preserve">Olivia Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaële Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David L Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 167, pp.112716. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1138539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.112716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04111416v1</w:t>
+                <w:t xml:space="preserve">hal-04049056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive probiogenomics analysis of the commensal Escherichia coli CEC15 as a potential probiotic strain</w:t>
+                <w:t xml:space="preserve">Development of innate immune memory by non-immune cells during Staphylococcus aureus infection depends on reactive oxygen species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tales Fernando da Silva</w:t>
+                <w:t xml:space="preserve">Emmanuel Chaumond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael de Assis Glória</w:t>
+                <w:t xml:space="preserve">Sandrine Peron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiago Jesus de Sousa</w:t>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Ferrary Americo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andria Dos</w:t>
+                <w:t xml:space="preserve">David L Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12866-023-03112-4⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1138539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04308495v1</w:t>
+                <w:t xml:space="preserve">hal-04111416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of the embryonic microenvironment and sex-specific responses of the preimplantation embryo related to a maternal high-fat diet in the rabbit model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comprehensive probiogenomics analysis of the commensal Escherichia coli CEC15 as a potential probiotic strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tales Fernando da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Calderari</w:t>
+                <w:t xml:space="preserve">Rafael de Assis Glória</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Archilla</w:t>
+                <w:t xml:space="preserve">Thiago Jesus de Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Monique Ferrary Americo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+                <w:t xml:space="preserve">Andria Dos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Developmental Origins of Health and Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (5), pp.602-613. </w:t>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (364), </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S2040174423000260⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12866-023-03112-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249255v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04308495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal age affects equine day 8 embryo gene expression both in trophoblast and inner cell mass</w:t>
+                <w:t xml:space="preserve">Fetal estrogens are not involved in sex determination but critical for early ovarian differentiation in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Derisoud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Jouneau</w:t>
+                <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Dubois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Archilla</w:t>
+                <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
+                <w:t xml:space="preserve">Erwana Harscoët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Airaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Dewaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-022-08593-7⟩</w:t>
+              <w:t xml:space="preserve">Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 163 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/endocr/bqab210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695686v2</w:t>
+                <w:t xml:space="preserve">hal-03370216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Major transcriptomic, epigenetic and metabolic changes underlie the pluripotency continuum in rabbit preimplantation embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilhelm Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Aksoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 149 (17), pp.dev200538. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/dev.200538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03800529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equine blastocyst size affects gene expression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Maternal age affects equine day 8 embryo gene expression both in trophoblast and inner cell mass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Derisoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C Dubois</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jevs.2022.103982⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-022-08593-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03703215v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695686v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Inner Cell Mass and the Trophectoderm Responses after an In Vitro Exposure to Glucose and Insulin during the Preimplantation Period in the Rabbit Embryo</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Equine blastocyst size affects gene expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Margat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Gourtay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells11233766⟩</w:t>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 113 (27), pp.103982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jevs.2022.103982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03871680v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of sex on gene expression in equine blastocysts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Identification of the Inner Cell Mass and the Trophectoderm Responses after an In Vitro Exposure to Glucose and Insulin during the Preimplantation Period in the Rabbit Embryo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Via y Rada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C Gourtay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jevs.2022.103980⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (23), pp. 3766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells11233766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03703063v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fetal estrogens are not involved in sex determination but critical for early ovarian differentiation in rabbits</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of sex on gene expression in equine blastocysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Dewaele</w:t>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Margat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Gourtay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 163 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 113 (25), pp.103980. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1210/endocr/bqab210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jevs.2022.103980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370216v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of Windows of Exposure to Maternal High-Fat Diet and Feto-Placental Effects: Discrimination Between Pre-conception and Gestational Periods in a Rabbit Model</w:t>
+                <w:t xml:space="preserve">PGE2 Supplementation of oocyte culture media improves the developmental and cryotolerance performance of bovine blastocysts derived from a serum-free in vitro production system, mirroring the inner cell mass transcriptome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+                <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Brigitte Marquant-Le Guienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendoline Morin</w:t>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier O. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2021.784268⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.672948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03463352v1</w:t>
+                <w:t xml:space="preserve">hal-03251478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic differences in blastocoel and uterine fluids collected in vivo by ultrasound biomicroscopy on rabbit embryos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Calderari</w:t>
+                <w:t xml:space="preserve">Importance of Windows of Exposure to Maternal High-Fat Diet and Feto-Placental Effects: Discrimination Between Pre-conception and Gestational Periods in a Rabbit Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biolre/ioab005⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2021.784268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03137309v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03463352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PGE2 Supplementation of oocyte culture media improves the developmental and cryotolerance performance of bovine blastocysts derived from a serum-free in vitro production system, mirroring the inner cell mass transcriptome</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Metabolomic differences in blastocoel and uterine fluids collected in vivo by ultrasound biomicroscopy on rabbit embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier O. Dubois</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, </w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.672948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biolre/ioab005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03251478v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03137309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">105 Sexual dimorphism in equine D8 blastocysts (abstract)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Derisoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2692,77 +2692,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guenhaël Sanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1863 (10), pp.1608-1618. </w:t>
@@ -2800,51 +2800,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A short periconceptional exposure to maternal type-1 diabetes is sufficient to disrupt the feto-placental phenotype in a rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2947,51 +2947,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progressive methylation of POU5F1 regulatory regions during blastocyst development.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Blachère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3466,51 +3466,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting transcriptome landscapes of rabbit pluripotent stem cells [i]in vitro[/i] and [i]in vivo[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Osteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3593,567 +3593,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of DNA demethylation dynamics by in vitro culture conditions in rabbit pre-implantation embryos</w:t>
+                <w:t xml:space="preserve">Generation of rabbit pluripotent stem cell lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Rodrigues Reis E Silva Reis E Silva</w:t>
+                <w:t xml:space="preserve">Z. Z. Tancos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline C. Bruno</w:t>
+                <w:t xml:space="preserve">C. C. Nemes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud R. Fleurot</w:t>
+                <w:t xml:space="preserve">Z. Z. Polgar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. E. Gocza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/epi.19563⟩</w:t>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (8), pp.1774-1786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2012.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000918v1</w:t>
+                <w:t xml:space="preserve">hal-01000951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of rabbit pluripotent stem cell lines</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alteration of DNA demethylation dynamics by in vitro culture conditions in rabbit pre-implantation embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. C. Nemes</w:t>
+                <w:t xml:space="preserve">Adriana Rodrigues Reis E Silva Reis E Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Z. Polgar</w:t>
+                <w:t xml:space="preserve">Céline C. Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. E. Gocza</w:t>
+                <w:t xml:space="preserve">Renaud R. Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theriogenology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 78 (8), pp.1774-1786. </w:t>
+              <w:t xml:space="preserve">Epigenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (5), pp.440-446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2012.06.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4161/epi.19563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01000951v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eutherian mammals use diverse strategies to initiate X-chromosome inactivation during development</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patricia Fauque</w:t>
+                <w:t xml:space="preserve">Dynamics of DNA methylation levels in maternal and paternal rabbit genomes after fertilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Rodrigues Reis E Silva Reis E Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature09872⟩</w:t>
+              <w:t xml:space="preserve">Epigenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (8), pp.987-993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/epi.6.8.16073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019321v1</w:t>
+                <w:t xml:space="preserve">hal-01000297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of DNA methylation levels in maternal and paternal rabbit genomes after fertilization</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+                <w:t xml:space="preserve">Eutherian mammals use diverse strategies to initiate X-chromosome inactivation during development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikuhiro Okamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Patrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Fauque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6 (8), pp.987-993. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 472 (7343), pp.370-374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4161/epi.6.8.16073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature09872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000297v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryopreservation of rabbit embryos</w:t>
               </w:r>
@@ -4852,356 +4852,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial fertilization in rabbits by intracytoplasmic sperm injection (ICSI)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The rabbit (Oryctolagus cuniculus): A model for mammalian reproduction and early embryology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Püschel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Bitzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cold Spring Harbor Protocols: Emerging model organisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/pdb.prot5359⟩</w:t>
+              <w:t xml:space="preserve">Emerging Model Organisms. A laboratory manual</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cold Spring Harbor Laboratory Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Cold Spring Harbor Protocols, 978-0-879699-45-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/pdb.emo139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02822718v1</w:t>
+                <w:t xml:space="preserve">hal-02824865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embryo transfer in rabbits</w:t>
+                <w:t xml:space="preserve">Artificial fertilization in rabbits by intracytoplasmic sperm injection (ICSI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cold Spring Harbor Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/pdb.prot5357⟩</w:t>
+              <w:t xml:space="preserve">Cold Spring Harbor Protocols: Emerging model organisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2 (1), Cold Spring Harbor, 2010, Cold Spring Harbor Protocols, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/pdb.prot5359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02821886v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02822718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rabbit (Oryctolagus cuniculus): A model for mammalian reproduction and early embryology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Embryo transfer in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Model Organisms. A laboratory manual</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cold Spring Harbor Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2 (1), Cold Spring Harbor, 2010, Cold Spring Harbor Protocols, 1940-3402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/pdb.prot5357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold Spring Harbor Laboratory Press</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-02824865v1</w:t>
+                <w:t xml:space="preserve">hal-02821886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloning in the rabbit: present situation and prospects</w:t>
               </w:r>
@@ -5304,1460 +5304,1460 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (55)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (54)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular vesicles derived from the probiotic Propionibacterium freudenreichii interact with human intestinal epithelial cells and modulate the inflammatory response</w:t>
+                <w:t xml:space="preserve">Immunomodulatory effects of Extracellular Vesicles derived by probiotic Propionibacterium freudenreichii and their mechanism of interaction with the host cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Guimarães Laguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinícius de Rezende Rodovalho</w:t>
+                <w:t xml:space="preserve">Yves Le Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Le Loir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+                <w:t xml:space="preserve">Vasco Ariston de Carvalho Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Scientific Conference on Probiotics, Prebiotics, Gut Microbiota and Health - IPC2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">24e édition du Congrès du Club des Bactéries Lactiques (CBL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Société Française de Microbiologie (SFM), Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04624496v1</w:t>
+                <w:t xml:space="preserve">hal-04624262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The double life of Staphylococcus aureus extracellular vesicles inside and outside the host cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ligia Prado</w:t>
+                <w:t xml:space="preserve">Extracellular vesicles derived from the probiotic Propionibacterium freudenreichii downregulate pro-inflammatory cytokines by Toll-like receptor 4 and NFkB pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Guimarães Laguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Svetlana Chabelskaia</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasco Ariston de Carvalho Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th FSEV meeting FSEV24</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française des Vésicules Extracellulaires (FSEV), Nov 2024, STRASBOURG, France</w:t>
+              <w:t xml:space="preserve">19e congrès national de la SFM « Bienvenue chez les Microbes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Microbiologie, Oct 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05418841v1</w:t>
+                <w:t xml:space="preserve">hal-04732027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of innovative fermented beverages and “yogurt”-type gels with immunomodulatory properties from almond and/or chickpea milk analogues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Silande</w:t>
+                <w:t xml:space="preserve">Extracellular vesicles derived from the probiotic Propionibacterium freudenreichii interact with human intestinal epithelial cells and modulate the inflammatory response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Guimarães Laguna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Severine Chevalier</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinícius de Rezende Rodovalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 28th International ICFMH Conference FOOD MICRO 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Burgos, Spain</w:t>
+              <w:t xml:space="preserve">17th International Scientific Conference on Probiotics, Prebiotics, Gut Microbiota and Health - IPC2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04648148v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular vesicles derived from the probiotic Propionibacterium freudenreichii downregulate pro-inflammatory cytokines by Toll-like receptor 4 and NFkB pathway</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juliana Guimarães Laguna</w:t>
+                <w:t xml:space="preserve">Development of innovative fermented beverages and “yogurt”-type gels with immunomodulatory properties from almond and/or chickpea milk analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Silande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vasco Ariston de Carvalho Azevedo</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Hickisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e congrès national de la SFM « Bienvenue chez les Microbes »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Microbiologie, Oct 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">the 28th International ICFMH Conference FOOD MICRO 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Burgos, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732027v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04648148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunomodulatory effects of Extracellular Vesicles derived by probiotic Propionibacterium freudenreichii and their mechanism of interaction with the host cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juliana Guimarães Laguna</w:t>
+                <w:t xml:space="preserve">Extracellular vesicles from Staphylococcus aureus follow different pathways to manipulate host cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Papail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasco Ariston de Carvalho Azevedo</w:t>
+                <w:t xml:space="preserve">Daniele Vassaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e édition du Congrès du Club des Bactéries Lactiques (CBL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Société Française de Microbiologie (SFM), Jun 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">18e congrès national de la SFM « Un monde à explorer »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM), Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04624262v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234337v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human milk bacteria individually or as a synthetic community exhibited contrasted immunomodulatory profiles and impact on the gut epithelial barrier</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
+                <w:t xml:space="preserve">New Insights into Host-Pathogen Interactions of Staphylococcus aureus: Involvement of Extracellular Vesicles to Manipulate Host Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Papail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Victoria Chuat</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brenda Silva Rosa da Luz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 10th Beneficial Microbes Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Beneficial Microbes Consultancy and University of Maastricht, the Netherlands, Dec 2023, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">Staphosium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le groupe de travail « staphylococci » organise son premier colloque. L’ objectif est de stimuler le réseau pour l’ensemble des acteurs travaillant sur les staphylocoques afin de faciliter les échanges et les collaborations., Nov 2023, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04317337v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04299256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction mechanisms with host of EVs derived from the opportunistic pathogen Staphylococcus aureus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ligia Prado</w:t>
+                <w:t xml:space="preserve">Human milk bacteria individually or as a synthetic community exhibited contrasted immunomodulatory profiles and impact on the gut epithelial barrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée GO-EVs sur les vésicules extracellulaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Oct 2023, NANTES, France</w:t>
+              <w:t xml:space="preserve">The 10th Beneficial Microbes Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Beneficial Microbes Consultancy and University of Maastricht, the Netherlands, Dec 2023, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04257450v2</w:t>
+                <w:t xml:space="preserve">hal-04317337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les bactéries du lait maternel humain, individuellement ou assemblées en communautés synthétiques, ont un impact sur les fonctions immunitaire et barrière intestinales, in vitro.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
+                <w:t xml:space="preserve">Interaction mechanisms with host of EVs derived from the opportunistic pathogen Staphylococcus aureus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Papail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Victoria Chuat</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Vassaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e congrès national de la SFM « Un monde à explorer »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM), Oct 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journée GO-EVs sur les vésicules extracellulaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Oct 2023, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04236644v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257450v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of trained immunity and activation of inflammasomes are promising strategies to combat Staphylococcus aureus infection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Péron</w:t>
+                <w:t xml:space="preserve">Les bactéries du lait maternel humain, individuellement ou assemblées en communautés synthétiques, ont un impact sur les fonctions immunitaire et barrière intestinales, in vitro.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e congrès national de la SFM « Un monde à explorer »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie (SFM), Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234405v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular vesicles from Staphylococcus aureus follow different pathways to manipulate host cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ligia Prado</w:t>
+                <w:t xml:space="preserve">Development of trained immunity and activation of inflammasomes are promising strategies to combat Staphylococcus aureus infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chaumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elma Lima Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e congrès national de la SFM « Un monde à explorer »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie (SFM), Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234337v2</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights into Host-Pathogen Interactions of Staphylococcus aureus: Involvement of Extracellular Vesicles to Manipulate Host Cells</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Effect of sex on gene expression in equine blastocysts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brenda Silva Rosa da Luz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+                <w:t xml:space="preserve">Clothilde Gourtay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Staphosium 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Le groupe de travail « staphylococci » organise son premier colloque. L’ objectif est de stimuler le réseau pour l’ensemble des acteurs travaillant sur les staphylocoques afin de faciliter les échanges et les collaborations., Nov 2023, LYON, France</w:t>
+              <w:t xml:space="preserve">10th International Symposium on Equine Embryo Transfer and technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Pisa, Jun 2022, Pise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299256v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentiel immunomodulateur des bactéries du lait maternel humain sur différents modèles cellulaires</w:t>
+                <w:t xml:space="preserve">Immunomodulatory impact of bacteria isolated from human breast milk. In vitro analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
@@ -6792,97 +6792,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Les JFN sont organisées par la SFN (Société Française de Nutrition) et la SFNCM (Société Francophone Nutrition Clinique et Métabolisme) qui élaborent le programme scientifique. Sociétés savantes et associations professionnelles (diététiciens, physiologistes, spécialistes de l’obésité,…) participent aussi ponctuellement à l’élaboration du programme., Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">8èmes Rencontres NAM2S Nutrition – Alimentation – Métabolisme – Sport – Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Biotech Santé Bretagne, Nov 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868956v1</w:t>
+                <w:t xml:space="preserve">hal-03881887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunomodulatory impact of bacteria isolated from human breast milk. In vitro analysis</w:t>
+                <w:t xml:space="preserve">Potentiel immunomodulateur des bactéries du lait maternel humain sur différents modèles cellulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
@@ -6917,155 +6917,155 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Rencontres NAM2S Nutrition – Alimentation – Métabolisme – Sport – Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Biotech Santé Bretagne, Nov 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">Les Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les JFN sont organisées par la SFN (Société Française de Nutrition) et la SFNCM (Société Francophone Nutrition Clinique et Métabolisme) qui élaborent le programme scientifique. Sociétés savantes et associations professionnelles (diététiciens, physiologistes, spécialistes de l’obésité,…) participent aussi ponctuellement à l’élaboration du programme., Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03881887v1</w:t>
+                <w:t xml:space="preserve">hal-03868956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early mammalian embryo response to environmental changes: should we take the sex into account?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gatien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From gametes to embryo: basic research and clinical application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITMO Cell Biology, Nov 2022, Paris, France</w:t>
@@ -7088,1351 +7088,1351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04330599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of sex on gene expression in equine blastocysts.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Effets d’un régime maternel hypergras sur le transcriptome ovocytaire et embryonnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Clothilde Gourtay</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Symposium on Equine Embryo Transfer and technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Pisa, Jun 2022, Pise, Italy</w:t>
+              <w:t xml:space="preserve">Société Francophone du Diabète</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03716812v1</w:t>
+                <w:t xml:space="preserve">hal-03808248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’un régime maternel hypergras sur le transcriptome ovocytaire et embryonnaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Impact d’un environnement diabétique sur le développement embryonnaire précoce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Via y Rada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Francophone du Diabète</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">, Mar 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808248v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03808066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programmation périconceptionnelle par la production in vitro de l'embryon: étude de l'altération de l'expression sexe-dimorphique des gènes dans l'embryon bovin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denoës Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème congrès de la SF-DOHaD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SF-DOHaD, Nov 2021, Jouy en Josas, Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04330661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">142 Nulliparity alters gene expression in inner cell mass and trophoblast of equine blastocysts in old mares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Derisoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Jaszczyszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47TH ANNUAL CONFERENCE OF THE IETS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, online, United States. pp.179, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1071/RDv33n2Ab142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03153864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic programming of the rabbit preimplantation embryo in a diabetic context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romina Via y Rada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Domestic Animal DOHaD and Epigenetics meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Quebec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03808207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d’un environnement (pré)-diabétique sur le développement embryonnaire précoce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Calderari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF-DOHAD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Jouy-en-Josas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03808220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact d’un environnement diabétique sur le développement embryonnaire précoce</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Mares’ age affects embryo ICM and trophoblast RNA-seq transcriptome at about D8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Francophone du Diabète</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on Equine Embryo Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Pisa, Italy. pp.103031, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jevs.2020.103031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808066v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mares’ age affects embryo ICM and trophoblast RNA-seq transcriptome at about D8</w:t>
+                <w:t xml:space="preserve">The rabbit as experimental model for studying the functions of genes using the new genome editing technologies: the example of AROMATASE-/- Rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Derisoud</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">N. Daniel</w:t>
+                <w:t xml:space="preserve">Geneviève Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwana Harscoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Equine Embryo Transfer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Large Animal Genetic Engineering Summit (LAGE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Utah State University (USU). USA., Jun 2018, Park City Utah, United States. pp.56</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029288v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des voies fonctionnelles altérées par un régime maternal hypergras dans l’embryon pré-implantatoire de lapin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Calderari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique du Département PHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de la fenêtre de vulnérabilité à une surnutrition lipidique maternelle pour le développement foeto-placentaire: période pré-conceptionnelle et/ou période gestationnelle?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Sylvie Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Congrès de la SF-Dohad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone-DOHaD. FRA., Nov 2018, Grenoble, France. pp.120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estrogens are key differentiating hormones in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwana Harscoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8451,389 +8451,389 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Symposium on Vertebrate Sex Determination</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Kona, Hawaï, United States. pp.146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des échanges transplacentaires par perfusion placentaire ex-vivo ou par des modèles cellulaires in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guenhaël Sanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique du Département PHASE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rabbit as experimental model for studying the functions of genes using the new genome editing technologies: the example of AROMATASE-/- Rabbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Large Animal Genetic Engineering Summit (LAGE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Utah State University (USU). USA., Jun 2018, Park City Utah, United States. pp.56</w:t>
+              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Organisation on Animal Reproduction. FRA., Jun 2016, Tours, France. 676 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738299v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone pour la Recherche et l'Education sur les Origines Développementales, Environnementales et Epigénétiques de la Santé et des Maladies (SF-DOHAD). FRA., Dec 2016, Paris, France. 84 p</w:t>
@@ -8848,242 +8848,251 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+                <w:t xml:space="preserve">A short periconceptional maternal hyperglycemia is sufficient to disrupt the feto-placental phenotype in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Thieme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Brat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18. International Congress on Animal Reproduction (ICAR)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">41. Annual Conference of IETS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2015, Versailles, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv27n1Ab119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740895v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal exposure to diesel engine exhaust during pregnancy affects early embryo development in a rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Valentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. Annual Conference of IETS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2015, Versailles, France. </w:t>
@@ -9134,51 +9143,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of assisted reproductive technologies on early embryo epigenome: in vitro culture affects embryonic genome demethylation and hydroxymethylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda L. Maulny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9365,191 +9374,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short periconceptional maternal hyperglycemia is sufficient to disrupt the feto-placental phenotype in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;FOXL2&amp;lt;/em&amp;gt; is a female sex-determining gene in the goat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gall Pouget Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva M. El Zaiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41. Annual Conference of IETS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741096v1</w:t>
+                <w:t xml:space="preserve">hal-02741098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A short periconceptional maternal hyperglycemia is sufficient to disrupt the feto-placental phenotype in a rabbit model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9557,551 +9557,521 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Thieme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Brat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Colloque de la SF-DOHaD, Origine Développementale de la santé et des maladies et épigénétique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone pour la Recherche et l'Education sur les Origines Développementales, Environnementales et Epigénétiques de la Santé et des Maladies (SF-DOHAD). FRA., Nov 2014, Nantes, France. 57 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;FOXL2&amp;lt;/em&amp;gt; is a female sex-determining gene in the goat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ZFN, TALEN, CRISPR/Cas9. The new tool of functionnal genomic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Monnoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Opening Conference "COST Action BM1308. Sharing Advances on Large Animal Models"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Dec 2014, Munich, Germany</w:t>
+              <w:t xml:space="preserve">36. ECFS Basic Science Conference "New Fontiers in Basic Science of Cystic Fibrosis"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cystic Fibrosis Society. DNK., Mar 2013, Malaga, Spain. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741098v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02807651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA methylation and hydroxymethylation in rabbit embryos: effect of in vitro culture</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional analysis of rabbit pluripotent cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France. 1 p</w:t>
+              <w:t xml:space="preserve">Plurabbit final meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Mar 2013, Godollo, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019202v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZEN, TALEN, CRISPR/Cas9, the new tools of functional genomic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DNA methylation and hydroxymethylation in rabbit embryos: effect of in vitro culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Negash Bedhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Maulny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique Phase 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">Conférence Jacques Monod, DNA methylation and demethylation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019181v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional analysis of rabbit pluripotent cells</w:t>
+                <w:t xml:space="preserve">ZEN, TALEN, CRISPR/Cas9, the new tools of functional genomic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Monnoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plurabbit final meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Mar 2013, Godollo, Hungary</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique Phase 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019225v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pluripotency : in embryo and [i][/i]in vitro[i][/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Schmaltz-Panneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10133,7218 +10103,7373 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Mammalian Embryo Genomics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Laval. CAN., Oct 2013, Hilton Quebec City, Canada. pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Invalidation du gène FOXL2 chez la chèvre; démonstration de son rôle de déterminant ovarien chez les bovidés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Elzaiat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique Phase 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZFN, TALEN, CRISPR/Cas9. The new tool of functionnal genomic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generation of rabbit pluripotent stem cell lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. A. Dinnyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.K. M. Pirity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. E. Gocza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. P. Osteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36. ECFS Basic Science Conference "New Fontiers in Basic Science of Cystic Fibrosis"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">38. Annual Conference of the International Embryo Transfer Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2012, Phoenix, United States. pp.286, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv24n1Ab246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02807651v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of rabbit pluripotent stem cell lines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+                <w:t xml:space="preserve">Diversity of X-inactivation initiation mechanisms in mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikuhiro Okamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Patrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Fauque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. Annual Conference of the International Embryo Transfer Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6. International Symposium on The Biology of Vertebrate Sex Determination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vertebrate-biosex. USA., Apr 2012, Kona, Hawai, United States. 1 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004449v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of X-inactivation initiation mechanisms in mammals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">X chromosome inactivation a key event during early development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Patrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Okamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Fauque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium on The Biology of Vertebrate Sex Determination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vertebrate-biosex. USA., Apr 2012, Kona, Hawai, United States. 1 p</w:t>
+              <w:t xml:space="preserve">27. Annual Meeting of the European Society of Human Reproduction and Embryology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Stockholm, Sweden. pp.i103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019616v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique de la méthylation de l'ADN dans l'embryon préimplantatoire de lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Archilla</w:t>
+                <w:t xml:space="preserve">Generation of a cloned green fluorescent protein (GFP) expressing transgenic sheep for muscle stem cell graft experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Septièmes rencontres de Figeac "Les interactions acides nucléiques protéines"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">37. Annual Conference of the IETS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Embryo Transfer Society (IETS). USA., Jan 2011, Orlando, United States. pp.259, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv23n1Ab325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004436v1</w:t>
+                <w:t xml:space="preserve">hal-01019055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of DNA methylation levels in rabbit preimplantation embryos developed in vivo or in vitro</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+                <w:t xml:space="preserve">Initiation of X chromosome inactivation in rabbit and human embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. O. Ikuhiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. C. Patrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thepot Thépot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. P. Fauque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th General Meeting of GEMINI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). Bruxelles, BEL., Sep 2011, Gijon, Spain. pp.52</w:t>
+              <w:t xml:space="preserve">3. Embryo Genomics meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rheinische Friedrich-Wilhelms-Universität Bonn. Bonn, DEU., Sep 2011, Bonn, Germany. pp.54-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000902v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a rabbit model of cystic fibrosis by injection of a zinc finger nuclease mRNA in one cell embryos</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dynamics of DNA methylation levels in maternal and paternal rabbit genomes after fertilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Reis E Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Salvaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene Targeting Conference International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cellectifs. Paris, FRA., Feb 2011, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">22. Wihelm Bernhard Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Intrenational Federation for Cell Biology. USA., Aug 2011, Riga, Latvia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019063v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initiation of X chromosome inactivation in rabbit and human embryos</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generation of a rabbit model of cystic fibrosis by injection of a zinc finger nuclease mRNA in one cell embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baratte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Embryo Genomics meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Rheinische Friedrich-Wilhelms-Universität Bonn. Bonn, DEU., Sep 2011, Bonn, Germany. pp.54-55</w:t>
+              <w:t xml:space="preserve">Gene Targeting Conference International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cellectifs. Paris, FRA., Feb 2011, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01004435v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of DNA methylation levels in maternal and paternal rabbit genomes after fertilization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adriana Reis E Silva</w:t>
+                <w:t xml:space="preserve">Dynamique de la méthylation de l'ADN dans l'embryon préimplantatoire de lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Rodrigues Reis E Silva Reis E Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Salvaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Adenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Wihelm Bernhard Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Intrenational Federation for Cell Biology. USA., Aug 2011, Riga, Latvia</w:t>
+              <w:t xml:space="preserve">Septièmes rencontres de Figeac "Les interactions acides nucléiques protéines"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Biochimie et Biologie Moléculaire (SFBBM). FRA., Sep 2011, Figeac, France. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748414v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a cloned green fluorescent protein (GFP) expressing transgenic sheep for muscle stem cell graft experiments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvan Heyman</w:t>
+                <w:t xml:space="preserve">Dynamics of DNA methylation levels in rabbit preimplantation embryos developed in vivo or in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Rodrigues Reis E Silva Reis E Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline C. Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud R. Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37. Annual Conference of the IETS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th General Meeting of GEMINI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). Bruxelles, BEL., Sep 2011, Gijon, Spain. pp.52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/RDv23n1Ab325⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01019055v1</w:t>
+                <w:t xml:space="preserve">hal-01000902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X chromosome inactivation a key event during early development</w:t>
+                <w:t xml:space="preserve">DNA methylation dynamics in rabbit zygotes developed in vivo or in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Patrat</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Patricia Fauque</w:t>
+                <w:t xml:space="preserve">Adriana Rodrigues Reis E Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Adenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Annual Meeting of the European Society of Human Reproduction and Embryology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Stockholm, Sweden. pp.i103</w:t>
+              <w:t xml:space="preserve">3. General Meeting of Gemini: Maternal Communication with Gametes and Embryos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Soustons, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019121v1</w:t>
+                <w:t xml:space="preserve">hal-02755963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication de séquences rétrovirales endogènes dans l'établissement et le maintien de la pluripotence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Evsikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Batiecoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Tours, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA methylation dynamics in rabbit zygotes developed in vivo or in vitro</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelles approches pour évaluer la qualité de l'ovocyte de lapine?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Salvetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Rodrigues Reis E Silva</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Joly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. General Meeting of Gemini: Maternal Communication with Gametes and Embryos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Soustons, France</w:t>
+              <w:t xml:space="preserve">13. Journées de la Recherche Cunicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755963v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles approches pour évaluer la qualité de l'ovocyte de lapine?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+                <w:t xml:space="preserve">Rabbit as a model for embryo development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Guérin</w:t>
+                <w:t xml:space="preserve">Roger Léandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Joly</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cédric Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de la Recherche Cunicole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Le Mans, France</w:t>
+              <w:t xml:space="preserve">2. International Meeting on Rabbit Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Jouy en Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756318v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02823822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lapins produits par injection intra-cytoplasmique de spermatozoïdes (ICSI) stockés à température ambiante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Baratte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul J. P. Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752601v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-02823822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (41)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactococcus lactis, but not Propionibacterium freudenreichii, induces trained immunity in lung epithelial cells in the context of Staphylococcus aureus infection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Chaumond</w:t>
+                <w:t xml:space="preserve">The multifaceted routes of host-pathogen interaction mediated by Staphylococcusaureus extracellular vesicles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Papail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Guédon</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Chabelskaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the International Congress of Mucosal Immunology (ICMI 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Copenhague, Denmark. , 2024</w:t>
+              <w:t xml:space="preserve">ISEV 2025 Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienne (AUT), Austria. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717712v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05570108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the mucus lining a co-culture model of Caco-2/HT29-MTX cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+                <w:t xml:space="preserve">The double life of Staphylococcus aureus extracellular vesicles inside and outside the host cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Papail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Chabelskaia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on FOOD DIGESTION</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Porto, Portugal. , 2024</w:t>
+              <w:t xml:space="preserve">7th FSEV meeting FSEV24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, STRASBOURG, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04546295v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05418841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of transcriptome and chromatin accessibility in embryos developed in vivo or in vitro</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romina Via y Rada</w:t>
+                <w:t xml:space="preserve">Lactococcus lactis, but not Propionibacterium freudenreichii, induces trained immunity in lung epithelial cells in the context of Staphylococcus aureus infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Peron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chaumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Guédon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">https://www.socmucimm.org/meetings-events/icmi-2024/. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">From cell to organism: When cell biology meets development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">the International Congress of Mucosal Immunology (ICMI 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Copenhague, Denmark. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05222247v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of Extracellular Vesicles from Staphylococcus aureus in host cells manipulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ligia Prado</w:t>
+                <w:t xml:space="preserve">Characterization of the mucus lining a co-culture model of Caco-2/HT29-MTX cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...27 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Morzel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">https://www.icfd2024.com/scientific-program. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GENÉTICA 23 – 68th Brazilian Congress of Genetics 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Ouro Preto – MG, Brazil. , 2023</w:t>
+              <w:t xml:space="preserve">8th International Conference on FOOD DIGESTION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Porto, Portugal. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04215082v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04546295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two human milk synthetic bacterial community exhibited contrasted impacts on intestinal immune and barrier function in vitro</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Victoria Chuat</w:t>
+                <w:t xml:space="preserve">Integration of transcriptome and chromatin accessibility in embryos developed in vivo or in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Trautmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Via y Rada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Milk Genomic Consortium Annual Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Cork, Ireland</w:t>
+              <w:t xml:space="preserve">From cell to organism: When cell biology meets development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04885470v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05222247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular vesicles from Staphylococcus aureus remodulate the bovine mammary epithelial cell transcriptome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brenda Silva Rosa da Luz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Papail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e congrès national de la SFM « Un monde à explorer »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Rennes, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04234619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular vesicles from Staphylococcus aureus remodulate the bovine mammary epithelial cell transcriptome</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId213" w:history="1">
+                <w:t xml:space="preserve">Involvement of Extracellular Vesicles from Staphylococcus aureus in host cells manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Papail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniele Vassaux</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Berkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Staphosium 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Lyon, France. , 2023</w:t>
+              <w:t xml:space="preserve">GENÉTICA 23 – 68th Brazilian Congress of Genetics 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Ouro Preto – MG, Brazil. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04295498v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unleashing the power of inflammasomes and trained immunity: promising strategies in the fight against Staphylococcus aureus infection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elma Lima Leite</w:t>
+                <w:t xml:space="preserve">Two human milk synthetic bacterial community exhibited contrasted impacts on intestinal immune and barrier function in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Gouar</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lofoten Immunology Workshop 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lofoten Islands, Norway. , 2023</w:t>
+              <w:t xml:space="preserve">International Milk Genomic Consortium Annual Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04195275v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Inner Cell Mass and the Trophectoderm transcriptomic and epigenomic responses after an in vitro exposure to glucose and insulin during the preimplantation period in the rabbit embryo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romina Via y Rada</w:t>
+                <w:t xml:space="preserve">Extracellular vesicles from Staphylococcus aureus remodulate the bovine mammary epithelial cell transcriptome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brenda Silva Da Luz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Papail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">https://www.sfm-microbiologie.org/evenement/staphosium-2023/. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th annual Revive Consortium Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Chantilly-Gouvieux, France</w:t>
+              <w:t xml:space="preserve">Staphosium 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Lyon, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161198v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04295498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equine embryo size does matter!</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Dubois</w:t>
+                <w:t xml:space="preserve">Unleashing the power of inflammasomes and trained immunity: promising strategies in the fight against Staphylococcus aureus infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chaumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elma Lima Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Peron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Gouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">https://immunologisk-selskab.dk/calendar/lofoten-immunology-workshop-2023/. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th Annual Conference of the International Society of Embryo Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lofoten Immunology Workshop 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lofoten Islands, Norway. , 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03538184v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'impact des perturbations Vitro sur le développement Vivo de l'embryon de lapin : approche par suivi de fluorescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Calderari</w:t>
+                <w:t xml:space="preserve">Identification of the Inner Cell Mass and the Trophectoderm transcriptomic and epigenomic responses after an in vitro exposure to glucose and insulin during the preimplantation period in the rabbit embryo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Via y Rada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
+              <w:t xml:space="preserve">10th annual Revive Consortium Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Chantilly-Gouvieux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808179v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunomodulatory potential of bacteria isolated from human breast milk on different cellular models</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lucie Rault</w:t>
+                <w:t xml:space="preserve">Impact of high protein drinks formulation on in vitro dynamic digestion and absorption of macronutrient in the elderly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Nebbia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaele Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème édition du colloque du Club des Bactéries Lactiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rennes, France. , 2022</w:t>
+              <w:t xml:space="preserve">7th International Conference on Food Digestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Cork, Ireland. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03694103v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03663905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of high protein drinks formulation on in vitro dynamic digestion and absorption of macronutrient in the elderly</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">Equine embryo size does matter!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Margat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gourtay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Food Digestion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">48th Annual Conference of the International Society of Embryo Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Savannah, GA, United States. , Reproduction, Fertility and Development, 34 (1-2), pp.261, 2022, Proceedings of the Annual Conference of the International Embryo Technology Society, Savannah, Georgia, 10–13 January 2022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RDv34n2Ab52⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03663905v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of Sex Dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude de l'impact des perturbations Vitro sur le développement Vivo de l'embryon de lapin : approche par suivi de fluorescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AETE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Virtual meeting, France</w:t>
+              <w:t xml:space="preserve">Journées d'Animation Scientifique du département Phase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367268v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03808179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression of Sex-dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eugénie Canon</w:t>
+                <w:t xml:space="preserve">Immunomodulatory potential of bacteria isolated from human breast milk on different cellular models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AETE 37th annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online, France. AETE-Proceedings-2021, pp.46</w:t>
+              <w:t xml:space="preserve">23ème édition du colloque du Club des Bactéries Lactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rennes, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04355479v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'âge maternel modifie l'expression des gènes de l'embryon</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Expression of Sex-dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Desnoës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées sciences et innovations équines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Jouy-en-Josas, France. 2020</w:t>
+              <w:t xml:space="preserve">AETE 37th annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, France. AETE-Proceedings-2021, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03290867v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04355479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short periconceptional exposure to maternal type-1 diabetes is sufficient to disrupt the feto-placental phenotype in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Audrey Rolland</w:t>
+                <w:t xml:space="preserve">Expression of Sex Dimorphism in bovine in vivo derived or in vitro produced preimplantation embryos.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Desnoes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Aviesan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France. , 2019, ITMO " Translational research on diabetic cardiomyopathy"</w:t>
+              <w:t xml:space="preserve">AETE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Virtual meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733977v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmation de l’embryon pré-implantatoire de lapin en situation pré-diabétique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romina Via y Rada</w:t>
+                <w:t xml:space="preserve">L'âge maternel modifie l'expression des gènes de l'embryon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Francophone du Diabète</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées sciences et innovations équines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Jouy-en-Josas, France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807964v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03290867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmation épigénétique de l’embryon pré-implantatoire en situation diabétique : approche multi-omique chez le lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+                <w:t xml:space="preserve">A short periconceptional exposure to maternal type-1 diabetes is sufficient to disrupt the feto-placental phenotype in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Thieme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Brat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Défis Scientifiques du Départment Phase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journée Aviesan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France. , 2019, ITMO " Translational research on diabetic cardiomyopathy"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807978v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle du gène BCAR4 dans la physiologie ovarienne chez la lapine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+                <w:t xml:space="preserve">Programmation de l’embryon pré-implantatoire de lapin en situation pré-diabétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Via y Rada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Reprosciences 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Société Francophone du Diabète</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04165047v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional investigation of the human oocyte-expressed gene bcar4 using domestic animal models and genome editing.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+                <w:t xml:space="preserve">Programmation épigénétique de l’embryon pré-implantatoire en situation diabétique : approche multi-omique chez le lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Via y Rada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ovarian Club XI meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Paris, France. 2018</w:t>
+              <w:t xml:space="preserve">Séminaire Défis Scientifiques du Départment Phase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733780v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Programmation de l’embryon pré-implantatoire de lapin en situation pré-diabétique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+                <w:t xml:space="preserve">Rôle du gène BCAR4 dans la physiologie ovarienne chez la lapine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Peyny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.congrès SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Grenoble, France. , pp.120, 2018, Proceedings du 4ème congrès de la SF-DOHaD</w:t>
+              <w:t xml:space="preserve">Journées Reprosciences 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737528v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new culture model of rabbit trophoblastic cells to explore cell function and transplacental transfers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adipose mesenchymal stem cells: a new tool to restore interesting genotypes by cloning in the rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting 2018 CellFit</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.109, 2018, Proceedings of CellFit Meeting 2018 « in vitro 3-D Total Cell Guidance and fitness »</w:t>
+              <w:t xml:space="preserve">34. Meeting of the Association of Embryo Transfer in Europe (AETE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brazilian College of Animal Reproduction</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 15 (3), 2018, Proceedings of the 34rd Meeting of the Association of Embryo Transfer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738050v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A short periconceptional exposure to maternal type-1 diabetes is sufficient to disrupt the feto-placentalphenotypein a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Audrey Rolland</w:t>
+                <w:t xml:space="preserve">Analyse tridimensionnelle de la chromatine en fonction de l'expression des gènes au cours du développement preimplantatoire chez les mammifères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Chebrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Ruffini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFPA 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Tokyo, Japan. , Placenta, 9, pp.93, 2018, Abstracts for the forthcoming International Federation of Placenta Associations Meeting, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">4. Journée d'Animation Scientifique du réseau épiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Nouzilly, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734076v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new culture model of rabbit trophoblastic cells to explore cell function and transplacental transfers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Martine Letheule</w:t>
+                <w:t xml:space="preserve">Functional investigation of the human oocyte-expressed gene bcar4 using domestic animal models and genome editing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Peyny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regenerative medicine: organoids and model species</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France. , 2018</w:t>
+              <w:t xml:space="preserve">Ovarian Club XI meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788443v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle du gène &amp;lt;em&amp;gt;BCAR4&amp;lt;/em&amp;gt; dans la fertilité femelle : expression et approche fonctionnelle &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; chez le lapin</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+                <w:t xml:space="preserve">Programmation de l’embryon pré-implantatoire de lapin en situation pré-diabétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romina Via y Rada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. Colloque Biotechnocentre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Seillac, France. , 2018</w:t>
+              <w:t xml:space="preserve">4.congrès SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Grenoble, France. , pp.120, 2018, Proceedings du 4ème congrès de la SF-DOHaD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737997v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse tridimensionnelle de la chromatine en fonction de l'expression des gènes au cours du développement preimplantatoire chez les mammifères</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new culture model of rabbit trophoblastic cells to explore cell function and transplacental transfers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenhaël Sanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Chebrout</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Ruffini</w:t>
+                <w:t xml:space="preserve">Martine Letheule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journée d'Animation Scientifique du réseau épiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Nouzilly, France. 2018</w:t>
+              <w:t xml:space="preserve">Annual Meeting 2018 CellFit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Hvar Island, Croatia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">School of Medicine University of Zagreb, Editors Tiziana Brevini, Alireza Fazeli, Ana Katusic, Ana Vidos, Georgia May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.109, 2018, Proceedings of CellFit Meeting 2018 « in vitro 3-D Total Cell Guidance and fitness »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788842v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adipose mesenchymal stem cells: a new tool to restore interesting genotypes by cloning in the rabbit</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A short periconceptional exposure to maternal type-1 diabetes is sufficient to disrupt the feto-placentalphenotypein a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Richard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Thieme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Brat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. Meeting of the Association of Embryo Transfer in Europe (AETE)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 15 (3), 2018, Proceedings of the 34rd Meeting of the Association of Embryo Transfer</w:t>
+              <w:t xml:space="preserve">IFPA 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Tokyo, Japan. , Placenta, 9, pp.93, 2018, Abstracts for the forthcoming International Federation of Placenta Associations Meeting, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736181v1</w:t>
+                <w:t xml:space="preserve">hal-02734076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rabbit as a model for the study of genes involved in the mechanisms of sex differentiation: phenotype of the aromatase knockout (ArKO) rabbit</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+                <w:t xml:space="preserve">A new culture model of rabbit trophoblastic cells to explore cell function and transplacental transfers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guenhaël Sanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Pailhoux</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Letheule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. European Symposium on Sex Determination in Vertebrates</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Dinard, France. , 47 p., 2017, 1st European Symposium on Sex Determination in Vertebrates</w:t>
+              <w:t xml:space="preserve">Regenerative medicine: organoids and model species</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606993v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BCAR4 is involved in in vitro preimplantation development: investigating its role in vivo by genome efditing in rabbit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+                <w:t xml:space="preserve">Rôle du gène &amp;lt;em&amp;gt;BCAR4&amp;lt;/em&amp;gt; dans la fertilité femelle : expression et approche fonctionnelle &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; chez le lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Peyny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées du GdR 3606 Repro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Tours, France. 75 p., 2017, 2èmes Journées Scientifiques du GdR Repro</w:t>
+              <w:t xml:space="preserve">31. Colloque Biotechnocentre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Seillac, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608768v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination de la plus critique fenêtre d'exposition d'une surnutrition lipidique maternelle pour le développement foeto-placentaire: entre la période préconceptionnelle et la période gestationnelle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+                <w:t xml:space="preserve">The rabbit as a model for the study of genes involved in the mechanisms of sex differentiation: phenotype of the aromatase knockout (ArKO) rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwana Harscoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Pailhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFN 2017, Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Nantes, France. , pp.460, 2017, Livre des résumés Journées Francophones de Nutrition</w:t>
+              <w:t xml:space="preserve">1. European Symposium on Sex Determination in Vertebrates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Dinard, France. , 47 p., 2017, 1st European Symposium on Sex Determination in Vertebrates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735162v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fat maternal diet impacts the nutrient sensing signaling network in rabbit blastocyst</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+                <w:t xml:space="preserve">BCAR4 is involved in in vitro preimplantation development: investigating its role in vivo by genome efditing in rabbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Jarrier-Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Peyny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Conference 2016</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 84 p., 2016, Epigenetics and Periconception Environment</w:t>
+              <w:t xml:space="preserve">2. Journées du GdR 3606 Repro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Tours, France. 75 p., 2017, 2èmes Journées Scientifiques du GdR Repro</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741142v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High fat maternal diet impacts the nutrient sensing signaling network in rabbit blastocyst</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Peynot</w:t>
+                <w:t xml:space="preserve">Détermination de la plus critique fenêtre d'exposition d'une surnutrition lipidique maternelle pour le développement foeto-placentaire: entre la période préconceptionnelle et la période gestationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sylvie Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Paris, France. , 84 p., 2016, 3ème congrès de la SF-DOHaD</w:t>
+              <w:t xml:space="preserve">JFN 2017, Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Nantes, France. , pp.460, 2017, Livre des résumés Journées Francophones de Nutrition</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741274v1</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KO d’un gène OvocytAire chez le Lapin (KOALA)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Edouard Guitton</w:t>
+                <w:t xml:space="preserve">High fat maternal diet impacts the nutrient sensing signaling network in rabbit blastocyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. , 84 p., 2016, 3ème congrès de la SF-DOHaD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741333v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tentative de démonstration de la pluripotence des cellules iPS de lapin par injection micro-échoguidée &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; au stade péri-implantatoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+                <w:t xml:space="preserve">High fat maternal diet impacts the nutrient sensing signaling network in rabbit blastocyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Calderari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carmen Marchiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+              <w:t xml:space="preserve">Epiconcept Conference 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Giardini Naxos, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">COST Office</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 84 p., 2016, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741331v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier</w:t>
+                <w:t xml:space="preserve">Tentative de démonstration de la pluripotence des cellules iPS de lapin par injection micro-échoguidée &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; au stade péri-implantatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Marchiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIV. International Congress of Toxicology</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01533918v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dérivation de gamètes &amp;lt;em&amp;gt;in vitro&amp;lt;/em&amp;gt; à partir de cellules iPS de lapin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+                <w:t xml:space="preserve">KO d’un gène OvocytAire chez le Lapin (KOALA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Dalbies-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Jarrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Beauclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Peyny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743225v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléments rétroviraux endogènes, de nouveaux marqueurs de la pluripotence ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Montillet</w:t>
+                <w:t xml:space="preserve">Dérivation de gamètes &amp;lt;em&amp;gt;in vitro&amp;lt;/em&amp;gt; à partir de cellules iPS de lapin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Le Guienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Pain</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742280v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of ultrasound biomicroscopy for embryo injections</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Reproductive effects of gestational exposure to diesel exhaust in a rabbit model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Valentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Couturier-Tarrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Mourier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Carmen Marchiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIV. International Congress of Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Merida, Mexico. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier Ireland Ltd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toxicology Letters, 259, pp.269, 2016, Toxicology Letters. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2016.07.100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741280v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of ultrasound biomicroscopy for embryo injections</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+                <w:t xml:space="preserve">Eléments rétroviraux endogènes, de nouveaux marqueurs de la pluripotence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Carmen Marchiol</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Peynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epiconcept Conference 2015 - Epigenetics and Periconception Environment</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 9, 2015, Epigenetics and Periconception Environment</w:t>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741023v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The use of ultrasound biomicroscopy for embryo injections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Marchiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. , 2016, 3ème congrès de la SF-DOHaD</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The use of ultrasound biomicroscopy for embryo injections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Mourier Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Marchiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Epiconcept Conference 2015 - Epigenetics and Periconception Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Hersonissos, Crete, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cost Office</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9, 2015, Epigenetics and Periconception Environment</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">DNA methylation of the POU5F1 regulatory region in rabbit first embryonic lineages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Blachère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiconcept Workshop 2014, Epigenomic Toolbox: from Methods to Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Las Palmas, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost Office</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 76 p., 2014, Epigenetics and Periconception Environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17354,767 +17479,767 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive Probiogenomics Analysis of the Commensal Escherichia Coli CEC15 as a Potential Probiotic Strain</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Temporal variability and cell mechanics control robustness in mammalian embryogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Fabrèges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernat Corominas Murtra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prachiti Moghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Kickuth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takafumi Ichikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Tales</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-04197408v1</w:t>
+                <w:t xml:space="preserve">hal-04447081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal variability and cell mechanics control robustness in mammalian embryogenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Fabrèges</w:t>
+                <w:t xml:space="preserve">Comprehensive Probiogenomics Analysis of the Commensal Escherichia Coli CEC15 as a Potential Probiotic Strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Tales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Vinicius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernat Corominas Murtra</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Takafumi Ichikawa</w:t>
+                <w:t xml:space="preserve">Thiago de Jesus Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Ferrary Americo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andria dos Santos Freitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04447081v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nulliparity affects the expression of a limited number of genes and pathways in Day 8 equine embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Derisoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Archilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Jaszczyszyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal parity affects Day 8 embryo gene expression in old mares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Derisoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Gourtay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Margat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Major transcriptomic, epigenetic and metabolic changes underly the pluripotency continuum in rabbit preimplantation embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilhelm Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Archilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Aksoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05029654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fetal estrogens are not involved in sex determination but critical for early ovarian differentiation in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Daniel-Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwana Harscoet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Airaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Dewaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03114609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId417"/>
+      <w:footerReference w:type="default" r:id="rId418"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18261,51 +18386,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293648v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Silande" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Hickisch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Strube" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117576" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483180v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jacquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycad019" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014644v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Fabr&#232;ges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernat Corominas-Murtra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachiti Moghe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Kickuth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takafumi Ichikawa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adh1145" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04007456v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Illikoud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fillipe Luiz Rosa Do Carmo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112557" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049056v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Nebbia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Cochet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Henry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112716" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04111416v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chaumond" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Gouar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L Williams" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1138539" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04308495v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tales Fernando da Silva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Assis Gl&#243;ria" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Jesus de Sousa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ferrary Americo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andria Dos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-023-03112-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04249255v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Calderari" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174423000260" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695686v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dubois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08593-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Bouchereau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Aksoy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Moulin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.200538" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703215v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Margat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gourtay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dubois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2022.103982" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03871680v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Via y Rada" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11233766" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703063v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2022.103980" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370216v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel-Carlier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana Harsco&#235;t" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Airaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dewaele" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/endocr/bqab210" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463352v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dahirel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Morin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.784268" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137309v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioab005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251478v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Dubois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.672948" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288513v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Margat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourtay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2021.103568" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02549941v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Peyny" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61689-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183790v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2019.07.003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627189v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Thieme" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Brat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rolland" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2018.10.010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623175v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blach&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peynot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-17-0689" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831822v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Peyri&#233;ras" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.152041" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02365178v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Negash Bedhane" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Veniel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pellier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dex020" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638689v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.12.039" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193859v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2014.05.014" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-242JSXTZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000918v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Rodrigues Reis E Silva Reis E Silva" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line C. Bruno" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/epi.19563" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000951v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Tancos" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Nemes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Polgar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Gocza" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.06.017" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019321v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikuhiro Okamoto" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Patrat" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Fauque" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09872" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000297v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/epi.6.8.16073" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654473v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5360" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657227v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5358" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667580v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Salvetti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buff" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gu&#233;rin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.04.009" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3HDFN6H-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193505v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Kocer" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chesn&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000143432" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656937v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joly" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salvetti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Neto" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797638v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/cell+biology/book/978-1-4939-1593-4" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822718v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5359" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821886v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5357" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824865v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd P&#252;schel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bitzer" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Blum" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cshprotocols.cshlp.org/cgi/content/abstract/2010/1/pdb.emo139?maxtoshow=&amp;amp;hits=10&amp;amp;RESULTFORMAT=&amp;amp;fulltext=Daniel%2C+N.%2C+2010&amp;amp;searchid=1&amp;amp;FIRSTINDEX=0&amp;amp;resourcetype=HWCIT" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.emo139" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832897v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Chrenek" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challah-Jacques" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boulanger" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04624496v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Guimar&#227;es Laguna" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vin&#237;cius de Rezende Rodovalho" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Loir" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418841v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Papail" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Prado" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Chabelskaia" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648148v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Chevalier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04732027v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Ariston de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04624262v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317337v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04257450v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vassaux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236644v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234405v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elma Lima Leite" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine P&#233;ron" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234337v2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04299256v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Silva Rosa da Luz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03868956v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881887v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330599v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatien" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716812v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Margat" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Gourtay" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808248v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330661v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deno&#235;s Olivier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153864v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daniel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jaszczyszyn" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv33n2Ab142" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808207v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808220v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808066v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029288v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2020.103031" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737130v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734768v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737533v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana Harscoet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733989v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738299v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743432v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740895v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741151v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab120" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743745v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Maulny" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740397v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Voisin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741096v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thieme" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab119" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741228v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741098v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019202v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Maulny" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019181v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Monnoye" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019225v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019552v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schmaltz-Panneau" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019184v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807651v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004449v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Dinnyes" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. M. Pirity" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Osteil" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv24n1Ab246" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019616v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004436v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000902v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019063v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baratte" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004435v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. O. Ikuhiro" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Patrat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Fauque" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748414v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Reis E Silva" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019055v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv23n1Ab325" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019121v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Patrat" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Okamoto" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817182v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Evsikov" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Batiecoro" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755963v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Rodrigues Reis E Silva" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756318v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salvetti" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Joly" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752601v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Baratte" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823822v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L&#233;andri" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vignal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04717712v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546295v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;cot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222247v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Trautmann" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215082v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Berkova" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885470v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234619v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Vassaux" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295498v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Silva Da Luz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195275v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161198v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538184v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv34n2Ab52" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808179v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694103v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03663905v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaele Henry" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367268v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desnoes" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355479v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desno&#235;s" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290867v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733977v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807964v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807978v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04165047v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cadoret" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733780v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737528v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738050v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cost-cellfit.eu/services/annual-meeting-2018" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734076v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788443v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737997v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788842v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chebrout" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ruffini" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736181v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aete.eu/index.php/meetings/155-34th-scientific-meeting-preliminary-programme/file" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606993v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608768v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735162v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741142v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/368859.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741274v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741333v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Beauclair" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741331v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Marchiol" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533918v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381512.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.07.100" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ1F4FR7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743225v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742280v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rival" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montillet" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pain" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741280v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741023v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/329460_2.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741193v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blach&#232;re" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/259046_2.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197408v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tales" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Vinicius" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago de Jesus Sousa" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andria dos Santos Freitas" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04447081v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernat Corominas Murtra" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446593v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Derisoud" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouneau" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Legendre" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446577v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029654v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Aksoy" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moulin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03114609v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293648v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Silande" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Hickisch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Strube" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117576" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04483180v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jacquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycad019" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014644v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Fabr&#232;ges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernat Corominas-Murtra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachiti Moghe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Kickuth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takafumi Ichikawa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adh1145" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04249255v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Calderari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Archilla" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Peynot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040174423000260" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04007456v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Illikoud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fillipe Luiz Rosa Do Carmo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112557" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049056v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Nebbia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Cochet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Henry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.112716" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04111416v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chaumond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Gouar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L Williams" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1138539" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04308495v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tales Fernando da Silva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael de Assis Gl&#243;ria" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Jesus de Sousa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ferrary Americo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andria Dos" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-023-03112-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370216v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Jolivet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Daniel-Carlier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana Harsco&#235;t" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Airaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dewaele" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/endocr/bqab210" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800529v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Bouchereau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Aksoy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Moulin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.200538" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695686v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Derisoud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dubois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-022-08593-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703215v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Margat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gourtay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dubois" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2022.103982" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03871680v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romina Via y Rada" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11233766" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03703063v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2022.103980" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251478v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Marquant-Le Guienne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Richard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Dubois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.672948" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463352v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dahirel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Morin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.784268" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137309v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolre/ioab005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288513v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Margat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourtay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2021.103568" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02549941v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Peyny" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier-Gaillard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Daniel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61689-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183790v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenha&#235;l Sanz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2019.07.003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627189v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Couturier-Tarrade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Thieme" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Brat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rolland" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2018.10.010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623175v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Canon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blach&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Peynot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-17-0689" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831822v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Duranthon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Peyri&#233;ras" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.152041" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02365178v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Salvaing" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Negash Bedhane" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Veniel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pellier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dex020" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638689v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall Pouget Gall" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva M. El Zaiat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.12.039" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193859v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Panneau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Osteil" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tapponnier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Afanassieff" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2014.05.014" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-242JSXTZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000951v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Tancos" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Nemes" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Z. Polgar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Gocza" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.06.017" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000918v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Rodrigues Reis E Silva Reis E Silva" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line C. Bruno" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Fleurot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/epi.19563" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000297v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/epi.6.8.16073" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019321v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikuhiro Okamoto" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Patrat" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thepot Th&#233;pot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Fauque" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature09872" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654473v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Renard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5360" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657227v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5358" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667580v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Salvetti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buff" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gu&#233;rin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2010.04.009" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3HDFN6H-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193505v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayhan Kocer" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chesn&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000143432" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656937v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joly" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salvetti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Neto" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797638v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/life+sciences/cell+biology/book/978-1-4939-1593-4" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-1594-1_2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824865v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd P&#252;schel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bitzer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Blum" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cshprotocols.cshlp.org/cgi/content/abstract/2010/1/pdb.emo139?maxtoshow=&amp;amp;hits=10&amp;amp;RESULTFORMAT=&amp;amp;fulltext=Daniel%2C+N.%2C+2010&amp;amp;searchid=1&amp;amp;FIRSTINDEX=0&amp;amp;resourcetype=HWCIT" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.emo139" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822718v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5359" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821886v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot5357" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832897v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chesne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Chrenek" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Challah-Jacques" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boulanger" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04624262v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Guimar&#227;es Laguna" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Loir" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Ariston de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04732027v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04624496v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vin&#237;cius de Rezende Rodovalho" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04648148v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Chevalier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234337v2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Papail" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Prado" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vassaux" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04299256v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Silva Rosa da Luz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317337v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04257450v2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236644v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234405v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elma Lima Leite" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine P&#233;ron" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716812v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Margat" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Gourtay" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881887v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03868956v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330599v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Laffont" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gatien" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808248v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808066v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330661v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deno&#235;s Olivier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03153864v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Daniel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jaszczyszyn" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv33n2Ab142" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808207v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808220v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029288v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2020.103031" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738299v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwana Harscoet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737130v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734768v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737533v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733989v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740895v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Valentino" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Mourier Mourier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743432v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741096v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thieme" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab119" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741151v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv27n1Ab120" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743745v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda L. Maulny" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740397v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Voisin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741098v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741228v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807651v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Monnoye" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019225v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019202v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Maulny" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019181v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019552v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Schmaltz-Panneau" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019184v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gall" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Elzaiat" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004449v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Dinnyes" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. M. Pirity" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Osteil" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv24n1Ab246" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019616v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019121v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Patrat" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Okamoto" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019055v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Heyman" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv23n1Ab325" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004435v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. O. Ikuhiro" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Patrat" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Fauque" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748414v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Reis E Silva" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019063v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baratte" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004436v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000902v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755963v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Rodrigues Reis E Silva" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817182v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Evsikov" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Batiecoro" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756318v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Salvetti" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Joly" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823822v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger L&#233;andri" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vignal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752601v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Baratte" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05570108v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Chabelskaia" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418841v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04717712v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546295v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;cot" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222247v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Trautmann" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234619v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Vassaux" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215082v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Berkova" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885470v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295498v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Silva Da Luz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195275v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161198v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03663905v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaele Henry" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538184v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RDv34n2Ab52" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808179v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694103v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04355479v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desno&#235;s" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367268v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desnoes" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290867v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733977v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807964v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807978v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04165047v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cadoret" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736181v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aete.eu/index.php/meetings/155-34th-scientific-meeting-preliminary-programme/file" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788842v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chebrout" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ruffini" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733780v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dalbies-Tran" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737528v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738050v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Letheule" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cost-cellfit.eu/services/annual-meeting-2018" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734076v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788443v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737997v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606993v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pailhoux" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608768v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735162v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741274v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741142v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/368859.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741331v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Marchiol" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741333v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Jarrier" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Beauclair" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743225v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Le Guienne" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533918v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/381512.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.07.100" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ1F4FR7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742280v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rival" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montillet" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pain" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741280v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741023v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/329460_2.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741193v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blach&#232;re" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Godet" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/259046_2.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04447081v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernat Corominas Murtra" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197408v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tales" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Vinicius" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago de Jesus Sousa" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andria dos Santos Freitas" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446593v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Derisoud" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouneau" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Legendre" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446577v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029654v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Aksoy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Moulin" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03114609v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>