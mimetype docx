--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,893 +66,1469 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un procédé hydrométallurgique pour la récupération du cuivre et de l'étain à partir de cartes électroniques de téléphones mobiles</w:t>
+                <w:t xml:space="preserve">Selective leaching of zinc in electric arc furnace dust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne l'Hote</w:t>
+                <w:t xml:space="preserve">N Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Meux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Léa Tissier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Interdisciplinaire sur l’Economie Circulaire 2025</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Congrès SCF Nord-Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05356175v1</w:t>
+                <w:t xml:space="preserve">hal-05541190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récupération électrochimique en milieu liquide ionique de nanoparticules de platine contenues dans les électrodes de PEMFC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ionic liquid melts for platinum recovery from spent PEMFCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Legeai</w:t>
+                <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Electrochimie 2017</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01840699v1</w:t>
+              <w:t xml:space="preserve">EuCheMSIL 2018 : 27th Conference on Molten Salts and Ionic Liquids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04225991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An electrochemical route for the recovery of platinum from spent proton exchange membrane fuel cells using ionic liquid melts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrochemical recovery of platinum from spent proton exchange membrane fuel cells using ionic liquid melts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Legeai</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">68th Annual Meeting ISE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Providence, United States</w:t>
+              <w:t xml:space="preserve">Solvay workshop on Ionic liquids: from fundamentals to applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01494629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hydrometallurgical recovery of tin and copper from mobile phone printed corcuit boards (THYMO PROJECT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Diliberto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Muhr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCF Nord-Est 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SCF, Jan 2026, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840705v1</w:t>
+                <w:t xml:space="preserve">hal-05541199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmentally friendly recycling of fuel cell's membrane electrode assembly using ionic liquids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Balva</w:t>
+                <w:t xml:space="preserve">Développement d'un procédé hydrométallurgique pour la récupération du cuivre et de l'étain à partir de cartes électroniques de téléphones mobiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne l'Hote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Legeai</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Diot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Muhr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Green &amp; Sustainable Chemistry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Congrès Interdisciplinaire sur l’Economie Circulaire 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Picardie Jules Verne [UPJV] ; Université de lille [U-Lille], Sep 2025, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01494647v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05356175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récupération électrochimique en milieu liquide ionique de nanoparticules de platine provenant de piles à combustibles usagées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Balva</w:t>
+                <w:t xml:space="preserve">Procédé hydrométallurgique pour le recyclage des cartes électroniques de téléphones mobiles – récupération du cuivre et de l’étain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne l'Hote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Legeai</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique CPER SusChemProc</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journées annuelles du GDR Prométhée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFPEN, May 2024, Rueil Malmaison, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230209v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les liquides ioniques pour l’hydrométallurgie : application à la récupération du platine à partir des assemblages membranaires des piles à combustible en fin de vie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Récupération électrochimique en milieu liquide ionique de nanoparticules de platine contenues dans les électrodes de PEMFC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique "Métallurgie, Recyclage et Environnement"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journées d’Electrochimie 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230210v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">An electrochemical route for the recovery of platinum from spent proton exchange membrane fuel cells using ionic liquid melts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">68th Annual Meeting ISE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Providence, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmentally friendly recycling of fuel cell's membrane electrode assembly using ionic liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Green &amp; Sustainable Chemistry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Berlin, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01494647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Récupération électrochimique en milieu liquide ionique de nanoparticules de platine provenant de piles à combustibles usagées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Scientifique CPER SusChemProc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les liquides ioniques pour l’hydrométallurgie : application à la récupération du platine à partir des assemblages membranaires des piles à combustible en fin de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée scientifique "Métallurgie, Recyclage et Environnement"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Traitement hydrométallurgique de matériaux thermoélectriques en fin de vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Balva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Meux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers scientifiques de l’Institut Carnot Énergie et Environnement en Lorraine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -962,2592 +1538,2283 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of phytic acid for selective precipitation of undesirable metals (Al, Fe, Pb) contained in the leachates from hydrometallurgical processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Comel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (4), pp.105450. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jece.2021.105450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04653671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Phytic Acid for the Removal of Iron in Hot Acidic Leachate from Zinc Hydrometallurgy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Comel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pierrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOM Journal of the Minerals, Metals and Materials Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 73 (6), pp.1652-1660. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11837-021-04640-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery of Metals from Secondary Raw Materials by Coupled Electroleaching and Electrodeposition in Aqueous or Ionic Liquid Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Balva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hazotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Comel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (7), pp.556. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/met8070556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmentally friendly recycling of fuel-cell membrane electrode assemblies by using ionic liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Balva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Balva</w:t>
+                <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemSusChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10 (14), pp.2922-2935. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cssc.201700456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01840639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct recovery of cadmium and nickel from Ni-Cd spent batteries by electroassisted leaching and electrodeposition in a single-cell process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hazotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lapicque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrometallurgy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 162, pp.94 - 103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.hydromet.2016.02.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dismantling and chemical characterization of spent Peltier thermoelectric devices for antimony, bismuth and tellurium recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Balva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Garoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 38 (7), pp.791 - 797. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/09593330.2016.1211748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01494611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">End-of-life nickel-cadmium accumulators: characterization of electrode materials and industrial Black Mass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hazotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Diliberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lapicque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 36 (6), pp.796-805. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/09593330.2014.962621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01267208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroassisted leaching of black mass solids from Ni–Cd batteries for metal recovery: Investigation of transport and transfer phenomena coupled to reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hazotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lapicque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 96, pp.83 - 93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cep.2015.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">End-of-life nickel–cadmium accumulators: characterization of electrode materials and industrial Black Mass</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Lapicque</w:t>
+                <w:t xml:space="preserve">Valorisation par voie hydrométallurgique de Matières Premières Secondaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hazotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lapicque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09593330.2014.962621⟩</w:t>
+              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.03004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/20130703004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04293394v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation par voie hydrométallurgique de Matières Premières Secondaires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Electroleaching and electrodeposition of zinc in a single-cell process for the treatment of solid waste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lapicque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clothilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/matecconf/20130703004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 152 (Issue 1), pp.85-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2007.06.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04653676v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00301011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroleaching and electrodeposition of zinc in a single-cell process for the treatment of solid waste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Clothilde Boulanger</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lapicque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 152 (Issue 1), pp.85-92. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+              <w:t xml:space="preserve">, 2008, 152 (1), pp.85-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2007.06.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00301011v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroleaching and electrodeposition of zinc in a single-cell process for the treatment of solid waste</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Boulanger</w:t>
+                <w:t xml:space="preserve">Investigation of optimal conditions for zinc electrowinning from aqueous sulfuric acid electrolytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clothilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Lecuire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lapicque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2007.06.064⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 37 (11), pp.1237-1243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10800-007-9377-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04653638v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00273010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of optimal conditions for zinc electrowinning from aqueous sulfuric acid electrolytes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Lapicque</w:t>
+                <w:t xml:space="preserve">Hydrometallurgical extraction of zinc from zinc ferrites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Lecuire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10800-007-9377-2⟩</w:t>
+              <w:t xml:space="preserve">Hydrometallurgy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 70 (1-3), pp.175-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0304-386X(03)00079-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00273010v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrometallurgical extraction of zinc from zinc ferrites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Hydrometallurgical recovery of zinc and lead from electric arc furnace dust using mononitrilotriacetate anion and hexahydrated ferric chloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Meux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Lecuire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrometallurgy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0304-386X(03)00079-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 91 (1-3), pp.257-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0304-3894(01)00394-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04290475v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrometallurgical recovery of zinc and lead from electric arc furnace dust using mononitrilotriacetate anion and hexahydrated ferric chloride</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Recherche d’un procédé hydrométallurgique de valorisation des poussières d’aciérie électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Lecuire</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Lecuire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0304-3894(01)00394-6⟩</w:t>
+              <w:t xml:space="preserve">Environnement, Ingénierie &amp; Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, N°23 - 3ème Trimestre 2001, pp.30-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/dechets-sciences-techniques.1373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04653639v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03180685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche d’un procédé hydrométallurgique de valorisation des poussières d’aciérie électrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Recherche d'un procédé hydrométallurgique de valorisation des poussières d'aciérie électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Marie Lecuire</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jm Lecuire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnement, Ingénierie &amp; Développement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Déchets Sciences et Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 23, pp.30-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...279 lines deleted...]
-                <w:t xml:space="preserve">hal-01494629v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Process for the recovery of platinum, electrochemically, from a material which contains same</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Balva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Meux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP3263744. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROCÉDÉ DE RÉCUPÉRATION DE PLATINE, PAR VOIE ÉLECTROCHIMIQUE, À PARTIR D'UN MATÉRIAU DANS LEQUEL IL EST CONTENU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Billy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Balva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Legeai</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Meux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR-16 56293. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01494634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3557,114 +3824,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche de protocoles de valorisation des poussières d'aciérie électrique par voie hydrométallurgique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie. Université Paul Verlaine - Metz, 2001. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2001METZ005S⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01775455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3811,51 +4078,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356175v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne l'Hote" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Meux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leclerc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Diot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840699v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Balva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Billy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840705v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494647v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230209v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Meux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230210v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230230v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653671v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Comel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2021.105450" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246734v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pierrat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-021-04640-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01924859v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hazotte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met8070556" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840639v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201700456" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01924813v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapicque" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2016.02.019" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L12BQHCL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494611v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Garoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2016.1211748" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01267208v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2014.962621" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01924788v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2015.08.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K398XWSQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04293394v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653676v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclerc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hazotte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schneider" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapicque" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130703004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00301011v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Boulanger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2007.06.064" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDXL6ZB8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653638v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Guillaume" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273010v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Lecuire" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-007-9377-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LM58PT1S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04290475v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lecuire" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-386X(03)00079-3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL39SZHV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653639v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3894(01)00394-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7RJ6TN7W-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180685v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Lecuire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.1373" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04225991v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494629v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675822v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494634v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01775455v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001METZ005S" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05541190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Leclerc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Tissier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04225991v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Balva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leclerc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Meux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Billy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494629v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05541199v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Michel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Muhr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356175v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne l'Hote" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Diot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558915v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840699v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840705v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494647v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230209v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Meux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230210v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230230v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653671v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Comel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2021.105450" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246734v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pierrat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11837-021-04640-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01924859v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hazotte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met8070556" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840639v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201700456" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01924813v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lapicque" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2016.02.019" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L12BQHCL-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494611v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Garoux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2016.1211748" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01267208v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2014.962621" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01924788v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2015.08.004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K398XWSQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653676v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclerc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hazotte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schneider" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lapicque" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130703004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00301011v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillaume" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Boulanger" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2007.06.064" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDXL6ZB8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653638v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Guillaume" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273010v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Lecuire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-007-9377-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LM58PT1S-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04290475v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lecuire" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-386X(03)00079-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL39SZHV-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04653639v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3894(01)00394-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7RJ6TN7W-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180685v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Lecuire" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.1373" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05558944v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Lecuire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675822v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494634v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01775455v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001METZ005S" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>