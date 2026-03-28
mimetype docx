--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -166,295 +166,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting glucosinolate profiles in rapeseed genotypes shape the rhizosphere-insect continuum and microbial detoxification potential in a root herbivore</w:t>
+                <w:t xml:space="preserve">Carbon substrates utilization determine antagonistic fungal-fungal interactions among root-associated fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette M. Carpentier</w:t>
+                <w:t xml:space="preserve">Rosa Kemmerling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Derocles</w:t>
+                <w:t xml:space="preserve">Louise-Elisabeth Dintilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Chéreau</w:t>
+                <w:t xml:space="preserve">Anouk Zancarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Marquer</w:t>
+                <w:t xml:space="preserve">Alice Mataigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Linglin</w:t>
+                <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (12), pp.e01269-25. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.1645107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/msystems.01269-25⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2025.1645107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05391655v1</w:t>
+                <w:t xml:space="preserve">hal-05227488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon substrates utilization determine antagonistic fungal-fungal interactions among root-associated fungi</w:t>
+                <w:t xml:space="preserve">Contrasting glucosinolate profiles in rapeseed genotypes shape the rhizosphere-insect continuum and microbial detoxification potential in a root herbivore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosa Kemmerling</w:t>
+                <w:t xml:space="preserve">Juliette M. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise-Elisabeth Dintilhac</w:t>
+                <w:t xml:space="preserve">Stéphane Derocles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouk Zancarini</w:t>
+                <w:t xml:space="preserve">Sylvain Chéreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Mataigne</w:t>
+                <w:t xml:space="preserve">Bruno Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Mougel</w:t>
+                <w:t xml:space="preserve">Juliette Linglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.1645107. </w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (12), pp.e01269-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2025.1645107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/msystems.01269-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05227488v1</w:t>
+                <w:t xml:space="preserve">hal-05391655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The root microlandscape of arbuscular mycorrhizal fungi</w:t>
               </w:r>
@@ -949,663 +949,663 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03923098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A microbiota–root–shoot circuit favours Arabidopsis growth over defence under suboptimal light</w:t>
+                <w:t xml:space="preserve">Tryptophan metabolism and bacterial commensals prevent fungal dysbiosis in Arabidopsis roots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shiji Hou</w:t>
+                <w:t xml:space="preserve">Katarzyna Wolinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Thiergart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jörg Ziegler</w:t>
+                <w:t xml:space="preserve">Brigitte Pickel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sjoerd Gremmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41477-021-00956-4⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (49), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2111521118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03963441v1</w:t>
+                <w:t xml:space="preserve">hal-03963526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial Systems Ecology to Understand Cross-Feeding in Microbiomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Mataigne</w:t>
+                <w:t xml:space="preserve">A microbiota–root–shoot circuit favours Arabidopsis growth over defence under suboptimal light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiji Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Thiergart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fantin Mesny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Ziegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.780469⟩</w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (8), pp.1078-1092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-021-00956-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552682v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tryptophan metabolism and bacterial commensals prevent fungal dysbiosis in Arabidopsis roots</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katarzyna Wolinska</w:t>
+                <w:t xml:space="preserve">Microbial Systems Ecology to Understand Cross-Feeding in Microbiomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Mataigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Pickel</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vandenkoornhuyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sjoerd Gremmen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stephane Hacquard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 118 (49), </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.780469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2111521118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.780469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03963526v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root endophytic fungi impact host plant biomass and respond to plant composition at varying spatio-temporal scales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Root microbiota assembly and adaptive differentiation among European Arabidopsis populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Thiergart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paloma Durán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ellis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Garrido-Oter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fungal Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.funeco.2019.100907⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (1), pp.122-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-019-1063-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02492027v1</w:t>
+                <w:t xml:space="preserve">hal-02549106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root microbiota assembly and adaptive differentiation among European Arabidopsis populations</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Root endophytic fungi impact host plant biomass and respond to plant composition at varying spatio-temporal scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruben Garrido-Oter</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne-Kristel Bittebiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vandenkoornhuyse</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 4 (1), pp.122-131. </w:t>
+              <w:t xml:space="preserve">Fungal Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 44, pp.100907. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41559-019-1063-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.funeco.2019.100907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02549106v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02492027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of floristic composition and configuration on plant root mycobiota: a landscape transposition at a small scale</w:t>
               </w:r>
@@ -1630,51 +1630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philomène Brunellière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Kristel Bittebiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vandenkoornhuyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1881,51 +1881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Mony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Kristel Bittebiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Theis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2545,51 +2545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Gazengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Mougel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française de Phytopathologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Bordeaux, France</w:t>
@@ -2657,64 +2657,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Gazengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Linglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35. Symposium of the European Society of Nematologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Cordoue (ES), Spain</w:t>
@@ -3044,51 +3044,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="21C8CB71"/>
+    <w:nsid w:val="43F0FDF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3275,51 +3275,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nathan-vannier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5459-2051" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391655v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette M. Carpentier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Derocles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Marquer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Linglin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.01269-25" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227488v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Kemmerling" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise-Elisabeth Dintilhac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Zancarini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mataigne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1645107" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687726v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Vannier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Burel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vandenkoornhuyse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20048" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423813v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fantin Mesny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Getzke" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chesneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dethier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43688-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117372v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Andreo-Jimenez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis E Te Beest" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Kruijer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niteen N. Kadam" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-023-00641-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923098v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mataigne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hacquard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-022-01383-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963441v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiji Hou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Thiergart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Ziegler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-021-00956-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552682v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hacquard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.780469" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963526v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Wolinska" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pickel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjoerd Gremmen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111521118" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02492027v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Kristel Bittebiere" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.funeco.2019.100907" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02549106v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Dur&#225;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ellis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Garrido-Oter" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-019-1063-3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02345537v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Brunelli&#232;re" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16262" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02470909v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Biget" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Coudouel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2976" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02092384v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Theis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Rosenberg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00213-18" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963510v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Agler" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007740" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01793435v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;kristel Bittebi&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michon-Coudouel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0459-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01432093v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37852" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01259236v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.01159" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101597v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lebreton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555705v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01090579v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzing" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01751340v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017REN1B027" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nathan-vannier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5459-2051" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227488v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Kemmerling" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise-Elisabeth Dintilhac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Zancarini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mataigne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1645107" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391655v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette M. Carpentier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Derocles" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Marquer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Linglin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.01269-25" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687726v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Vannier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Burel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vandenkoornhuyse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20048" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423813v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fantin Mesny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Getzke" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chesneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dethier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43688-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117372v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Andreo-Jimenez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis E Te Beest" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Kruijer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niteen N. Kadam" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12284-023-00641-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923098v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mataigne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hacquard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-022-01383-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963526v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Wolinska" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Thiergart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pickel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjoerd Gremmen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111521118" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiji Hou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Ziegler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-021-00956-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552682v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hacquard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.780469" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02549106v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Dur&#225;n" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ellis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Garrido-Oter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-019-1063-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02492027v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Kristel Bittebiere" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.funeco.2019.100907" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02345537v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philom&#232;ne Brunelli&#232;re" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16262" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02470909v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Biget" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Coudouel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2976" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02092384v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Theis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Rosenberg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00213-18" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963510v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Agler" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007740" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01793435v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;kristel Bittebi&#232;re" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michon-Coudouel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0459-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01432093v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37852" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01259236v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.01159" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101597v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lebreton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555705v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01090579v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jung" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzing" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01751340v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017REN1B027" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>