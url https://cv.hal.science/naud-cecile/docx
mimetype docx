--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -294,429 +294,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04619390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of dual Shapiro steps in a Josephson junctions array</w:t>
+                <w:t xml:space="preserve">Transmon-qubit readout using an in situ bifurcation amplification in the mesoscopic regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolò Crescini</w:t>
+                <w:t xml:space="preserve">R Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Cailleaux</w:t>
+                <w:t xml:space="preserve">T Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wiebke Guichard</w:t>
+                <w:t xml:space="preserve">V Milchakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Naud</w:t>
+                <w:t xml:space="preserve">C Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Buisson</w:t>
+                <w:t xml:space="preserve">L Planat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19 (6), pp.851-856. </w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (4), pp.044050. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41567-023-01961-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.20.044050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03758789v1</w:t>
+                <w:t xml:space="preserve">hal-04260584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmon-qubit readout using an in situ bifurcation amplification in the mesoscopic regime</w:t>
+                <w:t xml:space="preserve">Revealing the finite-frequency response of a bosonic quantum impurity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Dassonneville</w:t>
+                <w:t xml:space="preserve">Sébastien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Ramos</w:t>
+                <w:t xml:space="preserve">Théo Sépulcre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Milchakov</w:t>
+                <w:t xml:space="preserve">Dorian Fraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Mori</w:t>
+                <w:t xml:space="preserve">Olivier Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Planat</w:t>
+                <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 20 (4), pp.044050. </w:t>
+              <w:t xml:space="preserve">SciPost Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (5), pp.130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.20.044050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.14.5.130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04260584v1</w:t>
+                <w:t xml:space="preserve">hal-03763049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing the finite-frequency response of a bosonic quantum impurity</w:t>
+                <w:t xml:space="preserve">Evidence of dual Shapiro steps in a Josephson junctions array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Léger</w:t>
+                <w:t xml:space="preserve">Nicolò Crescini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Sépulcre</w:t>
+                <w:t xml:space="preserve">Samuel Cailleaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorian Fraudet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Wiebke Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SciPost Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (5), pp.130. </w:t>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (6), pp.851-856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.14.5.130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41567-023-01961-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03763049v1</w:t>
+                <w:t xml:space="preserve">hal-03758789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of Two-Mode Squeezing in a Traveling Wave Parametric Amplifier</w:t>
               </w:r>
@@ -754,51 +754,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Planat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Fraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 128 (15), pp.153603. </w:t>
@@ -888,51 +888,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Planat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edgar Bonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, pp.1737. </w:t>
@@ -1098,295 +1098,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photonic-Crystal Josephson Traveling-Wave Parametric Amplifier</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spin-glass phase transition revealed in transport measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Dassonneville</w:t>
+                <w:t xml:space="preserve">Guillaume Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Puertas Martínez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Léger</w:t>
+                <w:t xml:space="preserve">Mathias Solana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Wieck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lefloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevX.10.021021⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (2), pp.024206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.024206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02988747v1</w:t>
+                <w:t xml:space="preserve">hal-03087819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin-glass phase transition revealed in transport measurements</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Naud</w:t>
+                <w:t xml:space="preserve">Photonic-Crystal Josephson Traveling-Wave Parametric Amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Planat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arpit Ranadive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Wieck</w:t>
+                <w:t xml:space="preserve">Rémy Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lefloch</w:t>
+                <w:t xml:space="preserve">Javier Puertas Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 102 (2), pp.024206. </w:t>
+              <w:t xml:space="preserve">Physical Review X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (2), pp.021021. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.024206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevX.10.021021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03087819v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coulomb blockade in monolithic and monocrystalline Al-Ge-Al nanowire heterostructures</w:t>
               </w:r>
@@ -1774,90 +1774,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tunable Josephson platform to explore many-body quantum optics in circuit-QED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Puertas Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gheeraert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Planat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1921,90 +1921,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the Saturation Power of Josephson Parametric Amplifiers Made from SQUID Arrays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Planat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Puertas Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farshad Foroughi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Applied</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (3), pp.034014. </w:t>
@@ -2068,64 +2068,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Planat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ekaterina Al-Tavil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Puertas Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farshad Foroughi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2176,90 +2176,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of quantum many-body effects due to zero point fluctuations in superconducting circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Puertas-Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karthik Bharadwaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Dassonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jovian Delaforce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2630,51 +2630,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Weissl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Küng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiebke Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 26 (3), pp.1501304. </w:t>
@@ -2993,51 +2993,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epitaxial graphene morphologies probed by weak (anti)-localization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ather Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3242,295 +3242,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00661286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale investigation of graphene layers on 6H-SiC(000-1)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel E-beam lithography technique for in-situ junction fabrication: the controlled undercut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Lecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan M. Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Tiberj</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Ather Mahmood</w:t>
+                <w:t xml:space="preserve">Zhihui Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iulian Matei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1556-276X-6-171⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 22, pp.315302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/22/31/315302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00666156v1</w:t>
+                <w:t xml:space="preserve">hal-00558472v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel E-beam lithography technique for in-situ junction fabrication: the controlled undercut</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ioan M. Pop</w:t>
+                <w:t xml:space="preserve">Multiscale investigation of graphene layers on 6H-SiC(000-1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tiberj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Roch Huntzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhihui Peng</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Iulian Matei</w:t>
+                <w:t xml:space="preserve">Jean Camassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Hiebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ather Mahmood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 22, pp.315302. </w:t>
+              <w:t xml:space="preserve">Nanoscale Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, pp.171. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/22/31/315302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1556-276X-6-171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00558472v3</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00666156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Diamond Superconducting Quantum Interference Device</w:t>
               </w:r>
@@ -3555,51 +3555,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Bautze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver A. Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Bustarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3663,51 +3663,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detailed study of superconductivity in nanostructured nanocrystalline boron doped diamond thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumen Mandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. A. Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3943,51 +3943,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructures made from superconducting boron doped diamond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumen Mandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver A. Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4224,51 +4224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Naud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4326,307 +4326,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00131838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alteration of superconductivity and radial breathing modes in suspended ropes of carbon nanotubes by organic polymer coatings</w:t>
+                <w:t xml:space="preserve">Raman spectroscopy of free-standing individual semiconducting single-wall carbon nanotubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meydi Ferrier</w:t>
+                <w:t xml:space="preserve">Matthieu Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.Yu. Kasumov</w:t>
+                <w:t xml:space="preserve">S. Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Agache</w:t>
+                <w:t xml:space="preserve">Jean-Louis Sauvajol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+                <w:t xml:space="preserve">L. Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Bonnot</w:t>
+                <w:t xml:space="preserve">A. Iaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 74, pp.241402. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 110, pp.164-169. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.74.241402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp0516137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00128661v1</w:t>
+                <w:t xml:space="preserve">hal-00514938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman spectroscopy of free-standing individual semiconducting single-wall carbon nanotubes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alteration of superconductivity and radial breathing modes in suspended ropes of carbon nanotubes by organic polymer coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Langlois</w:t>
+                <w:t xml:space="preserve">Meydi Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Sauvajol</w:t>
+                <w:t xml:space="preserve">A.Yu. Kasumov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Marty</w:t>
+                <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Iaia</w:t>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp0516137⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 74, pp.241402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.74.241402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00514938v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId177"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4702,51 +4702,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2FACAD8F"/>
+    <w:nsid w:val="D95F4A5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4933,51 +4933,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/naud-cecile" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9889-8151" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619390v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G de Moraes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Fischbacher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Hong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.119970" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758789v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Crescini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cailleaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Guichard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Naud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buisson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-023-01961-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260584v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dassonneville" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ramos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Milchakov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mori" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Planat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.20.044050" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763049v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#233;ger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o S&#233;pulcre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Fraudet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.14.5.130" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441448v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Esposito" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpit Ranadive" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Planat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.153603" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449648v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Bonet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-29375-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348045v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovian Delaforce" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masiar Sistani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. B. G. Kramer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Luong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202101989" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988747v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dassonneville" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Puertas Mart&#237;nez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.10.021021" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087819v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Forestier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Solana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wieck" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefloch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.024206" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524097v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sistani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delaforce" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bharadwaj" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Luong" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nacenta Mendivil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5126088" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044554v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dassonneville" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ramos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Milchakov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Planat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dumur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevx.10.011045" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525642v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman B.G. Kramer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Anh Luong" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.9b06809" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081315v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gheeraert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-018-0104-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127968v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshad Foroughi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.11.034014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137610v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Al-Tavil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevapplied.12.064017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386708v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Puertas-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Bharadwaj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13199-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984858v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Krupko" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nguyen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Weissl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dumur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Puertas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.094516" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355274v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dumur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno K&#252;ng" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey K. Feofanov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Weissl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Krupko" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2515020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311800v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Delsol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. K&#252;ng" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2547221" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355896v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulian Matei" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.104508" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355623v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Feofanov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.020515" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705711v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ather Mahmood" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hiebel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4793591" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661286v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lecocq" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan M. Pop" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.107001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666156v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Huntzinger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Camassel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-171" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558472v3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihui Peng" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/22/31/315302" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993986v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Mandal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bautze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver A. Williams" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bustarret" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn2018396" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739499v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. A. Williams" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201000008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HFXG2759-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002862v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Veuillen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Magaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Olevano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031726" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993991v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/21/19/195303" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130698v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varchon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Feng" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hass" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich N. Nguyen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.126805" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131838v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.041403" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128661v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meydi Ferrier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Yu. Kasumov" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agache" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buchaillot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bonnot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.241402" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514938v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langlois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sauvajol" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marty" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Iaia" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0516137" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-H6VX8STP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/naud-cecile" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9889-8151" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619390v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G de Moraes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Fischbacher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Hong" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanako Okuno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.119970" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260584v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dassonneville" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ramos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Milchakov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mori" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Planat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.20.044050" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763049v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#233;ger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o S&#233;pulcre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Fraudet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buisson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Naud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.14.5.130" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758789v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#242; Crescini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cailleaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiebke Guichard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-023-01961-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441448v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Esposito" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpit Ranadive" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Planat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.153603" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449648v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Bonet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-29375-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348045v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovian Delaforce" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masiar Sistani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. B. G. Kramer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Luong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roch" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202101989" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087819v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Forestier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Solana" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wieck" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefloch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.024206" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988747v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dassonneville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Puertas Mart&#237;nez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.10.021021" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524097v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sistani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delaforce" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bharadwaj" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Luong" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nacenta Mendivil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5126088" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044554v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dassonneville" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ramos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Milchakov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Planat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dumur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevx.10.011045" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525642v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman B.G. Kramer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Anh Luong" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.9b06809" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081315v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gheeraert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-018-0104-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127968v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshad Foroughi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.11.034014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137610v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Al-Tavil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevapplied.12.064017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386708v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Puertas-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Bharadwaj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-13199-x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984858v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Krupko" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nguyen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Weissl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dumur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Puertas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.094516" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355274v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dumur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno K&#252;ng" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey K. Feofanov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Weissl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Krupko" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2515020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311800v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Delsol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. K&#252;ng" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2016.2547221" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355896v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulian Matei" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.104508" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355623v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. K. Feofanov" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.020515" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705711v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ather Mahmood" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hiebel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mallet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4793591" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661286v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lecocq" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan M. Pop" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.107001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558472v3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihui Peng" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/22/31/315302" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666156v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tiberj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Huntzinger" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Camassel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1556-276X-6-171" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993986v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Mandal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Bautze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver A. Williams" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bustarret" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn2018396" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739499v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. A. Williams" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201000008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HFXG2759-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002862v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Veuillen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Magaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Olevano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJNT.2010.031726" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993991v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/21/19/195303" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130698v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varchon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Feng" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hass" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich N. Nguyen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.126805" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131838v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.041403" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514938v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langlois" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Sauvajol" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marty" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Iaia" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0516137" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-H6VX8STP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128661v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meydi Ferrier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.Yu. Kasumov" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agache" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buchaillot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bonnot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.241402" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>