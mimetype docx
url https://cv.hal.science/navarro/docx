--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1347,165 +1347,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04065284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De l'enquête au corpus en interprétation-médiation : perspectives traductologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche en langue de spécialité, corpus et traductologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CLILLAC-ARP, Université Paris Diderot Paris 7 Mar 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01244518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Migrations et interprétation, de nouveaux enjeu pour la traduction ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Les enjeux actuels de la traduction »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de la Traduction, Institut des Humanités de Paris, Université Paris Diderot-Paris 7, Oct 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01244512v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01244518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El persistente problema deontológico de los intérpretes en los servicios públicos en Francia : estudio de caso en la CNDA y en la Ofpra</w:t>
               </w:r>
@@ -1882,178 +1882,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01244532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Langues et interprétation, que faire de l’idéologie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Benayoun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études internationale : Migration et interprétation-médiation, Représentations, migrations, enjeux méthodologiques et conceptuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Diderot Paris 7, Jun 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01244525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chaos multiculturel ou utopie urbaine, la ville plurilingue dans le cinéma de science-fiction de Métropolis à Élysium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Les centres pluriculturels : diffusion et transmission des savoirs, représentations, textes et discours politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Diderot-Paris 7, Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01244523v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01244525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linguistique et terminologie de la médiation interculturelle et multilingue dans le contexte médical français</w:t>
               </w:r>
@@ -3551,51 +3551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04319872v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Navarro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003942" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04174835v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Benayoun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kogh Pascal Som&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-philippe Zouogbo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004543" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01242918v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.michelhoudiardediteur.com/2015/05/interpretation-et-mediation-volume-2.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01243306v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01243309v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065157v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065106v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04175959v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065090v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065131v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065241v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065191v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065207v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065269v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065284v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244512v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244518v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244493v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244516v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rillof" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244521v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Humbley" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244532v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244523v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244525v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244528v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244526v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244530v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244534v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244538v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244540v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064769v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b15094" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064744v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.19488" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01392584v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/approches-linguistiques-de-la" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01243975v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064389v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48384/IMIST.PRSM/lcs-v5i1.15617" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01304456v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244543v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244546v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244548v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04319872v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Navarro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003942" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04174835v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Benayoun" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kogh Pascal Som&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-philippe Zouogbo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004543" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01242918v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.michelhoudiardediteur.com/2015/05/interpretation-et-mediation-volume-2.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01243306v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01243309v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065157v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065106v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04175959v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065090v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065131v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065241v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065191v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065207v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065269v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065284v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244518v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244512v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244493v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244516v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rillof" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244521v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Humbley" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244532v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244525v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244523v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244528v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244526v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244530v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244534v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244538v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244540v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064769v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b15094" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064744v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.19488" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01392584v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/approches-linguistiques-de-la" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01243975v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064389v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48384/IMIST.PRSM/lcs-v5i1.15617" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01304456v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244543v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244546v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01244548v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>