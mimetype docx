--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1172,295 +1172,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04345340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature Dependence of Magnetic Properties of an 18-nm-thick YIG Film Grown by Liquid Phase Epitaxy: Effect of a Pt Overlayer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathan Beaulieu</w:t>
+                <w:t xml:space="preserve">Nonlinear spin conductance of yttrium iron garnet thin films driven by large spin-orbit torque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas M. Thiéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelly Kervarec</w:t>
+                <w:t xml:space="preserve">Antoine Draveny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir V. Naletov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Thiery</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Naletov</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Attané</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Magnetics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LMAG.2018.2868700⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (6), pp.060409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.060409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01848895v2</w:t>
+                <w:t xml:space="preserve">hal-01614809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear spin conductance of yttrium iron garnet thin films driven by large spin-orbit torque</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas M. Thiéry</w:t>
+                <w:t xml:space="preserve">Temperature Dependence of Magnetic Properties of an 18-nm-thick YIG Film Grown by Liquid Phase Epitaxy: Effect of a Pt Overlayer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Kervarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thiery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Draveny</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Vila</w:t>
+                <w:t xml:space="preserve">Olivier Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Attané</w:t>
+                <w:t xml:space="preserve">Vladimir Naletov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 97 (6), pp.060409. </w:t>
+              <w:t xml:space="preserve">IEEE Magnetics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.3706005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.060409⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LMAG.2018.2868700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01614809v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01848895v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giant Rashba effect at the topological surface of PrGe revealing antiferromagnetic spintronics</w:t>
               </w:r>
@@ -1708,243 +1708,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01624336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driving mechanism for damping and g-factor in non-amorphous ferromagnetic CoFeZr ultrathin films</w:t>
+                <w:t xml:space="preserve">FMR studies of exchange-coupled multiferroic polycrystalline Pt/BiFeO 3 /Ni 81 Fe 19 /Pt heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Graët</w:t>
+                <w:t xml:space="preserve">Jamal Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Spenato</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Beaulieu</w:t>
+                <w:t xml:space="preserve">Jérôme Richy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dekadjevi</w:t>
+                <w:t xml:space="preserve">Tony Hauguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-Ph. Jay</w:t>
+                <w:t xml:space="preserve">David Dekadjevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 115 (1), pp.17002 - 17002. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (37), pp.375001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/115/17002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/37/375001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01707117v1</w:t>
+                <w:t xml:space="preserve">hal-01944842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FMR studies of exchange-coupled multiferroic polycrystalline Pt/BiFeO3/Ni81Fe19/Pt heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Ben Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Richy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Hauguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.T. Dekadjevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
@@ -1959,212 +1959,212 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03799424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FMR studies of exchange-coupled multiferroic polycrystalline Pt/BiFeO 3 /Ni 81 Fe 19 /Pt heterostructures</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Driving mechanism for damping and g-factor in non-amorphous ferromagnetic CoFeZr ultrathin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony Hauguel</w:t>
+                <w:t xml:space="preserve">C. Le Graët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Spenato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dekadjevi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Dekadjevi</w:t>
+                <w:t xml:space="preserve">J-Ph. Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 49 (37), pp.375001. </w:t>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 115 (1), pp.17002 - 17002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/37/375001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/115/17002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01944842v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear domain wall resonance in garnet films with perpendicular anisotropy: Critical role of nonlinear damping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vukadinovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2798,523 +2798,523 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cavity-FMR studies of LPE epitaxial YIG films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low damping of submicronic thin films of YIG grown by rf sputtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Hurdequint</w:t>
+                <w:t xml:space="preserve">Diane Gouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire de Loubens</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathan Beaulieu</w:t>
+                <w:t xml:space="preserve">Hugo Merbouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Vukadinovic</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdelmadjid Anane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Louis Néel 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Obernay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702148v1</w:t>
+                <w:t xml:space="preserve">hal-04702109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low damping of submicronic thin films of YIG grown by rf sputtering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonlinear interactions between spin-wave modes probed by parametric excitation in YIG microstructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Ngouagnia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titiksha Srivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Merbouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Anane</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Louis Néel 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Obernay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702109v1</w:t>
+                <w:t xml:space="preserve">hal-04702136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear interactions between spin-wave modes probed by parametric excitation in YIG microstructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamique de parois dans des films de grenat de fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jeudy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Ben Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Ngouagnia</w:t>
+                <w:t xml:space="preserve">Lucas Albornoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titiksha Srivastava</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Abdelmadjid Anane</w:t>
+                <w:t xml:space="preserve">R. Diaz-Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Louis Néel 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Obernay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04702136v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04702169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique de parois dans des films de grenat de fer</w:t>
+                <w:t xml:space="preserve">Cavity-FMR studies of LPE epitaxial YIG films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jeudy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">H. Hurdequint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire de Loubens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Diaz-Pardo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Vukadinovic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Louis Néel 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Obernay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702169v1</w:t>
+                <w:t xml:space="preserve">hal-04702148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propriétés mécanique et magnétique de films minces d'alliage à mémoire de forme Ni55Mn23Ga22 déposé sur SiO2/Si par pulvérisation cathodique magnétron</w:t>
               </w:r>
@@ -3623,51 +3623,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-temperature-compatible iron garnet films grown by liquid phase epitaxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3793,51 +3793,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir V. Naletov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3911,51 +3911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir V. Naletov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thiery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3977,103 +3977,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete identification of spin-wave eigenmodes excited by parametric pumping in YIG microdisks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Titiksha Srivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Merbouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Ngouagnia Yemeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Ben Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4485,51 +4485,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04696493v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Merbouche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Che" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Srivastava" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beaulieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.064041" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04485884v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ngouagnia Yemeli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.19.064078" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935127v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyongmo An" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuhei Kohno" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M. Thi&#233;ry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Reitz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vila" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.174432" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935132v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul No&#235;l" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0028664" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem N. Litvinenko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aufa A. Fuad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir V. Naletov" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.060407" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501993v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Divinskiy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thi&#233;ry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Klein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5131689" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944662v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Soumah" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Beaulieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Qassym" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Carr&#233;t&#233;ro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacquet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-05732-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04345340v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thiery" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Naletov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vila" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marty" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brenac" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.064422" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848895v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Kervarec" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thiery" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Klein" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Naletov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMAG.2018.2868700" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614809v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Draveny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Attan&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.060409" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944850v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soma Banik" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranab Kumar Das" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bendounan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vobornik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02401-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01624336v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Silly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Fert&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Tordeux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pierucci" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577517007913" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707117v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Gra&#235;t" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Spenato" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dekadjevi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Jay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/115/17002" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799424v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ben Youssef" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Richy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Hauguel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Dekadjevi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944842v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dekadjevi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/37/375001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354852v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vukadinovic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.214408" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01381241v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Sirotti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G. Silly" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauvet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.035401" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944888v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Malinowski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2013.06.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJ0RMLXB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944898v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Muller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schleitzer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gutt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pfau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaffert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08940886.2013.850384" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944897v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Risterucci" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geog Held" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Silly" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S090904951202050X" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702148v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hurdequint" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire de Loubens" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vukadinovic" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702109v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Gou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Merbouche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Anane" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702136v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ngouagnia" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titiksha Srivastava" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702169v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jeudy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Albornoz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diaz-Pardo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660160v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delobelle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rousselot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hirsinger" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Souleiman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944876v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07743-7_97" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512686v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Schlitz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davit Petrosyan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Lammel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207174v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207180v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992254v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ngouagnia Yemeli" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144422v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00953656v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA112275" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04696493v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Merbouche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Che" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Srivastava" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beaulieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.064041" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04485884v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ngouagnia Yemeli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.19.064078" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935127v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyongmo An" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuhei Kohno" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M. Thi&#233;ry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Reitz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vila" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.174432" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935132v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul No&#235;l" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0028664" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem N. Litvinenko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aufa A. Fuad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir V. Naletov" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.060407" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501993v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Divinskiy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thi&#233;ry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Klein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5131689" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944662v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Soumah" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Beaulieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Qassym" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Carr&#233;t&#233;ro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacquet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-05732-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04345340v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thiery" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Naletov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vila" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marty" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brenac" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.064422" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614809v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Draveny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Attan&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.060409" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848895v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Kervarec" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thiery" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Klein" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Naletov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMAG.2018.2868700" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944850v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soma Banik" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pranab Kumar Das" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bendounan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Vobornik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02401-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01624336v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G Silly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Fert&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Tordeux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Pierucci" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577517007913" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944842v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ben Youssef" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Richy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Hauguel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dekadjevi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/37/375001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799424v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Dekadjevi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707117v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Gra&#235;t" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Spenato" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dekadjevi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Ph. Jay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/115/17002" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354852v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vukadinovic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Castel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.214408" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01381241v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Sirotti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu G. Silly" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauvet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.035401" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944888v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Malinowski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2013.06.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJ0RMLXB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944898v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Muller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schleitzer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gutt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pfau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schaffert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08940886.2013.850384" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944897v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Risterucci" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geog Held" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Silly" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S090904951202050X" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702109v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Gou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Merbouche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Anane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702136v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ngouagnia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titiksha Srivastava" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702169v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jeudy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Albornoz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diaz-Pardo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04702148v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hurdequint" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire de Loubens" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vukadinovic" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00660160v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delobelle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rousselot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hirsinger" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Souleiman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944876v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07743-7_97" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512686v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Schlitz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davit Petrosyan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Lammel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207174v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207180v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992254v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Ngouagnia Yemeli" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144422v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00953656v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA112275" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>