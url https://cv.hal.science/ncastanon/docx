--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -160,282 +160,282 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obesity-induced emotional alterations in mice are associated with impairments of tryptophan metabolism along the kynurenine and indole pathways</w:t>
+                <w:t xml:space="preserve">The immune system: An effective therapeutic target for duloxetine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 130, pp.106107. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2025.106107⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 128, pp.510-511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2025.04.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283688v1</w:t>
+                <w:t xml:space="preserve">hal-05215784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The immune system: An effective therapeutic target for duloxetine</w:t>
+                <w:t xml:space="preserve">Obesity-induced emotional alterations in mice are associated with impairments of tryptophan metabolism along the kynurenine and indole pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Vancassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Cussotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Leyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 128, pp.510-511. </w:t>
+              <w:t xml:space="preserve">, 2025, 130, pp.106107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2025.04.035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2025.106107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05215784v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of saffron extract supplementation on mood in healthy adults with subclinical symptoms of depression: A randomized, double-blind placebo-controlled study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Leyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena Farneti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -506,498 +506,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05302563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute Effect of a Saffron Extract (Safr’InsideTM) and Its Main Volatile Compound on the Stress Response in Healthy Young Men: A Randomized, Double Blind, Placebo-Controlled, Crossover Study</w:t>
+                <w:t xml:space="preserve">Modulation of gut microbiota by antibiotics did not affect anhedonia in a high-fat diet-induced model of depression in male mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Pouchieu</w:t>
+                <w:t xml:space="preserve">Magali Monnoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Line Pourtau</w:t>
+                <w:t xml:space="preserve">Pauline Flauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Brossaud</w:t>
+                <w:t xml:space="preserve">Catherine Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Gaudout</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Benoît Corcuff</w:t>
+                <w:t xml:space="preserve">Sylvie Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nu15132921⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food, Nutrition and Diet Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (1), pp.20-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55976//fnds.12023117220-32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04148636v1</w:t>
+                <w:t xml:space="preserve">hal-04189068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of gut microbiota by antibiotics did not affect anhedonia in a high-fat diet-induced model of depression in male mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Saffron extract interferes with lipopolysaccharide-induced brain activation of the kynurenine pathway and impairment of monoamine neurotransmission in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Monnoye</w:t>
+                <w:t xml:space="preserve">Jennifer Morael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Flauss</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Rabot</w:t>
+                <w:t xml:space="preserve">Alexandrine Guille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food, Nutrition and Diet Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.55976//fnds.12023117220-32⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2023.1267839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189068v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saffron extract interferes with lipopolysaccharide-induced brain activation of the kynurenine pathway and impairment of monoamine neurotransmission in mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acute Effect of a Saffron Extract (Safr’InsideTM) and Its Main Volatile Compound on the Stress Response in Healthy Young Men: A Randomized, Double Blind, Placebo-Controlled, Crossover Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouchieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Line Pourtau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
+                <w:t xml:space="preserve">Julie Brossaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Morael</w:t>
+                <w:t xml:space="preserve">David Gaudout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandrine Guille</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Vancassel</w:t>
+                <w:t xml:space="preserve">Jean-Benoît Corcuff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10, pp.1-15. </w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnut.2023.1267839⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nu15132921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04229182v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetrahydrobiopterin modulates the behavioral neuroinflammatory response to an LPS challenge in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Cussotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1074,64 +1074,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Wauquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Boutin-Wittrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gaudout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Moras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1182,90 +1182,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevention of Stress-Induced Depressive-like Behavior by Saffron Extract Is Associated with Modulation of Kynurenine Pathway and Monoamine Neurotransmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique de Smedt-Peyrusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Morael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Capuron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1316,90 +1316,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saffron extract-induced improvement of depressive-like behavior in mice is associated with modulation of monoaminergic neurotransmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pouchieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Capuron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1502,51 +1502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Calon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Neuropharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 19 (5), pp.591-609. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1593,51 +1593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new experimental design to study inflammation-related versus non-inflammation-related depression in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1874,77 +1874,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayatte-Dounia Mir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Milman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Monnoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 119, pp.104750. </w:t>
@@ -2332,51 +2332,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain kynurenine and BH4 pathways: relevance to the pathophysiology and treatment of inflammation-driven depressive symptoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Capuron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2893,126 +2893,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle de la neuroinflammation dans les troubles de l’humeur associés à l’obésité et au diabète de type 2</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Célia Fourrier</w:t>
+                <w:t xml:space="preserve">Les troubles de l’humeur associés à l’obésité et au diabète de type 2 : rôle de la neuroinflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Layé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabète et Obésité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 10 (93), pp.180-184</w:t>
+              <w:t xml:space="preserve">, 2015, 93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02629799v1</w:t>
+                <w:t xml:space="preserve">hal-03335737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of neuroinflammation in the emotional and cognitive alterations displayed by animal models of obesity</w:t>
               </w:r>
@@ -3096,1182 +3092,1186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02639251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les troubles de l’humeur associés à l’obésité et au diabète de type 2 : rôle de la neuroinflammation</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Juvenile obesity enhances emotional memory and amygdala plasticity through glucocorticoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Maroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Tantot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cavaroc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabète et Obésité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35 (9), pp.4092-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3122-14.2015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335737v1</w:t>
+                <w:t xml:space="preserve">hal-02634294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juvenile obesity enhances emotional memory and amygdala plasticity through glucocorticoids</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rôle de l’inflammation dans la dépression associée au diabète</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Fourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nutritions &amp; Endocrinologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (73), pp.34-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.3122-14.2015⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02634294v1</w:t>
+                <w:t xml:space="preserve">hal-02629824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle de l’inflammation dans la dépression associée au diabète</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Perinatal high-fat diet increases hippocampal vulnerability to the adverse effects of subsequent high-fat feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine L. Lepinay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Joffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niyazi Acar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iciar Garate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutritions &amp; Endocrinologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53, pp.82-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2014.12.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02629824v1</w:t>
+                <w:t xml:space="preserve">hal-01204439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinatal high-fat diet increases hippocampal vulnerability to the adverse effects of subsequent high-fat feeding</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rôle de la neuroinflammation dans les troubles de l’humeur associés à l’obésité et au diabète de type 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Fourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Diabète et Obésité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (93), pp.180-184</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01204439v1</w:t>
+                <w:t xml:space="preserve">hal-02629799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impairment of hippocampal-dependent memory induced by juvenile high-fat diet intake is associated with enhanced hippocampal inflammation in rats</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Agnès Aubert</w:t>
+                <w:t xml:space="preserve">Diet-induced obesity progressively alters cognition, anxiety-like behavior and lipopolysaccharide-induced depressive-like behavior: focus on brain indoleamine 2,3-dioxygenase activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 40, pp.9-17. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2014.03.005⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 41, pp.10-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2014.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02638223v1</w:t>
+                <w:t xml:space="preserve">hal-02638673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La dépression, due à une inflammation ?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lipopolysaccharide-induced brain activation of the indoleamine 2,3-dioxygenase and depressive-like behavior are impaired in a mouse model of metabolic syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerveau et Psycho.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40, pp.48-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2013.10.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02633100v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychiatric comorbidity in obesity: role of inflammatory processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impairment of hippocampal-dependent memory induced by juvenile high-fat diet intake is associated with enhanced hippocampal inflammation in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Boitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cavaroc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fendo.2014.00074⟩</w:t>
+              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40, pp.9-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2014.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02638626v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet-induced obesity progressively alters cognition, anxiety-like behavior and lipopolysaccharide-induced depressive-like behavior: focus on brain indoleamine 2,3-dioxygenase activation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sophie Layé</w:t>
+                <w:t xml:space="preserve">La dépression, due à une inflammation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Capuron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cerveau et Psycho.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 63, pp.70-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2014.03.012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02638673v1</w:t>
+                <w:t xml:space="preserve">hal-02633100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipopolysaccharide-induced brain activation of the indoleamine 2,3-dioxygenase and depressive-like behavior are impaired in a mouse model of metabolic syndrome</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neuropsychiatric comorbidity in obesity: role of inflammatory processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lasselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Capuron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2013.10.014⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, 9 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fendo.2014.00074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02635384v1</w:t>
+                <w:t xml:space="preserve">hal-02638626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive and emotional alterations are related to hippocampal inflammation in a mouse model of metabolic syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Layé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4394,1008 +4394,1008 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02655013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipopolysaccharide-induced depressive-like behavior is mediated by indoleamine 2,3-dioxygenase activation in mice</w:t>
+                <w:t xml:space="preserve">Interferon-γ and tumor necrosis factor-α mediate the upregulation of indoleamine 2,3-dioxygenase and the induction of depressive-like behavior in mice in response to bacillus Calmette-Guérin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason C. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Caroline André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunxia Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marcus A. Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lestage</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra S. Szegedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.mp.4002148⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (13), pp.4200-4209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.5032-08.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02668920v1</w:t>
+                <w:t xml:space="preserve">hal-02668803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction of IDO by bacille Calmette-Guerin is responsible for development of murine depressive-like behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason C. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus A. Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcus A. Lawson</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Caroline André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eileen M. Briley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra S. Szegedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 182 (5), pp.3202-3212. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4049/jimmunol.0802722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02666387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interferon-γ and tumor necrosis factor-α mediate the upregulation of indoleamine 2,3-dioxygenase and the induction of depressive-like behavior in mice in response to bacillus Calmette-Guérin</w:t>
+                <w:t xml:space="preserve">Lipopolysaccharide-induced depressive-like behavior is mediated by indoleamine 2,3-dioxygenase activation in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason C. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline André</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus A. Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yunxia Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sandra S. Szegedi</w:t>
+                <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 29 (13), pp.4200-4209. </w:t>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 14 (5), pp.511-522. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.5032-08.2009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/sj.mp.4002148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02668803v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inoculation of Bacillus Calmette-Guerin to mice induces an acute episode of sickness behavior followed by chronic depressive-like behavior</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatio-temporal differences in the profile of murine brain expression of proinflammatory cytokines and indoleamine 2,3-dioxygenase in response to peripheral lipopolysaccharide administration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason C. O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maite Moreau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jason C. O'Connor</w:t>
+                <w:t xml:space="preserve">Keith W. Welley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara A. Dumich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jeffrey A. Woods</w:t>
+                <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2008.04.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroimmunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 200 (1-2), pp.90-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jneuroim.2008.06.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662340v1</w:t>
+                <w:t xml:space="preserve">hal-02665835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal differences in the profile of murine brain expression of proinflammatory cytokines and indoleamine 2,3-dioxygenase in response to peripheral lipopolysaccharide administration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Inoculation of Bacillus Calmette-Guerin to mice induces an acute episode of sickness behavior followed by chronic depressive-like behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maite Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason C. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keith W. Welley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lestage</w:t>
+                <w:t xml:space="preserve">Sara A. Dumich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Dantzer</w:t>
+                <w:t xml:space="preserve">Jeffrey A. Woods</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroimmunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 200 (1-2), pp.90-99. </w:t>
+              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 22 (7), pp.1087-1095. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jneuroim.2008.06.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2008.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665835v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aging exacerbates depressive-like behavior in mice in response to activation of the peripheral innate immune system</w:t>
+                <w:t xml:space="preserve">Lipopolysaccharide induces delayed FosB/DeltaFosB immunostaining within the mouse extended amygdala, hippocampus and hypothalamus, that parallel the expression of depressive-like behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Godbout</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+                <w:t xml:space="preserve">François Frenois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">- Jing Chen</w:t>
+                <w:t xml:space="preserve">Jason O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.L. Sparkman</w:t>
+                <w:t xml:space="preserve">Marc Lawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Micon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.npp.1301649⟩</w:t>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32 (5), pp.516-531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2007.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02663123v1</w:t>
+                <w:t xml:space="preserve">hal-02669052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipopolysaccharide induces delayed FosB/DeltaFosB immunostaining within the mouse extended amygdala, hippocampus and hypothalamus, that parallel the expression of depressive-like behavior</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+                <w:t xml:space="preserve">Aging exacerbates depressive-like behavior in mice in response to activation of the peripheral innate immune system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Godbout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jason O'Connor</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Lawson</w:t>
+                <w:t xml:space="preserve">- Jing Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Micon</w:t>
+                <w:t xml:space="preserve">N.L. Sparkman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 32 (5), pp.516-531. </w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2007.03.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/sj.npp.1301649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02669052v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacille Calmette-Guérin inoculation induces chronic activation of peripheral and brain indoleamine 2,3-dioxygenase in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5515,51 +5515,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.W. Kelley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 18, pp.186-200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5623,51 +5623,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mormède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 29, pp.778-790</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5744,51 +5744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Moze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroimmunomodulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 10, pp.359-366</w:t>
@@ -5869,51 +5869,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 28, pp.19-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5977,51 +5977,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 17, pp.110-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6326,51 +6326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Bluthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychopharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 154, pp.50-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6963,916 +6963,916 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02693955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of [3H]5-HT release in raphe, frontal cortex and hippocampus of 5-HT1B knock-out mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic analysis of the relationships between behavioral and neuroendocrine traits in Roman High and Low Avoidance rat lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graciela Pineyro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+                <w:t xml:space="preserve">F. Perez-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">René Hen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Blier</w:t>
+                <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroReport</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Behavior Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 25 (4), pp.371-384</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02713376v1</w:t>
+                <w:t xml:space="preserve">hal-02699294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Male Fischer 344 and Lewis rats display differences in locomotor reactivity, but not in anxiety-related behaviours : relationship with the hippocampal serotonergic system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
+                <w:t xml:space="preserve">Cerebral tryptophan hydroxylase activity, and 5-HT1A receptor, 5-HT2A receptor, and 5-HT transporter binding in grouped and isolated Roman RHA and RLA rats : relationships with behaviours in two models of anxiety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kulikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mormède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chaouloff</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 693, pp.169-178</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 121, pp.385-395</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02704406v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02705139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic analysis of the relationships between behavioral and neuroendocrine traits in Roman High and Low Avoidance rat lines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Male Fischer 344 and Lewis rats display differences in locomotor reactivity, but not in anxiety-related behaviours : relationship with the hippocampal serotonergic system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chaouloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kulikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sarrieau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 25 (4), pp.371-384</w:t>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 693, pp.169-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02699294v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02704406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebral tryptophan hydroxylase activity, and 5-HT1A receptor, 5-HT2A receptor, and 5-HT transporter binding in grouped and isolated Roman RHA and RLA rats : relationships with behaviours in two models of anxiety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Kulikov</w:t>
+                <w:t xml:space="preserve">Regulation of [3H]5-HT release in raphe, frontal cortex and hippocampus of 5-HT1B knock-out mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graciela Pineyro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F. Chaouloff</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Hen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Blier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NeuroReport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 7 (1), pp.353-359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/00001756-199512290-00084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02705139v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02713376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychobiogenetics: adapted tools for the study of the coupling between behavioral and neuroendocrine traits of emotional reactivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cocaine sensitivity in roman high and low avoidance rats is modulated by sex and gonadal hormone status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Haney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 645, pp.179-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0006-8993(94)91651-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02702254v1</w:t>
+                <w:t xml:space="preserve">hal-02711956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cocaine sensitivity in roman high and low avoidance rats is modulated by sex and gonadal hormone status</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Haney</w:t>
+                <w:t xml:space="preserve">Paradoxical differences in animal models of anxiety among the Roman rat lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chaouloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 182, pp.217-221</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02711956v1</w:t>
+                <w:t xml:space="preserve">hal-02700592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paradoxical differences in animal models of anxiety among the Roman rat lines</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maturation of the behavioral and neuroendocrine differences between the roman rat lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dulluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 55 (4), pp.775-782. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0031-9384(94)90059-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02700592v1</w:t>
+                <w:t xml:space="preserve">hal-02711867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maturation of the behavioral and neuroendocrine differences between the roman rat lines</w:t>
+                <w:t xml:space="preserve">Psychobiogenetics: adapted tools for the study of the coupling between behavioral and neuroendocrine traits of emotional reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 19 (3), pp.257-282</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02711867v1</w:t>
+                <w:t xml:space="preserve">hal-02702254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychoneuroendocrine profile associated with hypertension or hyperactivity in spontaneously hypertensive rats</w:t>
               </w:r>
@@ -7897,51 +7897,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.D. Hendley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X.M. Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physiology - Regulatory, Integrative and Comparative Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 265 (6), pp.R1304-R1310. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7988,77 +7988,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prolactin as a link between behavioral and immune differences between the roman rat lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dulluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, 51, pp.1235-1241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8135,51 +8135,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vitiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. J. Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroimmunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, 31 (1), pp.27-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8225,90 +8225,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple neuroendocrine responses to chronic social stress : interaction between individual characteristics and situational factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dulluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8408,64 +8408,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Wauquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Boutin-Wittrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gaudout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Moras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8639,221 +8639,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt biologique des métabolites oxygénés de l’acide alpha-linolénique, projet Oxylinofr</w:t>
+                <w:t xml:space="preserve">Obésité et comorbidité psychiatrique: quel rôle pour l’inflammation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Journée Scientifique de l'IMBL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">14. Congrès ARSPG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02794353v1</w:t>
+                <w:t xml:space="preserve">hal-02739524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obésité et comorbidité psychiatrique: quel rôle pour l’inflammation ?</w:t>
+                <w:t xml:space="preserve">Intérêt biologique des métabolites oxygénés de l’acide alpha-linolénique, projet Oxylinofr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Capel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guichardant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vaysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Chardigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Congrès ARSPG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">16. Journée Scientifique de l'IMBL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739524v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02794353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle du microbiote intestinal dans les troubles de la cognition associés au syndrome métabolique: impact et mécanismes d'action des prébiotiques</w:t>
               </w:r>
@@ -8865,51 +8865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lourdes Fernandez de Cossio Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice D. Cani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9096,277 +9096,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02803021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early consumption of a high-fat diet is more detrimental than adult consumption for spatial and relational memories in rats and mice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic variability in metabolic and behavioral responses to Western life style: analysis of the transcortin-deficient mouse after high fat diet and chronic stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Etchamendy</w:t>
+                <w:t xml:space="preserve">Amandine Minni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Marighetto</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sophie Layé</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Helbling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine C. Tridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane S. Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Brétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Colloque de la Société Française de Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">Rencontres de la Communauté de Travail des Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labo/service de l'auteur., Dec 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02745803v1</w:t>
+                <w:t xml:space="preserve">hal-02804658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic variability in metabolic and behavioral responses to Western life style: analysis of the transcortin-deficient mouse after high fat diet and chronic stress</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claudine C. Tridon</w:t>
+                <w:t xml:space="preserve">Early consumption of a high-fat diet is more detrimental than adult consumption for spatial and relational memories in rats and mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane S. Grégoire</w:t>
+                <w:t xml:space="preserve">Nicole Etchamendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Brétillon</w:t>
+                <w:t xml:space="preserve">Aline Marighetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres de la Communauté de Travail des Pyrénées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Labo/service de l'auteur., Dec 2011, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">10. Colloque de la Société Française de Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804658v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early high-fat diet impairs spatial memory but enhances conditioned odor aversion in rats</w:t>
               </w:r>
@@ -9378,51 +9378,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferreira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Neuromen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9529,90 +9529,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bases biologiques des troubles de l’humeur : la piste des cytokines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.W. Kelley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque final de l’Action Concertée Incitative « Neurosciences intégratives et computationnelles »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Paris, France</w:t>
@@ -9654,64 +9654,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inflammation and depression: the usefulness of animal models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9766,90 +9766,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Central localization of cytokines induced indoleamine 2,3-dioxygenase(IDO) activation following peripheral immune system stimulation in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.W. Kelley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9930,64 +9930,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Lawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Annual Meeting of the Psychoneuroimmunology Research Society (PNIRS 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Arcachon, France</w:t>
@@ -10079,204 +10079,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic antidepressant treatment attenuates the expression and brain actions of proinflammatory cytokines</w:t>
+                <w:t xml:space="preserve">Effet de l’administration d’un antidépresseur sur l’expression et les actions des cytokines dans le cerveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lestage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on “Cytokines and Depression: where do we stand”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Dinard, France</w:t>
+              <w:t xml:space="preserve">3. Journées d’Information Scientifique du Département de Physiologie Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02830366v1</w:t>
+                <w:t xml:space="preserve">hal-02761863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’administration d’un antidépresseur sur l’expression et les actions des cytokines dans le cerveau</w:t>
+                <w:t xml:space="preserve">Chronic antidepressant treatment attenuates the expression and brain actions of proinflammatory cytokines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées d’Information Scientifique du Département de Physiologie Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Tours, France</w:t>
+              <w:t xml:space="preserve">Symposium on “Cytokines and Depression: where do we stand”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Dinard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761863v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02830366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there evidence for an effect of antidepressant drugs on immune function?</w:t>
               </w:r>
@@ -10357,51 +10357,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioural effects of cytokines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congress of the Collegium Internationale Neuro-Psychopharmacologicum (CINP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10478,51 +10478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ramboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Hen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Short Course 1 Syllabus, Annual Meeting Society for Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1996, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10560,51 +10560,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of genotype on the development of behavioral and neuroendocrine stress responses, study of the Roman rat lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting of the Behavior Genetics Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10642,51 +10642,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychobiological and psychopharmacological studies of Roman rats lines: is the Roman low avoidance really &amp;quot;anxious&amp;quot; or &amp;quot;depressed&amp;quot;?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Meeting on Strategies for Studying CNS Active Compounds: Models, Screens and Clinical Syndromes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10705,433 +10705,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02777898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic analysis of the relationships between behavioral and neuroendocrine traits in Roman low and high avoidance lines of rats</w:t>
+                <w:t xml:space="preserve">Analyse génétique des relations entre les caractéristiques comportementales et neuroendocriniennes des rats Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Sandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dulluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73. Meeting of the Endocrine Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1991, United States</w:t>
+              <w:t xml:space="preserve">Colloque de la Société de Neuroendocrinologie Expérimentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02777923v1</w:t>
+                <w:t xml:space="preserve">hal-02777896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse génétique des relations entre les caractéristiques comportementales et neuroendocriniennes des rats Roman</w:t>
+                <w:t xml:space="preserve">Recherche de liens endocriniens entre caractéristiques comportementales et immunitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société de Neuroendocrinologie Expérimentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1991</w:t>
+              <w:t xml:space="preserve">Journée Scientifique de l'Université de Bordeaux II sur la Physiologie et la Physiopathologie de l'hypophyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02777896v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02850192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de liens endocriniens entre caractéristiques comportementales et immunitaires</w:t>
+                <w:t xml:space="preserve">Recherche de liens endocriniens entre caractéristiques comportementales et immunitaires. Etude génétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique de l'Université de Bordeaux II sur la Physiologie et la Physiopathologie de l'hypophyse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02850192v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02850145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de liens endocriniens entre caractéristiques comportementales et immunitaires. Etude génétique</w:t>
+                <w:t xml:space="preserve">Genetic analysis of the relationships between behavioral and neuroendocrine traits in Roman low and high avoidance lines of rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dulluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Lemaire</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId234" w:history="1">
+                <w:t xml:space="preserve">Michel Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique de l'Université de Bordeaux II sur la Physiologie et la Physiopathologie de l'hypophyse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1991, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">73. Meeting of the Endocrine Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02850145v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02777923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11149,103 +11149,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of gut microbiota by antibiotics did not affect anhedonia in a high-fat diet-induced model of depression in male mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Monnoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Flauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FENS Forum of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
@@ -11274,103 +11274,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tetrahydrobiopterin modulates the behavioral neuroinflammatory response to an LPS challenge in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hortense Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Cussotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PNIRS Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Zurich, Switzerland</w:t>
@@ -11393,364 +11393,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04094036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthocyanin-rich bilberry extract exerts a complex nutrigenomic effect in hippocampus of ApoE-/- mice</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Beneficial effects of saffron extract (Crocus sativus L.) supplementation on pathophysiology and treatment of mood disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Vancassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Capuron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Line Pourtau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gaudout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Free Radical Research Europe (SFRR-E) Annual Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bordeaux Summer School - ECNP Immuno-NeuroPsychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04126261v1</w:t>
+                <w:t xml:space="preserve">hal-03305042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneficial effects of saffron extract (Crocus sativus L.) supplementation on pathophysiology and treatment of mood disorders</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anthocyanin-rich bilberry extract exerts a complex nutrigenomic effect in hippocampus of ApoE-/- mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irena Krga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Castanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragan Milenkovic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bordeaux Summer School - ECNP Immuno-NeuroPsychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Free Radical Research Europe (SFRR-E) Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Belgrade, Serbia. Free Radical Biology and Medicine, 177 (Supplement 1), pp.S89, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2021.08.117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03305042v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04126261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beneficial effects of saffron extract (Crocus sativus L.) supplementation on pathophysiology and treatment of mood disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Capuron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Pourtau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gaudout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FENS Forum of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Virtual Congress, France</w:t>
@@ -11792,51 +11792,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depression and therapeutic resistance: complementary models to study inflammatory versus non-inflammatory depression in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11904,51 +11904,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depression and therapeutic resistance: complementary models to study inflammatory versus non-inflammatory depression in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Monchaux de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11956,51 +11956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Darnaudery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International NeuroFrance 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Marseille, France. 2019, Scientific Programme</w:t>
@@ -12068,51 +12068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Naudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayatte-Dounia Mir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Milman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12292,90 +12292,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt biologique des métabolites oxygénés de l’acide alpha-linolénique : rôle dans la neuroinflammation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Joffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beuzelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Guichardant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire SAS-Pivert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Bordeaux, France. 2017</w:t>
@@ -12568,51 +12568,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Joffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Layé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12771,51 +12771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Joffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées francophones de nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Marseille, France. 2015</w:t>
@@ -12896,51 +12896,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Layé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Joffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Colloque de la Société Française de Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Montpellier, France. 2015</w:t>
@@ -12982,77 +12982,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de la transcortine dans la régulation du poids corporel et de la réactivité émotionnelle après un régime hyperlipidique associé à un stress chronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Minni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Cadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Helbling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela de Medeiros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13120,51 +13120,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13254,51 +13254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Layé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13353,51 +13353,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of memory and plasticity by early high fat diet consumption: bidirectional effects on hippocampus and amygdala</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna Maroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tantot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13478,90 +13478,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative analysis of fatty acids in mice brain: effect of inflammation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Madore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane S. Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique de Smedt-Peyrusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niyazi Acar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Chevreul de la Société Française pour l’Etude des Lipides (SFEL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Paris, France. 2011</w:t>
@@ -13590,77 +13590,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcortin deficient mice are insensitive to chronic stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Minni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Helbling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine C. Tridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13724,51 +13724,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumption of high-fat diet during adolescence is more detrimental than adult consumption for spatial and relational memories and hippocampal neurogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Boitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Etchamendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13849,51 +13849,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interferon-γ and tumor necrosis factor-α mediate the upregulation of indoleamine 2,3-dioxygenase and the induction of depressive-like behavior in mice in response to peripheral chronic immune activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13987,64 +13987,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Forum de la Société Européenne des Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Genève, Switzerland. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14082,77 +14082,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term dietary leucine and valine supplementation induces significant hypofunction of brain serotonergic function in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Colloque de la Société Française de Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Montpellier, France. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14203,77 +14203,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Colloque de la Société Française de Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Montpellier, France. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14311,90 +14311,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of cytokine-induced activation of brain indoleamine 2,3-dioxygenase (IDO), a tryptophan-catabolizing enzyme, involved in behavioral and mood alterations observed in mice models of infection and obesity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Dinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum de la Société Européenne des Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Vienne, Austria. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14432,90 +14432,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic brain indoleamine 2,3-dioxygenase activation based on Bacille Calmette-Guerin infection affects central 5-HT neurotransmission: a murine model of depressive-like behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum de la Société Européenne des Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Vienne, Austria. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14553,64 +14553,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bacille de Calmette et Guérin induit l’activation chronique de l’IDO centrale et périphérique : un modèle expérimental de dépression induite par les cytokines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14678,64 +14678,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bacille de Calmette et Guérin induit l’activation chronique de l’IDO centrale et périphérique : un modèle expérimental de dépression induite par les cytokines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14829,51 +14829,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECNP workshop on Neuropsychopharmacology for young Scientists in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Nice, France. 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14937,64 +14937,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum de la Société Européenne des Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Lisbonne, Portugal. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15282,77 +15282,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un exemple d’interactions entre le système nerveux central et le système immunitaire au travers du métabolisme du tryptophane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées d’Information Scientifique du Département de Physiologie Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, France. 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15371,217 +15371,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’un traitement antidépresseur sur le comportement de maladie et sur l’induction de l’expression centrale et périphérique de cytokines par le lipopolysaccharide</w:t>
+                <w:t xml:space="preserve">Chronic antidepressant treatment attenuates LPS- and IL-1-induced sickness behavior in the rat but does not alter expression of pro- and anti-inflammatory cytokines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de la Société Française des Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, Marseille, France. 1999</w:t>
+              <w:t xml:space="preserve">1. Symposium on “Expression and Action of Anti-inflammatory Cytokines in the Brain”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Arcachon, France. 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02769835v1</w:t>
+                <w:t xml:space="preserve">hal-02840228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic antidepressant treatment attenuates LPS- and IL-1-induced sickness behavior in the rat but does not alter expression of pro- and anti-inflammatory cytokines</w:t>
+                <w:t xml:space="preserve">Effets d’un traitement antidépresseur sur le comportement de maladie et sur l’induction de l’expression centrale et périphérique de cytokines par le lipopolysaccharide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Symposium on “Expression and Action of Anti-inflammatory Cytokines in the Brain”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, Arcachon, France. 1999</w:t>
+              <w:t xml:space="preserve">Colloque de la Société Française des Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Marseille, France. 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02840228v1</w:t>
+                <w:t xml:space="preserve">hal-02769835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">5-HT1B receptors modulate the effects of cocaine: comparison of genetic and pharmacological approaches</w:t>
               </w:r>
@@ -15731,51 +15731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Marie Bluthé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of the Society of Psychoneuroendocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, Trèves, Germany. 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15947,51 +15947,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José J. Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Scearce-Levie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Hen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting Society of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, Nouvelle Orléans, United States. 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16135,601 +16135,601 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alcohol responses in null mutant mice missing the serotonin 5HT1B receptor</w:t>
+                <w:t xml:space="preserve">Mice lacking 5-HT1B receptors display altered behavioral responses to cocaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D.J. Feller</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Scearce-Levie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting Society of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, San Diego, United States. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02778279v1</w:t>
+                <w:t xml:space="preserve">hal-02778307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mice lacking 5-HT1B receptors display altered behavioral responses to cocaine</w:t>
+                <w:t xml:space="preserve">Inhibition of plasma protein extravasation by 5-HT1 agonists in rodent dura mater: pharmacological characterization using a selective antagonist and 5-HT1B knockout mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Weaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimberley Scearce-Levie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Hen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting Society of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, San Diego, United States. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02778307v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of plasma protein extravasation by 5-HT1 agonists in rodent dura mater: pharmacological characterization using a selective antagonist and 5-HT1B knockout mice</w:t>
+                <w:t xml:space="preserve">Regulation of 5-HT release in 5-HT1B knock-out mice: experiments in hippocampal, frontal cortex and midbrain raphe slices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Piñeyro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Weaber</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P.U. Blier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting Society of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, San Diego, United States. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02778283v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of 5-HT release in 5-HT1B knock-out mice: experiments in hippocampal, frontal cortex and midbrain raphe slices</w:t>
+                <w:t xml:space="preserve">Knock-out mice lacking 5-HT1B receptors: 5-CT and CP-122,128, but not sumatriptan or CP-93,129, block dural plasma protein extravasation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Weaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimberley Scearce-Levie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Hen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting Society of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, San Diego, United States. 1995</w:t>
+              <w:t xml:space="preserve">International Headache Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, Toronto, Canada. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02778280v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knock-out mice lacking 5-HT1B receptors: 5-CT and CP-122,128, but not sumatriptan or CP-93,129, block dural plasma protein extravasation</w:t>
+                <w:t xml:space="preserve">Alcohol responses in null mutant mice missing the serotonin 5HT1B receptor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Crabbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.J. Phillips</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Feller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Headache Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, Toronto, Canada. 1995</w:t>
+              <w:t xml:space="preserve">Annual Meeting Society of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, San Diego, United States. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02778281v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrenocortical axis activity and immune functions during food restriction in rats</w:t>
               </w:r>
@@ -16741,77 +16741,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Garcia-Belenguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dulluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Oliver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">75. Meeting of the Endocrine Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, Las Vegas, United States. 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16862,51 +16862,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société de Neuroendocrinologie Expérimentale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, Louvain, Belgique. 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16944,51 +16944,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différences génétiques de sensibilité aux conséquences à long terme du stress chez les rats Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société de Neuroendocrinologie Expérimentale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, Antibes, France. 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17039,51 +17039,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Garcia-Belenguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société de Neuroendocrinologie Expérimentale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, Antibes, France. 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17134,64 +17134,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dulluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française des Neurosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, Strasbourg, France. 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17229,77 +17229,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cocaine sensitization in Roman high and low avoidance rats is modulated by sex and gonadal hormone status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Haney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Moal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting Society of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1992, Anaheim, United States. 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17337,90 +17337,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic analysis of the relationships between behavioral and neuroendocrine traits in Roman low and high avoidance lines of rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Sandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dulluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Moal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting of the Behavior Genetics Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, Saint-Louis, United States. 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17439,355 +17439,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02777846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral, neuroendocrine and immune system studies of high- and low-avoidance Roman rats lines</w:t>
+                <w:t xml:space="preserve">Differential immune responsiveness in two lines of psychogenetically selected rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Sandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vitiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mormède</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Neuroendocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1990, Bordeaux, France. 1990</w:t>
+              <w:t xml:space="preserve">Congress of the International Society for Neuroimmunomodulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, Florence, Italy. 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02778223v1</w:t>
+                <w:t xml:space="preserve">hal-02778222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential immune responsiveness in two lines of psychogenetically selected rats</w:t>
+                <w:t xml:space="preserve">Behavioral, neuroendocrine and immune system studies of high- and low-avoidance Roman rats lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Sandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vitiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dulluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress of the International Society for Neuroimmunomodulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1990, Florence, Italy. 1990</w:t>
+              <w:t xml:space="preserve">International Congress of Neuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, Bordeaux, France. 1990</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02778222v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02778223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioral, neuroendocrine and immune system studies of high- and low-avoidance Roman rats lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Sandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vitiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dulluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the American Society for Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, Saint-Louis, United States. 1990</w:t>
@@ -17934,51 +17934,51 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Free Radical Research Europe (SFRR-E) Annual Meeting “Redox biology in the 21st century: a new scientific discipline”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Free Radical Biology and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 177 (Supplement 1), pp.S89, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.freeradbiomed.2021.08.117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04126370v1</w:t>
@@ -18034,51 +18034,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inflammatory Bases of Neuropsychiatric Symptom Domains: Mechanisms and Specificity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Aouizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18870,90 +18870,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytokines and depression: experimental evidence and intermediate mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason C. O’connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lestage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keith W. Kelley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18985,303 +18985,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytokines, sickness behavior, and depression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Inflammation, sickness behaviour and depression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lestage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Capuron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psuchoneuroimmunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Academic Press, 2007, 0-12-088576-X</w:t>
+              <w:t xml:space="preserve">Depression and physical illness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, 2007, 978-0-5216-0360-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02824927v1</w:t>
+                <w:t xml:space="preserve">hal-02821916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflammation, sickness behaviour and depression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+                <w:t xml:space="preserve">Cytokines, sickness behavior, and depression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose Bluthé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith W. Kelley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Peter Konsman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Depression and physical illness</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cambridge University Press, 2007, 978-0-5216-0360-7</w:t>
+              <w:t xml:space="preserve">Psuchoneuroimmunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academic Press, 2007, 0-12-088576-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02821916v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytokine effects on behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dantzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.M. Bluthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19492,51 +19492,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ramboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Saudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Hen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Experimental Pharmacology. Serotonergic neurons and 5-HT receptors in the CNS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer-Verlag, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19561,51 +19561,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychobiogenetics : genetic studies of the coupling between behavioural and neuroendocrine traits of emotional reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mormède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Castanon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19930,51 +19930,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BD62A58D"/>
+    <w:nsid w:val="F8CDDFE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20161,51 +20161,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ncastanon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0079-0562" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283688v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Castanon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vancassel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Amadieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Cussotto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leyrolle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2025.106107" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05215784v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2025.04.035" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05302563v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Farneti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Anesi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bruchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajcnut.2025.09.050" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04148636v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouchieu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Pourtau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brossaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaudout" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Corcuff" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132921" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189068v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Monnoye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Flauss" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Philippe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rabot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55976//fnds.12023117220-32" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229182v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Monchaux de Oliveira" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Morael" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Guille" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1267839" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04030251v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fanet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cussotto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2022.06.016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658538v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wauquier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Boutin-Wittrant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moras" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14071511" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03721504v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Smedt-Peyrusse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Capuron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13122155" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279722v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13030904" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279731v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570159X18666200729103529" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536898v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cardinal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sauvant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foury" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darnaud&#233;ry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-021-02330-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303129v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Krga" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dinel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lay&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2021.104609" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879931v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayatte-Dounia Mir" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Milman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2020.104750" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622830v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Fourrier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kropp" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Aubert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vaysse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2019.11.002" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626314v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Fourrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bosch-Bouju" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Boursereau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2018.11.316" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618418v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621483v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00499" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602766v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Desaine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2016.123" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602643v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Fernandez de Cossio Gomez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Everard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2016.12.022" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602422v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Moisan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2016.00160" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326608v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boitard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shauna Parkes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cavaroc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tantot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2016.00225" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629799v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639251v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giamal Luheshi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00229" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335737v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634294v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Maroun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3122-14.2015" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629824v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204439v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L. Lepinay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Joffre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niyazi Acar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Garate" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2014.12.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6GT0SDB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638223v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2014.03.005" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1J6R0VD-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633100v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638626v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lasselin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2014.00074" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638673v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferreira" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2014.03.012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635384v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2013.10.014" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XK20393-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651479v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0024325" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655013v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2010.04.004" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668920v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason C. O'Connor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus A. Lawson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lestage" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.mp.4002148" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666387v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andr&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen M. Briley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra S. Szegedi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0802722" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668803v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Wang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5032-08.2009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662340v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Moreau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara A. Dumich" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A. Woods" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2008.04.001" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665835v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith W. Welley" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dantzer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2008.06.011" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663123v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Godbout" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Jing Chen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Sparkman" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.npp.1301649" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669052v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Frenois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason O'Connor" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lawson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Micon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2007.03.005" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675987v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Verrier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mormede" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith W. Kelley" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680639v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morm&#232;de" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Palin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Kelley" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674855v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Medina" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673042v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moze" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670678v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Konsman" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chauvet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680626v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683110v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Lira" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingming Zhou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark S. Ansorge" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Gordon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3223(03)00696-6" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBF5Z3V1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680622v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.E. Leonard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Neveu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yirmiya" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676993v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Bluthe" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693691v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Scearce-Levie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Lucas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rocha" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686624v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pousset" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bristow" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Ball" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693278v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Rocha" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Scearce-Levie" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lucas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noboru Hiroi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/30259" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693288v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693955v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. J. Yu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Waeber" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Scearce" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713376v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Pineyro" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Blier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199512290-00084" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704406v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaouloff" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kulikov" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sarrieau" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699294v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Perez-Diaz" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705139v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702254v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711956v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haney" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cador" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Moal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0006-8993(94)91651-9" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SZN1Q19S-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700592v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711867v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dulluc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0031-9384(94)90059-0" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KK9NT40T-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714722v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. Hendley" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.M. Fan" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.1993.265.6.R1304" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709644v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715914v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Sandi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vitiello" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Neveu" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-5728(91)90083-J" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R767MR70-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715631v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lemaire" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laval" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698791v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283847v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733625v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794353v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guichardant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chardigny" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739524v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797233v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice D. Cani" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793281v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803021v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745803v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Etchamendy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Marighetto" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804658v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Minni" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Helbling" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine C. Tridon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Br&#233;tillon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817280v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815093v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753051v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753211v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. O'Connor" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753230v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753160v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Lawson" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761860v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830366v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761863v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Medina" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771421v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769783v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770484v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald S. Oosting" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly L. Stark" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ramboz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778306v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777898v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777923v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Moal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777896v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850192v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850145v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lemaire" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093340v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094036v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Fanet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126261v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2021.08.117" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03305042v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03304911v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788201v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lavielle" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734478v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darnaudery" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735373v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Naudon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785594v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fonseca" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystele Jouve" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785458v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beuzelin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rey" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739519v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794356v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794381v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739521v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739484v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747238v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cadon" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela de Medeiros" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744961v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749691v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745942v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746189v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Madore" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique de Smedt-Peyrusse" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749372v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746304v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753201v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753203v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753207v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753206v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753144v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753142v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762003v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Verrier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761816v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762679v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Moreau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761817v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762691v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhou" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lira" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bradley-Moore" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lira" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762217v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Brunner" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhuang" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Leahy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Mullen" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761914v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769835v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840228v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841181v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley Scearce-Levie" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; J. Lucas" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769836v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Bluth&#233;" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michaud" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770487v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Buhot" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770483v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770486v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kassir" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Segu" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778279v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Crabbe" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Phillips" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Feller" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778307v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778283v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Weaber" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yu" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778280v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pi&#241;eyro" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.U. Blier" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778281v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777921v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia-Belenguer" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Oliver" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777835v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pallier" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777848v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777842v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777847v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777925v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cador" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777846v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778223v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778222v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Neveu" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778216v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126370v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laye" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337007v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71229-7_20" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790090v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Huet" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ines Fialho de Almeida Oliveira Delgado" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128133330/neurobiology-of-depression" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-813333-0.00016-0" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786108v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128110737/inflammation-and-immunity-in-depression" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-811073-7.00020-9" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605284v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/396157.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7854_2016_14" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796716v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11870-3" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347332v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118732748.ch9" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793280v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805356v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118395318.ch32" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817227v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason C. O&#8217;connor" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824927v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Bluth&#233;" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Peter Konsman" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821916v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827308v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840235v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-585-37970-8_15" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841258v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Saudou" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850143v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02852368v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02787198v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ncastanon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0079-0562" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05215784v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Castanon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2025.04.035" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283688v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vancassel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Amadieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Cussotto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leyrolle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2025.106107" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05302563v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Farneti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Anesi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bruchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajcnut.2025.09.050" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189068v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Monnoye" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Flauss" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Philippe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rabot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55976//fnds.12023117220-32" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229182v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Monchaux de Oliveira" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Morael" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Guille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1267839" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04148636v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouchieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Pourtau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brossaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaudout" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Corcuff" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132921" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04030251v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fanet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cussotto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2022.06.016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658538v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wauquier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Boutin-Wittrant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Moras" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14071511" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03721504v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Smedt-Peyrusse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Capuron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13122155" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279722v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13030904" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279731v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570159X18666200729103529" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03536898v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cardinal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sauvant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Foury" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darnaud&#233;ry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-021-02330-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303129v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Krga" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dinel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Morand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lay&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2021.104609" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879931v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayatte-Dounia Mir" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Milman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2020.104750" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622830v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Fourrier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kropp" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Aubert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vaysse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2019.11.002" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626314v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Fourrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Bosch-Bouju" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Boursereau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2018.11.316" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618418v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621483v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00499" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602766v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Desaine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2016.123" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602643v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Fernandez de Cossio Gomez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Everard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2016.12.022" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602422v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Moisan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2016.00160" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326608v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Boitard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shauna Parkes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cavaroc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tantot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2016.00225" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335737v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639251v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giamal Luheshi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2015.00229" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634294v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Maroun" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3122-14.2015" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629824v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204439v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L. Lepinay" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Joffre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niyazi Acar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Garate" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2014.12.008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6GT0SDB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629799v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638673v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferreira" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2014.03.012" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635384v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2013.10.014" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XK20393-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638223v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2014.03.005" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1J6R0VD-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633100v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638626v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lasselin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2014.00074" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651479v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0024325" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655013v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2010.04.004" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668803v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason C. O'Connor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andr&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Wang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus A. Lawson" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra S. Szegedi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.5032-08.2009" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666387v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen M. Briley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0802722" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668920v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lestage" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.mp.4002148" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665835v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith W. Welley" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Dantzer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2008.06.011" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662340v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Moreau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara A. Dumich" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A. Woods" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2008.04.001" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669052v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Frenois" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason O'Connor" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lawson" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Micon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2007.03.005" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663123v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Godbout" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Jing Chen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Sparkman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.npp.1301649" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675987v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Verrier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mormede" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith W. Kelley" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680639v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morm&#232;de" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Palin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Kelley" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674855v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Medina" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673042v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moze" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670678v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Konsman" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chauvet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680626v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683110v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Lira" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingming Zhou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark S. Ansorge" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A. Gordon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3223(03)00696-6" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBF5Z3V1-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680622v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.E. Leonard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Neveu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yirmiya" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676993v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Bluthe" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693691v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Scearce-Levie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Lucas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rocha" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686624v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pousset" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bristow" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Ball" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693278v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Rocha" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Scearce-Levie" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lucas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noboru Hiroi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/30259" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693288v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693955v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. J. Yu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Waeber" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Scearce" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699294v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Perez-Diaz" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morm&#232;de" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705139v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kulikov" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaouloff" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704406v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sarrieau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713376v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Pineyro" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Blier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199512290-00084" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711956v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haney" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cador" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Moal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0006-8993(94)91651-9" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SZN1Q19S-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02700592v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711867v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dulluc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0031-9384(94)90059-0" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KK9NT40T-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702254v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714722v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.D. Hendley" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.M. Fan" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.1993.265.6.R1304" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709644v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715914v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Sandi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vitiello" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Neveu" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-5728(91)90083-J" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R767MR70-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715631v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lemaire" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laval" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698791v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283847v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733625v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739524v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794353v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guichardant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Chardigny" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797233v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice D. Cani" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793281v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803021v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804658v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Minni" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Helbling" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine C. Tridon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Br&#233;tillon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745803v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Etchamendy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Marighetto" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817280v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815093v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753051v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753211v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. O'Connor" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753230v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753160v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Lawson" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761860v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761863v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Medina" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830366v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771421v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769783v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770484v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald S. Oosting" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly L. Stark" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ramboz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778306v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777898v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777896v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850192v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850145v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lemaire" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777923v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Moal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04093340v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094036v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Fanet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03305042v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126261v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2021.08.117" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03304911v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788201v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lavielle" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734478v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Darnaudery" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735373v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Naudon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785594v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fonseca" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystele Jouve" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785458v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beuzelin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rey" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739519v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794356v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794381v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739521v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739484v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747238v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cadon" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela de Medeiros" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744961v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749691v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745942v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746189v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Madore" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique de Smedt-Peyrusse" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749372v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746304v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753201v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753203v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753207v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753206v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753144v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753142v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762003v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Verrier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761816v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762679v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Moreau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761817v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762691v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zhou" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lira" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bradley-Moore" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lira" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762217v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Brunner" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhuang" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Leahy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Mullen" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761914v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840228v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769835v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841181v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley Scearce-Levie" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; J. Lucas" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769836v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Bluth&#233;" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michaud" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770487v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Buhot" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770483v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770486v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kassir" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Segu" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778307v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778283v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Weaber" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yu" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778280v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pi&#241;eyro" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.U. Blier" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778281v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778279v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Crabbe" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Phillips" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Feller" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777921v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcia-Belenguer" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Oliver" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777835v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pallier" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777848v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777842v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777847v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777925v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cador" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777846v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778222v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Neveu" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778223v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778216v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04126370v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laye" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337007v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-71229-7_20" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790090v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Huet" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ines Fialho de Almeida Oliveira Delgado" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128133330/neurobiology-of-depression" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-813333-0.00016-0" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786108v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128110737/inflammation-and-immunity-in-depression" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-811073-7.00020-9" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605284v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/396157.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/7854_2016_14" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796716v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-11870-3" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347332v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118732748.ch9" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793280v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805356v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118395318.ch32" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817227v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason C. O&#8217;connor" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821916v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824927v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Bluth&#233;" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Peter Konsman" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827308v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840235v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-0-585-37970-8_15" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841258v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Saudou" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02850143v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02852368v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02787198v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>