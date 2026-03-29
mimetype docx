--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -244,339 +244,339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03536401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground state energy is not always convex in the number of electrons</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Convergence rate of entropy-regularized multi-marginal optimal transport costs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Pegon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.4c06345⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Mathematics = Journal Canadien de Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4153/S0008414X24000257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04698997v1</w:t>
+                <w:t xml:space="preserve">hal-04154453v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence rate of entropy-regularized multi-marginal optimal transport costs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust risk management via multi-marginal optimal transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Ennaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mérigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Pegon</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan Pass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Mathematics = Journal Canadien de Mathématiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4153/S0008414X24000257⟩</w:t>
+              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 202 (2), pp.554-581. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10957-024-02438-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04154453v3</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03852245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust risk management via multi-marginal optimal transport</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Quentin Mérigot</w:t>
+                <w:t xml:space="preserve">Ground state energy is not always convex in the number of electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Di Marino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lewin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brendan Pass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 202 (2), pp.554-581. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128 (49), pp.10697-10706. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10957-024-02438-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.4c06345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03852245v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An entropy minimization approach to second-order variational mean-field games</w:t>
               </w:r>
@@ -1057,246 +1057,246 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing and computing solutions to regularized semi-discrete optimal transport via an ordinary differential equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large deviations for sticky-reflecting Brownian motion with boundary diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Casteras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard Monsaingeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05020023v1</w:t>
+                <w:t xml:space="preserve">hal-04895784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large deviations for sticky-reflecting Brownian motion with boundary diffusion</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterizing and computing solutions to regularized semi-discrete optimal transport via an ordinary differential equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Nenna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniyar Omarov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan Pass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Casteras</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-04895784v1</w:t>
+                <w:t xml:space="preserve">hal-05020023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence rates for regularized unbalanced optimal transport: the discrete case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Pegon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Tocquec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1353,51 +1353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joshua Hiew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Pass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1666,51 +1666,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AN ODE CHARACTERISATION OF MULTI-MARGINAL OPTIMAL TRANSPORT WITH PAIRWISE COST FUNCTIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Pass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1722,220 +1722,220 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03912268v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A note on Cournot-Nash equilibria and Optimal Transport between unequal dimensions *</w:t>
+                <w:t xml:space="preserve">Transport type metrics on the space of probability measures involving singular base measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Pass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03792102v1</w:t>
+                <w:t xml:space="preserve">hal-03508911v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport type metrics on the space of probability measures involving singular base measures</w:t>
+                <w:t xml:space="preserve">A note on Cournot-Nash equilibria and Optimal Transport between unequal dimensions *</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Pass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03508911v3</w:t>
+                <w:t xml:space="preserve">hal-03792102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variational problems involving unequal dimensional optimal transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Nenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brendan Pass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2613,51 +2613,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536401v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Marino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lewin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Nenna" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00205-024-02080-x" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698997v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c06345" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154453v3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pegon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4153/S0008414X24000257" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852245v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ennaji" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin M&#233;rigot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Pass" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-024-02438-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848370v4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Benamou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carlier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/s0218202519500283" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621311v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096124v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cuturi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Peyr&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/141000439" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148954v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020023v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniyar Omarov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04895784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Casteras" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Monsaingeon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05157120v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Tocquec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04525602v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Hiew" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131066v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ehrlacher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04668323v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi de Pascale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009262v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Gerolin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912268v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508911v3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088040v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01469822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seidl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas J H Giesbertz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01363468v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blanchet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01163737v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01471589v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PSLED017" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-04554531v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536401v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Marino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lewin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Nenna" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00205-024-02080-x" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154453v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pegon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4153/S0008414X24000257" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852245v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ennaji" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin M&#233;rigot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Pass" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-024-02438-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698997v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.4c06345" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848370v4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Benamou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carlier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/s0218202519500283" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621311v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096124v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cuturi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Peyr&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/141000439" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01148954v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04895784v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Casteras" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Monsaingeon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020023v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniyar Omarov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05157120v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Tocquec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04525602v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Hiew" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131066v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ehrlacher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04668323v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi de Pascale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009262v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Gerolin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912268v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508911v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792102v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088040v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01469822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seidl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas J H Giesbertz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01363468v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blanchet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01163737v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01471589v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PSLED017" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-04554531v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>