--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,8685 +66,8953 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (66)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (68)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The metal-poor tail of the APOGEE survey: I. Uncovering [Fe/H] &amp;lt; ─2.5 stars from the inner Galaxy to the Magellanic Clouds</w:t>
+                <w:t xml:space="preserve">The Pristine survey XXVIII. Journey to the Galactic outskirts: Mapping the outer halo red giant stars down to the very metal-poor end</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Montelius</w:t>
+                <w:t xml:space="preserve">Akshara Viswanathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Starkenburg</w:t>
+                <w:t xml:space="preserve">Amanda Byström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H C Woudenberg</w:t>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Angrilli Muglia</w:t>
+                <w:t xml:space="preserve">Anne Foppen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ardern-Arentsen</w:t>
+                <w:t xml:space="preserve">Jill Straat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 704, pp.A44. </w:t>
+              <w:t xml:space="preserve">, 2026, 706, pp.A195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556198⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202452073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05409934v1</w:t>
+                <w:t xml:space="preserve">insu-05516695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine Dwarf-Galaxy survey:VI. A VLT/FLAMES spectroscopic study of the dwarf galaxy Boötes II</w:t>
+                <w:t xml:space="preserve">HR-GO. II. Chemical Abundances of Low- &amp;lt;i&amp;gt;E&amp;lt;/i&amp;gt; Retrograde Dynamically Tagged Groups: Revealing Thamnos as a Very Metal-poor Substructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Longeard</w:t>
+                <w:t xml:space="preserve">Renjing Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Jablonka</w:t>
+                <w:t xml:space="preserve">Zhen Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppina Battaglia</w:t>
+                <w:t xml:space="preserve">Haining Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khyati Malhan</w:t>
+                <w:t xml:space="preserve">Tadafumi Matsuno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas F Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 698, pp.A63. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 999 (1), pp.69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202452323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ae39c8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05095619v1</w:t>
+                <w:t xml:space="preserve">insu-05537993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-19 and Hot, Wide Star Streams</w:t>
+                <w:t xml:space="preserve">Asymmetries in stellar streams induced by a galactic merger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymond Carlberg</w:t>
+                <w:t xml:space="preserve">Claire Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+                <w:t xml:space="preserve">Florent Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Martin</w:t>
+                <w:t xml:space="preserve">Benoit Famaey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Else Starkenburg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Aguado</w:t>
+                <w:t xml:space="preserve">Paola Di Matteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ade4ce⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 705, pp.A6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202557552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05176623v1</w:t>
+                <w:t xml:space="preserve">insu-05446582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep in the Fields of the Andromeda Halo: Discovery of the Pegasus VII dwarf galaxy in UNIONS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Hubble Space Telescope Survey of M31 Satellite Galaxies. IV. Survey Overview and Lifetime Star Formation Histories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Savino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Smith</w:t>
+                <w:t xml:space="preserve">Daniel R Weisz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Mcconnachie</w:t>
+                <w:t xml:space="preserve">Andrew E Dolphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Gwyn</w:t>
+                <w:t xml:space="preserve">Meredith J Durbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Hayes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Massimiliano Gatto</w:t>
+                <w:t xml:space="preserve">Nitya Kallivayalil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 983 (1), pp.59. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/adb4f3⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 979 (2), pp.205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ada24f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05038123v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04929407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey: XXVII. The extremely metal-poor stream C-19 stretches over more than 100 degrees</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">EDGE-INFERNO: Simulating Every Observable Star in Faint Dwarf Galaxies and Their Consequences for Resolved-star Photometric Surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric P Andersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhen Yuan</w:t>
+                <w:t xml:space="preserve">Martin P Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tadafumi Matsuno</w:t>
+                <w:t xml:space="preserve">Andrew Pontzen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatyana M Sitnova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas F Martin</w:t>
+                <w:t xml:space="preserve">Corentin Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo A Ibata</w:t>
+                <w:t xml:space="preserve">Oscar Agertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 698, </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202554119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ad99d6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05105932v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04918555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EDGE-INFERNO: Simulating Every Observable Star in Faint Dwarf Galaxies and Their Consequences for Resolved-star Photometric Surveys</w:t>
+                <w:t xml:space="preserve">Deep in the Fields of the Andromeda Halo: Discovery of the Pegasus VII dwarf galaxy in UNIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric P Andersson</w:t>
+                <w:t xml:space="preserve">Simon Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin P Rey</w:t>
+                <w:t xml:space="preserve">Alan Mcconnachie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Pontzen</w:t>
+                <w:t xml:space="preserve">Stephen Gwyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Cadiou</w:t>
+                <w:t xml:space="preserve">Christian Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Agertz</w:t>
+                <w:t xml:space="preserve">Massimiliano Gatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 978, </w:t>
+              <w:t xml:space="preserve">, 2025, 983 (1), pp.59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ad99d6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/adb4f3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04918555v1</w:t>
+                <w:t xml:space="preserve">insu-05038123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetries in stellar streams induced by a galactic merger</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Pristine survey: XXVII. The extremely metal-poor stream C-19 stretches over more than 100 degrees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadafumi Matsuno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Guillaume</w:t>
+                <w:t xml:space="preserve">Tatyana M Sitnova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Renaud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Paola Di Matteo</w:t>
+                <w:t xml:space="preserve">Rodrigo A Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 705, pp.A6. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202557552⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 698, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202554119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05446582v1</w:t>
+                <w:t xml:space="preserve">insu-05105932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hubble Space Telescope Survey of M31 Satellite Galaxies. IV. Survey Overview and Lifetime Star Formation Histories</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Pristine Dwarf-Galaxy survey:VI. A VLT/FLAMES spectroscopic study of the dwarf galaxy Boötes II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Longeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Jablonka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Savino</w:t>
+                <w:t xml:space="preserve">Giuseppina Battaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel R Weisz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nitya Kallivayalil</w:t>
+                <w:t xml:space="preserve">Khyati Malhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ada24f⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 698, pp.A63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202452323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04929407v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05095619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accreted Globular Clusters and Horizontal Branch Morphology in the Outer Halo of M31</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">C-19 and Hot, Wide Star Streams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Carlberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gracie Mcgill</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Geraint F Lewis</w:t>
+                <w:t xml:space="preserve">David Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnrasl/slaf067⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 988 (1), pp.96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ade4ce⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05165239v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05176623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is M31 at the centre of its satellite system?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The metal-poor tail of the APOGEE survey: I. Uncovering [Fe/H] &amp;lt; ─2.5 stars from the inner Galaxy to the Magellanic Clouds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Montelius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H C Woudenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Angrilli Muglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Doliva-Dolinsky</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Ardern-Arentsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/staf1978⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 704, pp.A44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05424174v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05409934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ViT-based Local Volume Dwarf Galaxy Identification (VIDA) in the CSST survey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accreted Globular Clusters and Horizontal Branch Morphology in the Outer Halo of M31</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gracie Mcgill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette M N Ferguson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Han Qu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zhen Yuan</w:t>
+                <w:t xml:space="preserve">Dougal Mackey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chengliang Wei</w:t>
+                <w:t xml:space="preserve">Avon P Huxor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chao Liu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jiang Chang</w:t>
+                <w:t xml:space="preserve">Geraint F Lewis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 544, pp.1238 - 1254. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/staf1586⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 542 (1), pp.L60-L66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnrasl/slaf067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05371438v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05165239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS). XI. Revealing the chemical evolution of the interacting Sagittarius dwarf galaxy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is M31 at the centre of its satellite system?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Doliva-Dolinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Vitali</w:t>
+                <w:t xml:space="preserve">N F Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Rojas-Arriagada</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michelle L M Collins</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202453354⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 545 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staf1978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05164988v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05424174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UNIONS: The Ultraviolet Near-infrared Optical Northern Survey</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephen Gwyn</w:t>
+                <w:t xml:space="preserve">ViT-based Local Volume Dwarf Galaxy Identification (VIDA) in the CSST survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Han Qu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengliang Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan W Mcconnachie</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eugene A Magnier</w:t>
+                <w:t xml:space="preserve">Jiang Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/ae03ab⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 544, pp.1238 - 1254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staf1586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05371538v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05371438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Could very low-metallicity stars with rotation-dominated orbits have been driven by the bar?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhen Yuan</w:t>
+                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS). XI. Revealing the chemical evolution of the interacting Sagittarius dwarf galaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Vitali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Rojas-Arriagada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Jofré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chengdong Li</w:t>
+                <w:t xml:space="preserve">Federico Sestito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoit Famaey</w:t>
+                <w:t xml:space="preserve">Joshua Povick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 691, pp.L1. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348593⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 699, pp.A163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202453354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04765749v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05164988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zhen Yuan</w:t>
+                <w:t xml:space="preserve">UNIONS: The Ultraviolet Near-infrared Optical Northern Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Gwyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan W Mcconnachie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Fouesneau</w:t>
+                <w:t xml:space="preserve">Jean-Charles Cuillandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anke Ardern-Arentsen</w:t>
+                <w:t xml:space="preserve">Kenneth C Chambers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene A Magnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202347633⟩</w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 170 (6), pp.324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/ae03ab⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824927v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05371538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stellar Metallicities and Gradients in the Faint M31 Satellites Andromeda XVI and Andromeda XXVIII</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Else Starkenburg</w:t>
+                <w:t xml:space="preserve">Could very low-metallicity stars with rotation-dominated orbits have been driven by the bar?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengdong Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Monari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michelle L M Collins</w:t>
+                <w:t xml:space="preserve">Benoit Famaey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ad76a2⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 691, pp.L1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202348593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04758760v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04765749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reassessing the proper motions of M31/M33 with &amp;lt;i&amp;gt;Gaia&amp;lt;/i&amp;gt; DR3</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">The Pristine survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Fouesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Ardern-Arentsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 692, pp.A30. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202452281⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 692, pp.A115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202347633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04850950v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the impact of a decelerating bar on transforming bulge orbits into disc-like orbits</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Siebert</w:t>
+                <w:t xml:space="preserve">Stellar Metallicities and Gradients in the Faint M31 Satellites Andromeda XVI and Andromeda XXVIII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sal Wanying Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel R Weisz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle L M Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449742⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 975 (1), pp.2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ad76a2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04726532v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04758760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stellar stream remnant of a globular cluster below the metallicity floor</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Reassessing the proper motions of M31/M33 with &amp;lt;i&amp;gt;Gaia&amp;lt;/i&amp;gt; DR3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Rusterucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-021-04162-2⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 692, pp.A30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202452281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524785v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04850950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Global Dynamical Atlas of the Milky Way Mergers: Constraints from Gaia EDR3–based Orbits of Globular Clusters, Stellar Streams, and Satellite Galaxies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michele Bellazzini</w:t>
+                <w:t xml:space="preserve">Exploring the impact of a decelerating bar on transforming bulge orbits into disc-like orbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengdong Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Monari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Siebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 690, pp.A26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac4d2a⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03585659v1</w:t>
+                <w:t xml:space="preserve">insu-04726532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metallicity Distribution Function of the Eridanus II Ultra-faint Dwarf Galaxy from Hubble Space Telescope Narrowband Imaging</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">A stellar stream remnant of a globular cluster below the metallicity floor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Venn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexander Ji</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonay González Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac3665⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 601 (7891), pp.45-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-021-04162-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03585520v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of a Dwarf Galaxy Stream Populating the Inner Milky Way Halo</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The Global Dynamical Atlas of the Milky Way Mergers: Constraints from Gaia EDR3–based Orbits of Globular Clusters, Stellar Streams, and Satellite Galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khyati Malhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo A Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanjib Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Famaey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Bellazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 920 (1), pp.51. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, 926 (2), pp.107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac4d2a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac1675⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03388542v1</w:t>
+                <w:t xml:space="preserve">hal-03585659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey – XII. Gemini-GRACES chemo-dynamical study of newly discovered extremely metal-poor stars in the Galaxy</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Metallicity Distribution Function of the Eridanus II Ultra-faint Dwarf Galaxy from Hubble Space Telescope Narrowband Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sal Wanying Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Weisz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stab1783⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 925 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac3665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337609v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charting the Galactic Acceleration Field. I. A Search for Stellar Streams with Gaia DR2 and EDR3 with Follow-up from ESPaDOnS and UVES</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Evidence of a Dwarf Galaxy Stream Populating the Inner Milky Way Halo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khyati Malhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paolo Bianchini</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhen Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Arentsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Bellazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 914 (2), pp.123. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/abfcc2⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 920 (1), pp.51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac1675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381650v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pristine survey XIII: uncovering the very metal-poor tail of the thin disc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Fernández-Alvar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Kordopatis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Hill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akshara Viswanathan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 508 (1), pp.1509-1525. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mnras/stab2617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering fossils of the distant Milky Way with UNIONS: NGC 5466 and its stellar stream</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaclyn Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Mcconnachie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khyati Malhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 507 (2), pp.1923-1936. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stab2325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The nature of the Eastern Extent in the outer halo of M31</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The Pristine survey – XII. Gemini-GRACES chemo-dynamical study of newly discovered extremely metal-poor stars in the Galaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collin Kielty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Venn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Sestito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 504 (2), pp.3098-3110. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stab957⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 506 (1), pp.1438-1461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stab1783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03394942v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS) III: carbon-enhanced metal-poor stars in the bulge</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Aguado</w:t>
+                <w:t xml:space="preserve">Charting the Galactic Acceleration Field. I. A Search for Stellar Streams with Gaia DR2 and EDR3 with Follow-up from ESPaDOnS and UVES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo A Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khyati Malhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vinicius Placco</w:t>
+                <w:t xml:space="preserve">Benoit Famaey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stab1343⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 914 (2), pp.123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/abfcc2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337215v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The need for a multi-purpose, optical–NIR space facility after HST and JWST</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The nature of the Eastern Extent in the outer halo of M31</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Krause</w:t>
+                <w:t xml:space="preserve">Janet Preston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans-Walter Rix</w:t>
+                <w:t xml:space="preserve">Michelle Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Courbin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adriano Fontana</w:t>
+                <w:t xml:space="preserve">R Michael Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Astronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10686-021-09732-w⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 504 (2), pp.3098-3110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stab957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337072v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03394942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey XI: the FORS2 sample</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. François</w:t>
+                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS) III: carbon-enhanced metal-poor stars in the bulge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Arentsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinicius Placco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 493 (4), pp.4677-4691. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/staa589⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 505 (1), pp.1239-1253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stab1343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">obspm-02508664v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey – X. A large population of low-metallicity stars permeates the Galactic disc</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+                <w:t xml:space="preserve">The need for a multi-purpose, optical–NIR space facility after HST and JWST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knud Jahnke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Krause</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Walter Rix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Courbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriano Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 497 (1), pp.L7-L12. </w:t>
+              <w:t xml:space="preserve">Experimental Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnrasl/slaa022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10686-021-09732-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095325v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A detailed study of Andromeda XIX, an extreme local analogue of ultradiffuse galaxies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michelle Collins</w:t>
+                <w:t xml:space="preserve">Erratum: The Pristine survey – VI. The first three years of medium-resolution follow-up spectroscopy of Pristine EMP star candidates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Tollerud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+                <w:t xml:space="preserve">Kris Youakim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonay González Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Allende Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 491 (3), pp.3496-3514. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz3252⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 491 (4), pp.5299-5299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz3489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03095311v1</w:t>
+                <w:t xml:space="preserve">hal-03257756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey – IX. CFHT ESPaDOnS spectroscopic analysis of 115 bright metal-poor candidate stars</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+                <w:t xml:space="preserve">The Blanco DECam bulge survey. I. The survey description and early results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Michael Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iulia Simion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Clarkson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 492 (3), pp.3241-3262. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 499 (2), pp.2340-2356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa2426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz3546⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">obspm-02568921v1</w:t>
+                <w:t xml:space="preserve">hal-03095370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum: The Pristine survey – VI. The first three years of medium-resolution follow-up spectroscopy of Pristine EMP star candidates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Else Starkenburg</w:t>
+                <w:t xml:space="preserve">A detailed study of Andromeda XIX, an extreme local analogue of ultradiffuse galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Tollerud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Michael Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 491 (4), pp.5299-5299. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz3489⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 491 (3), pp.3496-3514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz3252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03257756v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Blanco DECam bulge survey. I. The survey description and early results</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">William Clarkson</w:t>
+                <w:t xml:space="preserve">The Pristine survey – X. A large population of low-metallicity stars permeates the Galactic disc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Sestito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Arentsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 499 (2), pp.2340-2356. </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 497 (1), pp.L7-L12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/staa2426⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnrasl/slaa022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095370v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS) II: Uncovering the most metal-poor populations in the inner Milky Way</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Pristine survey XI: the FORS2 sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Zucker</w:t>
+                <w:t xml:space="preserve">E. Caffau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bonifacio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sbordone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. D. M. Matas Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 496 (4), pp.4964-4978. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/staa1661⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 493 (4), pp.4677-4691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03001744v1</w:t>
+                <w:t xml:space="preserve">obspm-02508664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine Survey – VIII. The metallicity distribution function of the Milky Way halo down to the extremely metal-poor regime</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">The Pristine survey – IX. CFHT ESPaDOnS spectroscopic analysis of 115 bright metal-poor candidate stars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Venn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collin Kielty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Sestito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas F. Martin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 492 (4), pp.4986-5002. </w:t>
+              <w:t xml:space="preserve">, 2020, 492 (3), pp.3241-3262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz3619⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz3546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095342v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">obspm-02568921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special issue: electoral fraud and manipulation in India and Pakistan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Martin</w:t>
+                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS) II: Uncovering the most metal-poor populations in the inner Milky Way</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Arentsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Picherit</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Zucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Commonwealth and Comparative Politics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.1-20. </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 496 (4), pp.4964-4978. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14662043.2020.1700016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa1661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02431599v1</w:t>
+                <w:t xml:space="preserve">insu-03001744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMASHing the low surface brightness SMC</w:t>
+                <w:t xml:space="preserve">The Pristine Survey – VIII. The metallicity distribution function of the Milky Way halo down to the extremely metal-poor regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pol Massana</w:t>
+                <w:t xml:space="preserve">K Youakim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noelia Noël</w:t>
+                <w:t xml:space="preserve">E Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Nidever</w:t>
+                <w:t xml:space="preserve">G Matijevič</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Erkal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas De boer</w:t>
+                <w:t xml:space="preserve">D Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 498 (1), pp.1034-1049. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/staa2451⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 492 (4), pp.4986-5002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz3619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03095365v1</w:t>
+                <w:t xml:space="preserve">hal-03095342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS) I: tracing the kinematics of metal-poor stars in the Galactic bulge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SMASHing the low surface brightness SMC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pol Massana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Arentsen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+                <w:t xml:space="preserve">Noelia Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Hill</w:t>
+                <w:t xml:space="preserve">David Nidever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ibata</w:t>
+                <w:t xml:space="preserve">Denis Erkal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas De boer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnrasl/slz156⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 498 (1), pp.1034-1049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/staa2451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095315v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine Dwarf-Galaxy survey – II. In-depth observational study of the faint Milky Way satellite Sagittarius II</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Special issue: electoral fraud and manipulation in India and Pakistan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle L.M. Collins</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Picherit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 491 (1), pp.356-377. </w:t>
+              <w:t xml:space="preserve">Commonwealth and Comparative Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz2854⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14662043.2020.1700016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051274v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Young stars raining through the galactic halo: the nature and orbit of price-whelan 1</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">The Pristine Inner Galaxy Survey (PIGS) I: tracing the kinematics of metal-poor stars in the Galactic bulge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Arentsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas F. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antonino Marasco</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz2788⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society: Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 491 (1), pp.L11-L16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnrasl/slz156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03095291v2</w:t>
+                <w:t xml:space="preserve">hal-03095315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The outer halo globular cluster system of M31 – III. Relationship to the stellar halo</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Ferguson</w:t>
+                <w:t xml:space="preserve">The Pristine Dwarf-Galaxy survey – II. In-depth observational study of the faint Milky Way satellite Sagittarius II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Longeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Huxor</w:t>
+                <w:t xml:space="preserve">Rodrigo A. Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Veljanoski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G Lewis</w:t>
+                <w:t xml:space="preserve">Michelle L.M. Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 484 (2), pp.1756-1789. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz072⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 491 (1), pp.356-377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz2854⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393395v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematics of the Tucana Dwarf Galaxy: an unusually dense dwarf in the Local Group</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">A dwarf disrupting – Andromeda XXVII and the North West Stream</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janet Preston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Tollerud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Michael Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 485 (2), pp.2010-2025. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz518⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 490 (2), pp.2905-2917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz2529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393410v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A rogues gallery of Andromeda’s dwarf galaxies – II. Precise distances to 17 faint satellites</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Young stars raining through the galactic halo: the nature and orbit of price-whelan 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Bellazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas F. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michelle Collins</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khyati Malhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonino Marasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 489 (1), pp.763-770. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz1984⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 490 (2), pp.2588-2598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz2788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095168v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095291v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dwarfs or Giants? Stellar Metallicities and Distances from ugrizG Multiband Photometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholaas Annau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Mcconnachie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Fabbro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossen Teimoorinia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 886 (1), pp.10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3847/1538-4357/ab4a77⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing the formation of the Milky Way through ultra metal-poor stars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Sestito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Longeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Starkenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Fouesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 484 (2), pp.2166-2180. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mnras/stz043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02393397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dwarf disrupting – Andromeda XXVII and the North West Stream</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Kinematics of the Tucana Dwarf Galaxy: an unusually dense dwarf in the Local Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gregory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Read</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Irwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R Michael Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 490 (2), pp.2905-2917. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz2529⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 485 (2), pp.2010-2025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095297v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Very Extended Low-surface-brightness Stellar Populations of the Large Magellanic Cloud with SMASH</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Robert Blum</w:t>
+                <w:t xml:space="preserve">A rogues gallery of Andromeda’s dwarf galaxies – II. Precise distances to 17 faint satellites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Weisz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Dolphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saundra Albers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/aafaf7⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 489 (1), pp.763-770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz1984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393377v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Streams of the Gaping Abyss: A Population of Entangled Stellar Streams Surrounding the Inner Galaxy</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The outer halo globular cluster system of M31 – III. Relationship to the stellar halo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Mackey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ferguson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Huxor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Veljanoski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Lewis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ab0080⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 484 (2), pp.1756-1789. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393372v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two major accretion epochs in M31 from two distinct populations of globular clusters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jovan Veljanoski</w:t>
+                <w:t xml:space="preserve">Comparing the Quenching Times of Faint M31 and Milky Way Satellite Galaxies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Weisz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Dolphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saundra Albers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-019-1597-1⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 885 (1), pp.L8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/ab4b52⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095182v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey – VI. The first three years of medium-resolution follow-up spectroscopy of Pristine EMP star candidates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Streams of the Gaping Abyss: A Population of Entangled Stellar Streams Surrounding the Inner Galaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khyati Malhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz2643⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 872 (2), pp.152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ab0080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095284v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing the Quenching Times of Faint M31 and Milky Way Satellite Galaxies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michelle Collins</w:t>
+                <w:t xml:space="preserve">Exploring the Very Extended Low-surface-brightness Stellar Populations of the Large Magellanic Cloud with SMASH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Nidever</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knut Olsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yumi Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 885 (1), pp.L8. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 874 (2), pp.118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/ab4b52⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aafaf7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095222v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the long stellar stream of the prototypical massive globular cluster ω Centauri</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Pristine survey – VI. The first three years of medium-resolution follow-up spectroscopy of Pristine EMP star candidates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kris Youakim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonay González Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Allende prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Astronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41550-019-0751-x⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 490 (2), pp.2241-2253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz2643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393399v1</w:t>
+                <w:t xml:space="preserve">hal-03095284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pristine survey – VII. A cleaner view of the Galactic outer halo using blue horizontal branch stars</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Aguado</w:t>
+                <w:t xml:space="preserve">Two major accretion epochs in M31 from two distinct populations of globular clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dougal Mackey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraint Lewis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendon Brewer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Ferguson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovan Veljanoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 574 (7776), pp.69-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-019-1597-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz2935⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03095300v1</w:t>
+                <w:t xml:space="preserve">hal-03095182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed study of the Milky Way globular cluster Laevens 3</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Identification of the long stellar stream of the prototypical massive globular cluster ω Centauri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Bellazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khyati Malhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Bianchini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz2592⟩</w:t>
+              <w:t xml:space="preserve">Nature Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (7), pp.667-672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41550-019-0751-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095279v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature of a shell of young stars in the outskirts of the Small Magellanic Cloud</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Adriano Pieres</w:t>
+                <w:t xml:space="preserve">The Pristine survey – VII. A cleaner view of the Galactic outer halo using blue horizontal branch stars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kris Youakim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aguado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936021⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 490 (4), pp.5757-5769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz2935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393414v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phlegethon, a Nearby 75°-long Retrograde Stellar Stream</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nature of a shell of young stars in the outskirts of the Small Magellanic Cloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Martinez-Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Katherina Vivas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva K. Grebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carme Gallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriano Pieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/aadba3⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 631, pp.A98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201936021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393343v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghostly tributaries to the Milky Way: charting the halo’s stellar streams with the Gaia DR2 catalogue</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Detailed study of the Milky Way globular cluster Laevens 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Longeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Laevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 481 (3), pp.3442-3455. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/sty2474⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 490 (2), pp.1498-1508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz2592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393363v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stellar streams as gravitational experiments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Phlegethon, a Nearby 75°-long Retrograde Stellar Stream</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khyati Malhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Starkenburg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201731609⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 865 (2), pp.85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aadba3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02410692v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STREAMFINDER II: A possible fanning structure parallel to the GD-1 stream in Pan-STARRS1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Ghostly tributaries to the Milky Way: charting the halo’s stellar streams with the Gaia DR2 catalogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khyati Malhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 478 (3), pp.3862-3870. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 481 (3), pp.3442-3455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/sty2474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/sty1338⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02400881v1</w:t>
+                <w:t xml:space="preserve">hal-02393363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Canada–France Imaging Survey: First Results from the u-Band Component</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Stellar streams as gravitational experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. F. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Famaey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Misha Haywood</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa855c⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 609, pp.A44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201731609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01714623v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02410692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Mapping of the Milky Way with The Canada–France Imaging Survey: A Non-parametric Metallicity–Distance Decomposition of the Galaxy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">STREAMFINDER II: A possible fanning structure parallel to the GD-1 stream in Pan-STARRS1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khyati Malhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Misha Haywood</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Goldman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugene Magnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 478 (3), pp.3862-3870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/sty1338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa8562⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01714625v1</w:t>
+                <w:t xml:space="preserve">hal-02400881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The PAndAS Field Of Streams: Stellar Structures In The Milky Way Halo Toward Andromeda And Triangulum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mark Fardal</w:t>
+                <w:t xml:space="preserve">The Canada–France Imaging Survey: First Results from the u-Band Component</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Mcconnachie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Cuillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Fantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Misha Haywood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 848 (2), pp.128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa855c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0004-637X/787/1/19⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02556912v1</w:t>
+                <w:t xml:space="preserve">hal-01714623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A vast, thin plane of corotating dwarf galaxies orbiting the Andromeda galaxy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Chemical Mapping of the Milky Way with The Canada–France Imaging Survey: A Non-parametric Metallicity–Distance Decomposition of the Galaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Ibata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Geraint F Lewis</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Mcconnachie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Cuillandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Fantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Conn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alan Mcconnachie</w:t>
+                <w:t xml:space="preserve">Misha Haywood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 848 (2), pp.129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa8562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nature11717⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02524730v1</w:t>
+                <w:t xml:space="preserve">hal-01714625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The PAndAS Field Of Streams: Stellar Structures In The Milky Way Halo Toward Andromeda And Triangulum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas F. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo A Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Michael Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Fardal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 787 (1), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0004-637X/787/1/19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02556912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A vast, thin plane of corotating dwarf galaxies orbiting the Andromeda galaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Ibata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraint F Lewis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Conn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Irwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Mcconnachie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 493 (7430), pp.62-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature11717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02524730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">From Galactic archeology to soil metagenomics – surfing on massive data streams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas F. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 185 (2), pp.343-348. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2009.03138.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02655521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8754,397 +9022,397 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theia: Faint objects in motion or the new astrometry frontier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Boehm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Krone-Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">António Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Anglada-Escudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Brandeker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02403600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astro2020 Science White Paper: Construction of an L* Galaxy: the Transformative Power of Wide Fields for Revealing the Past, Present and Future of the Great Andromeda System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoline M. Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik J. Tollerud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jay Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachael L. Beaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric F. Bell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02393409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Detailed Science Case for the Maunakea Spectroscopic Explorer: the Composition and Dynamics of the Faint Universe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Mcconnachie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Babusiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Balogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Driver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pat Côté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01596124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId315"/>
+      <w:footerReference w:type="default" r:id="rId324"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9291,51 +9559,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05409934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montelius" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Starkenburg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H C Woudenberg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Angrilli Muglia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ardern-Arentsen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556198" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05095619v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Longeard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jablonka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Battaglia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khyati Malhan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452323" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05176623v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Carlberg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Ibata" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Else Starkenburg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguado" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ade4ce" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05038123v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Smith" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Mcconnachie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Gwyn" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hayes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gatto" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/adb4f3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05105932v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Yuan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadafumi Matsuno" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana M Sitnova" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A Ibata" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554119" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04918555v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric P Andersson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin P Rey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Pontzen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cadiou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Agertz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad99d6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05446582v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guillaume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Renaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Famaey" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Di Matteo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202557552" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04929407v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Savino" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel R Weisz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew E Dolphin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith J Durbin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitya Kallivayalil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ada24f" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05165239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gracie Mcgill" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette M N Ferguson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dougal Mackey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avon P Huxor" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint F Lewis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slaf067" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05424174v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Doliva-Dolinsky" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N F Martin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle L M Collins" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf1978" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05371438v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Qu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengliang Wei" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Chang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf1586" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05164988v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vitali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Rojas-Arriagada" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Jofr&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Sestito" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Povick" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202453354" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05371538v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan W Mcconnachie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Cuillandre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth C Chambers" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A Magnier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ae03ab" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04765749v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengdong Li" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F. Martin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Monari" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348593" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824927v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Fouesneau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Ardern-Arentsen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347633" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04758760v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sal Wanying Fu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad76a2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04850950v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Rusterucci" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452281" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726532v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Siebert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449742" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524785v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Venn" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonay Gonz&#225;lez Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-04162-2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585659v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjib Sharma" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bellazzini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac4d2a" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585520v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Weisz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ji" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac3665" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388542v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Arentsen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac1675" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337609v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Kielty" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1783" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381650v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bianchini" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abfcc2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374625v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Fern&#225;ndez-Alvar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kordopatis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hill" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshara Viswanathan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab2617" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337676v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaclyn Jensen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thomas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab2325" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394942v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Preston" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Collins" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Michael Rich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab957" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337215v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Placco" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1343" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337072v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knud Jahnke" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Krause" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Walter Rix" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Courbin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Fontana" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09732-w" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02508664v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caffau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonifacio" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sbordone" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. M. Matas Pinto" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa589" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095325v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slaa022" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095311v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Tollerud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3252" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02568921v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3546" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257756v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Youakim" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Allende Prieto" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3489" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095370v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johnson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Young" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Simion" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Clarkson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2426" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03001744v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zucker" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa1661" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095342v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Youakim" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Starkenburg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Matijevi&#269;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aguado" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3619" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431599v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picherit" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14662043.2020.1700016" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095365v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Massana" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia No&#235;l" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nidever" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Erkal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas De&#160;boer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2451" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095315v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Arentsen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hill" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ibata" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slz156" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051274v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A. Ibata" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle L.M. Collins" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2854" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095291v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Marasco" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2788" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393395v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mackey" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ferguson" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Huxor" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Veljanoski" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lewis" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz072" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393410v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gregory" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Read" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Irwin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz518" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095168v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dolphin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saundra Albers" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1984" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02746882v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholaas Annau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fabbro" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossen Teimoorinia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab4a77" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393397v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz043" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095297v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2529" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393377v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Olsen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Choi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boer" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blum" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aafaf7" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393372v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab0080" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095182v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint Lewis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendon Brewer" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Ferguson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Veljanoski" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1597-1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095284v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Allende&#160;prieto" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2643" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095222v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab4b52" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393399v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-019-0751-x" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095300v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2935" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095279v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laevens" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2592" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393414v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martinez-Delgado" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Katherina Vivas" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva K. Grebel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carme Gallart" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Pieres" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936021" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393343v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aadba3" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393363v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2474" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410692v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F. Thomas" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Renaud" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731609" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400881v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goldman" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Magnier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1338" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714623v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Fantin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Haywood" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa855c" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714625v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa8562" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556912v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Michael Rich" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fardal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/787/1/19" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524730v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Conn" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Irwin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11717" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655521v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Martin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03138.x" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403600v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boehm" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Krone-Martins" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Amorim" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brandeker" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393409v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline M. Gilbert" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik J. Tollerud" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Anderson" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael L. Beaton" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric F. Bell" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596124v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Babusiaux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Balogh" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Driver" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pat C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05516695v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshara Viswanathan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Bystr&#246;m" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Else Starkenburg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Foppen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Straat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452073" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05537993v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renjing Xie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Yuan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haining Li" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadafumi Matsuno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ae39c8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05446582v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guillaume" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Renaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Famaey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Di Matteo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202557552" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04929407v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Savino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel R Weisz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew E Dolphin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meredith J Durbin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitya Kallivayalil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ada24f" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04918555v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric P Andersson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin P Rey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Pontzen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Cadiou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Agertz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad99d6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05038123v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Smith" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Mcconnachie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Gwyn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hayes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gatto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/adb4f3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05105932v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana M Sitnova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A Ibata" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202554119" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05095619v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Longeard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Jablonka" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppina Battaglia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khyati Malhan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452323" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05176623v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Carlberg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Ibata" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguado" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ade4ce" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05409934v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montelius" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Starkenburg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H C Woudenberg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Angrilli Muglia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ardern-Arentsen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556198" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05165239v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gracie Mcgill" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette M N Ferguson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dougal Mackey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avon P Huxor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint F Lewis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slaf067" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05424174v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Doliva-Dolinsky" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N F Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle L M Collins" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf1978" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05371438v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Han Qu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengliang Wei" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiang Chang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staf1586" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05164988v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vitali" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Rojas-Arriagada" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Jofr&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Sestito" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Povick" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202453354" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05371538v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan W Mcconnachie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Cuillandre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth C Chambers" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene A Magnier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/ae03ab" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04765749v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengdong Li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F. Martin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Monari" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202348593" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824927v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Fouesneau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Ardern-Arentsen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347633" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04758760v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sal Wanying Fu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad76a2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04850950v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Rusterucci" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202452281" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726532v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Siebert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449742" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524785v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Venn" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonay Gonz&#225;lez Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-04162-2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585659v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjib Sharma" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bellazzini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac4d2a" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585520v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Weisz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Ji" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac3665" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388542v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Arentsen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac1675" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374625v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Fern&#225;ndez-Alvar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kordopatis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hill" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab2617" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337676v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaclyn Jensen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thomas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab2325" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337609v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Kielty" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1783" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381650v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Bianchini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abfcc2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03394942v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Preston" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Collins" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Michael Rich" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab957" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337215v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Placco" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1343" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337072v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knud Jahnke" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Krause" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Walter Rix" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Courbin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Fontana" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09732-w" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257756v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Youakim" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Allende Prieto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095370v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Johnson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Young" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Simion" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Clarkson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2426" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095311v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Tollerud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3252" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095325v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slaa022" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02508664v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caffau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonifacio" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sbordone" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D. M. Matas Pinto" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa589" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-02568921v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3546" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03001744v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zucker" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa1661" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095342v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Youakim" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Starkenburg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Matijevi&#269;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aguado" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz3619" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095365v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Massana" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia No&#235;l" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nidever" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Erkal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas De&#160;boer" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/staa2451" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431599v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picherit" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14662043.2020.1700016" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095315v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Arentsen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hill" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ibata" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnrasl/slz156" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051274v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A. Ibata" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle L.M. Collins" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2854" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095297v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2529" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095291v2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Marasco" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2788" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02746882v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholaas Annau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fabbro" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossen Teimoorinia" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab4a77" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393397v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz043" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393410v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gregory" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Read" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Irwin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz518" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095168v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dolphin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saundra Albers" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz1984" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393395v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mackey" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ferguson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Huxor" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Veljanoski" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lewis" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz072" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095222v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab4b52" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393372v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ab0080" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393377v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Olsen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Choi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blum" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aafaf7" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095284v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Allende&#160;prieto" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2643" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095182v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint Lewis" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendon Brewer" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Ferguson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Veljanoski" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1597-1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393399v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-019-0751-x" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095300v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2935" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393414v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Martinez-Delgado" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Katherina Vivas" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva K. Grebel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carme Gallart" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Pieres" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936021" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095279v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Laevens" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2592" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393343v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aadba3" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393363v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty2474" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410692v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F. Thomas" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Renaud" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731609" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400881v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goldman" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Magnier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1338" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714623v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Fantin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Haywood" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa855c" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714625v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa8562" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556912v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Michael Rich" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Fardal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0004-637X/787/1/19" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524730v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Conn" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Irwin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11717" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655521v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Martin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03138.x" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403600v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boehm" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Krone-Martins" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Amorim" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brandeker" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393409v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline M. Gilbert" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik J. Tollerud" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Anderson" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael L. Beaton" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric F. Bell" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596124v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Babusiaux" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Balogh" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Driver" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pat C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>