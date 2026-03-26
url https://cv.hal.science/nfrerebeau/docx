--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -614,239 +614,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">13C, 25Mg, and 43Ca Solid-State NMR for the Purpose of Dolomitic Marbles Provenance Elucidation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing the Firing of Ceramic Materials: a Seriation-Based Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma16041468⟩</w:t>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 47 (2), pp.241-256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeosciences.12272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03980519v1</w:t>
+                <w:t xml:space="preserve">hal-04321331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Firing of Ceramic Materials: a Seriation-Based Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">13C, 25Mg, and 43Ca Solid-State NMR for the Purpose of Dolomitic Marbles Provenance Elucidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pianet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Gutiérrez Garcia-M</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Savin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Trébosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 47 (2), pp.241-256. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (4), pp.1468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/archeosciences.12272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma16041468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04321331v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03980519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthamis : Les Auzières</w:t>
               </w:r>
@@ -3006,269 +3006,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05210890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cadre chronologique et climatique</w:t>
+                <w:t xml:space="preserve">Introduction : « Où-provenance »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Valladas</w:t>
+                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Tisnérat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anita Quiles</w:t>
+                <w:t xml:space="preserve">Stéphanie Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphanie Leroy; Laure Nuninger; Anna Degioanni; Philippe Lanos; François-Xavier Le Bourdonnec; Serge Cohen; Xavier Rodier; William Banks. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La grotte Chauvet-Pont d'Arc : art et archéologie - les premières salles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sciences archéologiques et statistiques. Questions, données, méthodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions des archives contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Coll. Sciences archéologiques, 9782813004178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.9409⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447368v1</w:t>
+                <w:t xml:space="preserve">hal-05330317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : « Où-provenance »</w:t>
+                <w:t xml:space="preserve">Cadre chronologique et climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
+                <w:t xml:space="preserve">Hélène Valladas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Leroy</w:t>
+                <w:t xml:space="preserve">N Tisnérat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Quiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences archéologiques et statistiques. Questions, données, méthodes</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La grotte Chauvet-Pont d'Arc : art et archéologie - les premières salles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du Patrimoine, 2025, Grottes Ornées, 9782757709962</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05330317v1</w:t>
+                <w:t xml:space="preserve">hal-05447368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Some Iberian Unfired Pottery Sherds from the Late Iron Age (Second Century BC)</w:t>
               </w:r>
@@ -3450,623 +3450,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">kairos: Analysis of Chronological Patterns from Archaeological Count Data</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">BayLum: Chronological Bayesian Models Integrating Optically Stimulated Luminescence and Radiocarbon Age Dating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Christophe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Kreutzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Harly Baumgarten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨swh:1:dir:4d84831910785575ab97b33ee1ed2853adcf754b;origin=https://codeberg.org/tesselle/kairos⟩</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:4c4e69846441e39feb795ed65f460ccc35508595;origin=https://github.com/crp2a/BayLum⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03660838v1</w:t>
+                <w:t xml:space="preserve">hal-05407776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">dimensio: Multivariate Data Analysis</w:t>
+                <w:t xml:space="preserve">aion: Archaeological Time Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe Roe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨swh:1:dir:79044a84209cf43c4424fae29661d413125529e0;origin=https://codeberg.org/tesselle/dimensio;visit=swh:1:snp:cde7cfad86b8a9df066c966ef6957619cd54951b;anchor=swh:1:rev:44d0917d179263e7d7096b2501394f5522f52fde⟩</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:bcb49e0976d48b2d78a89fd9b27cc6896e326f16;origin=https://codeberg.org/tesselle/aion⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407786v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tabula: Analysis and Visualization of Archaeological Count Data</w:t>
+                <w:t xml:space="preserve">kairos: Analysis of Chronological Patterns from Archaeological Count Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨swh:1:dir:bca281b60e1edf6b3068570aa751a40cd62ab4e2;origin=https://codeberg.org/tesselle/tabula⟩</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:4d84831910785575ab97b33ee1ed2853adcf754b;origin=https://codeberg.org/tesselle/kairos⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867184v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03660838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BayLum: Chronological Bayesian Models Integrating Optically Stimulated Luminescence and Radiocarbon Age Dating</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">dimensio: Multivariate Data Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:79044a84209cf43c4424fae29661d413125529e0;origin=https://codeberg.org/tesselle/dimensio;visit=swh:1:snp:cde7cfad86b8a9df066c966ef6957619cd54951b;anchor=swh:1:rev:44d0917d179263e7d7096b2501394f5522f52fde⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨swh:1:dir:4c4e69846441e39feb795ed65f460ccc35508595;origin=https://github.com/crp2a/BayLum⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05407776v1</w:t>
+                <w:t xml:space="preserve">hal-05407786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">aion: Archaeological Time Series</w:t>
+                <w:t xml:space="preserve">tabula: Analysis and Visualization of Archaeological Count Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:bca281b60e1edf6b3068570aa751a40cd62ab4e2;origin=https://codeberg.org/tesselle/tabula⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joe Roe</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-04298763v1</w:t>
+                <w:t xml:space="preserve">hal-03867184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">alkahest: Pre-Processing XY Data from Experimental Methods</w:t>
+                <w:t xml:space="preserve">khroma: Colour Schemes for Scientific Data Visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨swh:1:dir:82e86c747324d65a578e0978315e27668e8bf160;origin=https://codeberg.org/tesselle/alkahest⟩</w:t>
+                <w:t xml:space="preserve">⟨swh:1:dir:8f8defd0bb71dbb7052cab8eaf0288e53f1fdc9f;origin=https://codeberg.org/tesselle/khroma⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298756v1</w:t>
+                <w:t xml:space="preserve">hal-01927931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">khroma: Colour Schemes for Scientific Data Visualization</w:t>
+                <w:t xml:space="preserve">alkahest: Pre-Processing XY Data from Experimental Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨swh:1:dir:8f8defd0bb71dbb7052cab8eaf0288e53f1fdc9f;origin=https://codeberg.org/tesselle/khroma⟩</w:t>
+                <w:t xml:space="preserve">⟨swh:1:dir:82e86c747324d65a578e0978315e27668e8bf160;origin=https://codeberg.org/tesselle/alkahest⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01927931v1</w:t>
+                <w:t xml:space="preserve">hal-04298756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ArchaeoPhases: Post-Processing of Markov Chain Monte Carlo Simulations for Chronological Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Vibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4132,51 +4132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nexus: Sourcing Archaeological Materials by Chemical Composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:52e0f52809a33edefe7f6fe7de47488975ae1a18;origin=https://codeberg.org/tesselle/nexus;visit=swh:1:snp:6a9e1833649c77bf91b30570acde20d4b45a5434;anchor=swh:1:rev:0345038426b84a5c71dc2231b7709dd2bc409c03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6115,90 +6115,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apport de la RMN des solides (Carbone, Calcium et Magnésium) pour l'identification de la provenance de marbres dolomitiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pianet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Gutiérrez Garcia-M</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilar Lapuente Mercadal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6249,64 +6249,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Augustean Trophy of Saint-Bertrand-de-Comminges. A New Archaeometric Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Gutiérrez Garcia-M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pianet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7335,221 +7335,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01711205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans la chaleur des fours : la production de céramique au Mas de Moreno</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le grand félin des cavernes (P. spelaea) : bilan paléontologique, taphonomique et pariétal à partir de gisements du Sud de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Crégut-Bonnoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Duranthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie (GMPCA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">Colloque de l’Association de Paléontologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01711218v1</w:t>
+                <w:t xml:space="preserve">hal-01711220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le grand félin des cavernes (P. spelaea) : bilan paléontologique, taphonomique et pariétal à partir de gisements du Sud de la France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dans la chaleur des fours : la production de céramique au Mas de Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l’Association de Paléontologie Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Toulouse, France</w:t>
+              <w:t xml:space="preserve">19e colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie (GMPCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01711220v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01711218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In the heat of kilns, assessing the technology of Iberian potters at the end of the Iron Age</w:t>
               </w:r>
@@ -8318,64 +8318,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Range ta chambre ! De l'art de classer et grouper ses données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21e colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie (GMPCA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rennes, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8508,51 +8508,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'usage des statistiques pour l’analyse de données de composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Le Bourdonnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20e colloque du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie (GMPCA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9377,389 +9377,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03670157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de fouille programmée annuelle 2020. Grotte du Mas des Caves n°1 (ou I), Lunel-Viel (Hérault). « Hommes et Environnements au Pléistocène Moyen »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comprendre la Bataille par le Registre Archéologique (CoBRA) : Les fouilles de la Montanguerie, Amigny (50)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Gorgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Eymard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Philippe Brugal</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Antigone Uzunidis</w:t>
+                <w:t xml:space="preserve">Louis Campain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Louaintier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Laboratoire méditerranéen de préhistoire Europe Afrique (LAMPEA) - UMR 7269 (AMU – CNRS – MCC - IRD). 2020</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Direction régionale des affaires culturelles de Normandie, Service régional de l'archéologie. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148928v1</w:t>
+                <w:t xml:space="preserve">hal-02870127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beaupréau (Maine-et-Loire), Les Landes : Un atelier de tuilier du XIIe siècle dans les Mauges. Rapport de fouilles</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rapport de fouille programmée annuelle 2020. Grotte du Mas des Caves n°1 (ou I), Lunel-Viel (Hérault). « Hommes et Environnements au Pléistocène Moyen »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Philippe Brugal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Magniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antigone Uzunidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Laboratoire méditerranéen de préhistoire Europe Afrique (LAMPEA) - UMR 7269 (AMU – CNRS – MCC - IRD). 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Nauleau</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-03249113v1</w:t>
+                <w:t xml:space="preserve">hal-03148928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la Bataille par le Registre Archéologique (CoBRA) : Les fouilles de la Montanguerie, Amigny (50)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
+                <w:t xml:space="preserve">Beaupréau (Maine-et-Loire), Les Landes : Un atelier de tuilier du XIIe siècle dans les Mauges. Rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Nauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Sanz-Pascual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Campain</w:t>
+                <w:t xml:space="preserve">Hélène Seignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alban Louaintier</w:t>
+                <w:t xml:space="preserve">Frédéric Mélec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Direction régionale des affaires culturelles de Normandie, Service régional de l'archéologie. 2020</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2020, pp.305</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02870127v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03249113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Auzières (Méthamis, Vaucluse)</w:t>
               </w:r>
@@ -10426,51 +10426,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2677FC24"/>
+    <w:nsid w:val="BB8BBD9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10657,51 +10657,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nfrerebeau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5759-4944" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190620994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/370145541826496601406" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/U-7620-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536571v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lahaye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Garb&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lebrun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2024.101516" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542155v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frerebeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06210" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542686v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aap.2024.10" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764624v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980519v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pianet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Guti&#233;rrez Garcia-M" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Savin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16041468" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321331v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.12272" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312240v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312257v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Wilson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mears" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626941v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lateur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694237v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12542-022-00628-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182196v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46430/phfr0016" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622182v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magniez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Moigne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis V&#233;zian" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.15888" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019182v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Paradol" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Mercier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/la.atl.2020.544" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877413v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayed Ben Amara" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.7220" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647722v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gorgues" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Eymard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389249v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.01821" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953123v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pernot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.6007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952012v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952009v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951997v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951987v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711023v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Machut" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40494-015-0050-5" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711119v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cr&#233;gut-Bonnoure" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulbes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2013.10.058" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7CZGB4K6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334435v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210890v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antigone Uzunidis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/5737" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5737" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447368v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valladas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tisn&#233;rat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quiles" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330317v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9409" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9409" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711117v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sacilotto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450174v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:75e81a3bc4da906ae8d640d6ddf49f0774c6052b;origin=https://codeberg.org/nfrerebeau/odyssey;visit=swh:1:snp:d3ae017e83d0ee8c3200a0b17f849d3b9e94b9d0;anchor=swh:1:rev:68de482774fb6edea058d58e9d5bedaa6cf9c32e" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660838v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4d84831910785575ab97b33ee1ed2853adcf754b;origin=https://codeberg.org/tesselle/kairos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407786v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:79044a84209cf43c4424fae29661d413125529e0;origin=https://codeberg.org/tesselle/dimensio;visit=swh:1:snp:cde7cfad86b8a9df066c966ef6957619cd54951b;anchor=swh:1:rev:44d0917d179263e7d7096b2501394f5522f52fde" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867184v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bca281b60e1edf6b3068570aa751a40cd62ab4e2;origin=https://codeberg.org/tesselle/tabula" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407776v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Christophe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Philippe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kreutzer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Harly Baumgarten" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c4e69846441e39feb795ed65f460ccc35508595;origin=https://github.com/crp2a/BayLum" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298763v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Roe" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bcb49e0976d48b2d78a89fd9b27cc6896e326f16;origin=https://codeberg.org/tesselle/aion" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298756v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:82e86c747324d65a578e0978315e27668e8bf160;origin=https://codeberg.org/tesselle/alkahest" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927931v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8f8defd0bb71dbb7052cab8eaf0288e53f1fdc9f;origin=https://codeberg.org/tesselle/khroma" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407753v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c18823fda9a7b4f8162b1d1e3f26d4025339a977;origin=https://github.com/ArchaeoStat/ArchaeoPhases;visit=swh:1:snp:40e99d1536f7511b1a9e48a3a050c7f0417597f5;anchor=swh:1:rev:b72bb72e8d190657b257337e3821667f179cea87" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407812v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:52e0f52809a33edefe7f6fe7de47488975ae1a18;origin=https://codeberg.org/tesselle/nexus;visit=swh:1:snp:6a9e1833649c77bf91b30570acde20d4b45a5434;anchor=swh:1:rev:0345038426b84a5c71dc2231b7709dd2bc409c03" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407818v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:df601cf8c2b5e691036b5325c59eaa5fde59280e;origin=https://codeberg.org/tesselle/ananke;visit=swh:1:snp:0b352c26ec69b742a430e6ef605c98c82f912748;anchor=swh:1:rev:a090d43d7f2eafeafaa9002f5f50155ee80128a4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407754v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:708305fc6b8a6ef450f2ee4a523cc1eab3314600;origin=https://codeberg.org/tesselle/kinesis;visit=swh:1:snp:b4eaba9770996299a1fca78bfa8759b09d2434fe;anchor=swh:1:rev:6c227792ce2dc88d19e64158e643df0a9ea2b0c2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660831v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ef25cf09e07ed2a40ad6c53afcde5fd8d7d67e65;origin=https://codeberg.org/tesselle/folio" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:38565a5608bc35fd1a19d630682be45bd09f3173;origin=https://codeberg.org/tesselle/isopleuros" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979514v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:25423af1cd191fa72f67be27a2e315a003e7b6a4;origin=https://github.com/crp2a/gammaShiny" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954168v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rizza" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7c7a0e1f859d016f68f7177ce1e790355e042064;origin=https://github.com/crp2a/gamma" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05416246v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Moreau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plutniak" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525046v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Messiez-Poche" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017976v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Casta&#241;eda" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Alloteau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017961v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017966v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388501v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bertaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018005v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Modeste Koffi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Orange" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746047v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mietje Germonpr&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018001v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Guirriec-Cornu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207945v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisn&#233;rat Laborde" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321257v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Picard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Poigt" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261141v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848741v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Lapuente Mercadal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848737v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Guti&#233;rrez Garcia-M." TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Cuch&#237; Oterino" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817170v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baleux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817827v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Cregut&#8209;bonnoure" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Aubert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Collier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463851v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863920v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/una2.9782381490038.4" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887074v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/DANA3.9782381490120.8" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419139v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439403v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Benavente" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711121v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711205v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711218v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711220v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fleury" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711215v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711223v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711224v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desclaux" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621152v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebrun Brice" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330865v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314421v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Javel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gr&#233;mont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872517v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711201v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711210v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711212v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711216v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388590v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316501v3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063611v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05450150v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746386v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Burcet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Justiniany" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670157v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148928v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Brugal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249113v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nauleau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bellanger" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Sanz-Pascual" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;lec" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870127v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Campain" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Louaintier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857263v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Argant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bachellerie" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857260v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334437v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Krzepkowska" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334436v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01711197v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BOR30032" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nfrerebeau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5759-4944" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190620994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/370145541826496601406" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/U-7620-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536571v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Falgu&#232;res" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lahaye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Garb&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lebrun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2024.101516" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542155v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frerebeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06210" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542686v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/aap.2024.10" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764624v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321331v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.12272" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980519v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pianet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Guti&#233;rrez Garcia-M" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Savin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16041468" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312240v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312257v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Wilson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mears" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626941v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lateur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694237v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12542-022-00628-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182196v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46430/phfr0016" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622182v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Magniez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Moigne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis V&#233;zian" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.15888" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019182v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Paradol" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gu&#233;rin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Mercier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/la.atl.2020.544" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877413v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayed Ben Amara" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cantin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.7220" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269824v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647722v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gorgues" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Eymard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389249v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.01821" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953123v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pernot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.6007" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952012v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952009v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951997v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951987v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711023v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Machut" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chapoulie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40494-015-0050-5" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711119v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cr&#233;gut-Bonnoure" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulbes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bouville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2013.10.058" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7CZGB4K6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334435v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210890v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antigone Uzunidis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/5737" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5737" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330317v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Le Bourdonnec" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9409" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9409" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447368v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Valladas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tisn&#233;rat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Genty" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quiles" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711117v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sacilotto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450174v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:75e81a3bc4da906ae8d640d6ddf49f0774c6052b;origin=https://codeberg.org/nfrerebeau/odyssey;visit=swh:1:snp:d3ae017e83d0ee8c3200a0b17f849d3b9e94b9d0;anchor=swh:1:rev:68de482774fb6edea058d58e9d5bedaa6cf9c32e" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407776v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Christophe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Philippe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kreutzer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Harly Baumgarten" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c4e69846441e39feb795ed65f460ccc35508595;origin=https://github.com/crp2a/BayLum" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298763v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Roe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bcb49e0976d48b2d78a89fd9b27cc6896e326f16;origin=https://codeberg.org/tesselle/aion" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660838v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4d84831910785575ab97b33ee1ed2853adcf754b;origin=https://codeberg.org/tesselle/kairos" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407786v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:79044a84209cf43c4424fae29661d413125529e0;origin=https://codeberg.org/tesselle/dimensio;visit=swh:1:snp:cde7cfad86b8a9df066c966ef6957619cd54951b;anchor=swh:1:rev:44d0917d179263e7d7096b2501394f5522f52fde" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867184v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bca281b60e1edf6b3068570aa751a40cd62ab4e2;origin=https://codeberg.org/tesselle/tabula" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927931v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:8f8defd0bb71dbb7052cab8eaf0288e53f1fdc9f;origin=https://codeberg.org/tesselle/khroma" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298756v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:82e86c747324d65a578e0978315e27668e8bf160;origin=https://codeberg.org/tesselle/alkahest" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407753v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c18823fda9a7b4f8162b1d1e3f26d4025339a977;origin=https://github.com/ArchaeoStat/ArchaeoPhases;visit=swh:1:snp:40e99d1536f7511b1a9e48a3a050c7f0417597f5;anchor=swh:1:rev:b72bb72e8d190657b257337e3821667f179cea87" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407812v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:52e0f52809a33edefe7f6fe7de47488975ae1a18;origin=https://codeberg.org/tesselle/nexus;visit=swh:1:snp:6a9e1833649c77bf91b30570acde20d4b45a5434;anchor=swh:1:rev:0345038426b84a5c71dc2231b7709dd2bc409c03" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407818v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:df601cf8c2b5e691036b5325c59eaa5fde59280e;origin=https://codeberg.org/tesselle/ananke;visit=swh:1:snp:0b352c26ec69b742a430e6ef605c98c82f912748;anchor=swh:1:rev:a090d43d7f2eafeafaa9002f5f50155ee80128a4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407754v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:708305fc6b8a6ef450f2ee4a523cc1eab3314600;origin=https://codeberg.org/tesselle/kinesis;visit=swh:1:snp:b4eaba9770996299a1fca78bfa8759b09d2434fe;anchor=swh:1:rev:6c227792ce2dc88d19e64158e643df0a9ea2b0c2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660831v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ef25cf09e07ed2a40ad6c53afcde5fd8d7d67e65;origin=https://codeberg.org/tesselle/folio" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:38565a5608bc35fd1a19d630682be45bd09f3173;origin=https://codeberg.org/tesselle/isopleuros" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979514v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:25423af1cd191fa72f67be27a2e315a003e7b6a4;origin=https://github.com/crp2a/gammaShiny" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954168v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rizza" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7c7a0e1f859d016f68f7177ce1e790355e042064;origin=https://github.com/crp2a/gamma" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05416246v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Moreau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plutniak" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525046v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Messiez-Poche" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Daujeard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017976v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Darras" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Casta&#241;eda" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Alloteau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017961v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017966v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388501v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bertaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018005v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Marro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Modeste Koffi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Orange" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746047v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fritz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mietje Germonpr&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018001v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Guirriec-Cornu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207945v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisn&#233;rat Laborde" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tosello" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321257v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Picard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Poigt" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261141v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848741v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Lapuente Mercadal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848737v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Guti&#233;rrez Garcia-M." TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Cuch&#237; Oterino" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817170v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baleux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817827v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Cregut&#8209;bonnoure" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Aubert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Collier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463851v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863920v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/una2.9782381490038.4" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887074v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/DANA3.9782381490120.8" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419139v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439403v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Benavente" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711121v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711205v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711220v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fleury" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711218v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711215v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711223v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711224v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Debard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desclaux" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621152v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebrun Brice" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330865v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314421v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Javel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gr&#233;mont" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872517v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711201v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711210v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711212v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711216v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388590v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316501v3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063611v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Delannoy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05450150v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746386v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Burcet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Justiniany" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670157v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870127v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Campain" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Louaintier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148928v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Brugal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249113v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nauleau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bellanger" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Sanz-Pascual" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Seignac" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;lec" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857263v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Argant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bachellerie" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857260v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334437v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jadwiga Krzepkowska" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334436v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01711197v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015BOR30032" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>