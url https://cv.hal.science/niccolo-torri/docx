--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -134,51 +134,51 @@
                 <w:t xml:space="preserve">Hydrodynamic limit of the Schelling model with spontaneous Glauber and Kawasaki dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 29 (none), </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1214/24-EJP1078⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -225,51 +225,51 @@
                 <w:t xml:space="preserve">Non-directed polymers in heavy-tail random environment in dimension d≥2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ran Wei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
@@ -355,51 +355,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shen Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 27 (16), pp.1-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -450,51 +450,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chien-Hao Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ran Wei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
             </w:r>
@@ -545,51 +545,51 @@
                 <w:t xml:space="preserve">Entropy-controlled Last-Passage Percolation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Annals of Applied Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (3), pp.1878-1903</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -627,51 +627,51 @@
                 <w:t xml:space="preserve">Directed polymers in heavy-tail random environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Annals of Probability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -684,470 +684,470 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01706666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collapse transition of the interacting prudent walk</w:t>
+                <w:t xml:space="preserve">Interacting partially directed self-avoiding walk: a probabilistic perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Carmona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gia Bao Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pétrélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l’Institut Henri Poincaré (D) Combinatorics, Physics and their Interactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1751-8121/aab15e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01387037v1</w:t>
+                <w:t xml:space="preserve">hal-01718121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interacting partially directed self-avoiding walk: a probabilistic perspective</w:t>
+                <w:t xml:space="preserve">Collapse transition of the interacting prudent walk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Carmona</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pétrélis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de l’Institut Henri Poincaré (D) Combinatorics, Physics and their Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.387-435</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1751-8121/aab15e⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01718121v1</w:t>
+                <w:t xml:space="preserve">hal-01387037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universality for the pinning model in the weak coupling regime</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scaling limit of the uniform prudent walk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pétrélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Caravenna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabio Lucio Toninelli †</w:t>
+                <w:t xml:space="preserve">Rongfeng Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Annals of Probability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/16-AOP1109⟩</w:t>
+              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (66), pp.1 - 19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/17-EJP87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01154945v2</w:t>
+                <w:t xml:space="preserve">hal-01470125v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling limit of the uniform prudent walk</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pétrélis</w:t>
+                <w:t xml:space="preserve">Universality for the pinning model in the weak coupling regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Caravenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rongfeng Sun</w:t>
+                <w:t xml:space="preserve">Fabio Lucio Toninelli †</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 22 (66), pp.1 - 19. </w:t>
+              <w:t xml:space="preserve">The Annals of Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (4), pp.2154-2209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1214/17-EJP87⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1214/16-AOP1109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01470125v2</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154945v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pinning Model with Heavy Tailed Disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stochastic Processes and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.spa.2015.09.010⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -1239,51 +1239,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Taggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1333,51 +1333,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization and universality phenomena for random polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torri Niccolo</w:t>
+                <w:t xml:space="preserve">Niccolò Torri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">General Mathematics [math.GM]. Université Claude Bernard - Lyon I; Università degli studi di Milano - Bicocca, 2015. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015LYO10114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
@@ -1567,51 +1567,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996809v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Barret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torri Niccolo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-EJP1078" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907215v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Wei" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/22-EJP873" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199916v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duquesne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Khanfir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Lin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481232v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Hao Huang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811267v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706666v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387037v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;tr&#233;lis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718121v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carmona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gia Bao Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/aab15e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154945v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Caravenna" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Lucio Toninelli &#8224;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-AOP1109" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470125v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongfeng Sun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/17-EJP87" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088199v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2015.09.010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807648v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Heydenreich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Taggi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01203744v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LYO10114" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996809v3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Barret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Torri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/24-EJP1078" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907215v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Wei" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/22-EJP873" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199916v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duquesne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Khanfir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shen Lin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481232v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Hao Huang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811267v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706666v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718121v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carmona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gia Bao Nguyen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P&#233;tr&#233;lis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/aab15e" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387037v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470125v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongfeng Sun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/17-EJP87" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154945v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Caravenna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Lucio Toninelli &#8224;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/16-AOP1109" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088199v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spa.2015.09.010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807648v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Heydenreich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Taggi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01203744v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LYO10114" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>