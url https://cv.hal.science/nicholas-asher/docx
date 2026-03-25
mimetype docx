--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -403,256 +403,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05374550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In2Core: Leveraging Influence Functions for Coreset Selection in Instruction Finetuning of Large Language Models</w:t>
+                <w:t xml:space="preserve">Nebula: A discourse aware Minecraft Builder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayrton San Joaquin</w:t>
+                <w:t xml:space="preserve">Akshay Chaturvedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bin Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Muller</w:t>
+                <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Findings of the Association for Computational Linguistics: EMNLP 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMNLP 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association of Computational Linguistics, Nov 2024, Miami (FL), United States. p. 6431-6443</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04829539v1</w:t>
+                <w:t xml:space="preserve">hal-04829269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nebula: A discourse aware Minecraft Builder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In2Core: Leveraging Influence Functions for Coreset Selection in Instruction Finetuning of Large Language Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayrton San Joaquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengyuan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akshay Chaturvedi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kate Thompson</w:t>
+                <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMNLP 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Findings of the Association for Computational Linguistics: EMNLP 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Miami, France. pp.10324-10335, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2024.findings-emnlp.604⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04829269v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Explaining with Attention Matrices</w:t>
               </w:r>
@@ -811,51 +811,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourse Structure for the Minecraft Dialogue Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hunter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1308,51 +1308,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hunter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kranti Chalamalasetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandros Nicolaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1574,131 +1574,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04829646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fair and Adequate Explanations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Contrastive to Abductive Explanations and Back Again</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Ignatiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Narodytska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Russell</w:t>
+                <w:t xml:space="preserve">Joao Marques-Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th IFIP TC 5, TC 12, WG 8.4, WG 8.9, WG 12.9 International Cross-Domain Conference for Machine Learning and Knowledge Extraction (CD-MAKE 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Vienna (virtual), Austria. </w:t>
+              <w:t xml:space="preserve">International Conference of the Italian Association for Artificial Intelligence (AIxIA 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Italian Association for Artificial Intelligence, Nov 2020, Virtual, Italy. pp.335-355, </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-84060-0_6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-77091-4_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03454256v1</w:t>
+                <w:t xml:space="preserve">hal-03317618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examining Linguistic Biases in Telegram with a game theoretic analysis *</w:t>
               </w:r>
@@ -1773,144 +1786,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03328712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Contrastive to Abductive Explanations and Back Again</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexey Ignatiev</w:t>
+                <w:t xml:space="preserve">Fair and Adequate Explanations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Narodytska</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicholas Asher</w:t>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joao Marques-Silva</w:t>
+                <w:t xml:space="preserve">Chris Russell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of the Italian Association for Artificial Intelligence (AIxIA 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Italian Association for Artificial Intelligence, Nov 2020, Virtual, Italy. pp.335-355, </w:t>
+              <w:t xml:space="preserve">5th IFIP TC 5, TC 12, WG 8.4, WG 8.9, WG 12.9 International Cross-Domain Conference for Machine Learning and Knowledge Extraction (CD-MAKE 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Vienna (virtual), Austria. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-77091-4_21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-84060-0_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03317618v1</w:t>
+                <w:t xml:space="preserve">hal-03454256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpretive blindness and the impossibility of learning from testimony</w:t>
               </w:r>
@@ -1972,511 +1972,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weak Supervision for Learning Discourse Structure</w:t>
+                <w:t xml:space="preserve">Data Programming for Learning Discourse Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Badene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lorré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMNLP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Association for Computational LInguistics (ACL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Florence, Italy. pp.640-645, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/P19-1061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393459v1</w:t>
+                <w:t xml:space="preserve">hal-02393478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Programming for Learning Discourse Structure</w:t>
+                <w:t xml:space="preserve">Weak Supervision for Learning Discourse Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Badene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lorré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association for Computational LInguistics (ACL)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EMNLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Hong Kong, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18653/v1/P19-1061⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02393478v1</w:t>
+                <w:t xml:space="preserve">hal-02393459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse faiblement supervisée de conversation en actes de dialogue</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Apprentissage faiblement supervisé de la structure discursive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Badene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lorré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Auguste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles (TALN - PFIA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Toulouse, France. pp.159-166</w:t>
+              <w:t xml:space="preserve">, Jul 2019, Toulouse, France. pp.175-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567765v1</w:t>
+                <w:t xml:space="preserve">hal-02567767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage faiblement supervisé de la structure discursive</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Analyse faiblement supervisée de conversation en actes de dialogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Auguste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence sur le Traitement Automatique des Langues Naturelles (TALN - PFIA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Toulouse, France. pp.175-184</w:t>
+              <w:t xml:space="preserve">, Jul 2019, Toulouse, France. pp.159-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567767v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02567765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Multi-party Discourse Structure Using Weak Supervision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Badene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lorré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2635,51 +2635,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How much progress have we made on RST discourse parsing? A replication study of recent results on the RST-DT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Morey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2711,476 +2711,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01650251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining the Right Frontier in Multi-Party Dialogue</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conversation and Games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Workshop on the semantics and pragmatics of dialogue (SemDial 2015 - goDIAL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Göteborg, Sweden. pp. 95-103</w:t>
+              <w:t xml:space="preserve">7th Indian Conference on Logic and Its Applications (ICLA 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Kanpur, India. pp.1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01535950v1</w:t>
+                <w:t xml:space="preserve">hal-02354390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OK or not OK? Commitments in acknowledgments and corrections</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Language Games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Conference Semantics and Linguistic Theory (SALT 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Stanford, CA, United States. pp. 595-614</w:t>
+              <w:t xml:space="preserve">9th International Conference Logical Aspects of Computational Linguistics (LACL 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Nancy, France. pp.1-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01530288v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Conversational Success: Weighted Message Exchange Games</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Defining the Right Frontier in Multi-Party Dialogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Soumya Paul</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Kow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Workshop on the Semantics and Pragmatics of Dialogue (SemDial 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Rutgers, New Jersey, United States. pp.55-64</w:t>
+              <w:t xml:space="preserve">19th Workshop on the semantics and pragmatics of dialogue (SemDial 2015 - goDIAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Göteborg, Sweden. pp. 95-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354391v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conversation and Games</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">OK or not OK? Commitments in acknowledgments and corrections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Soumya Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Indian Conference on Logic and Its Applications (ICLA 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Kanpur, India. pp.1-18</w:t>
+              <w:t xml:space="preserve">25th Conference Semantics and Linguistic Theory (SALT 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Stanford, CA, United States. pp. 595-614</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354390v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01530288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Language Games</w:t>
+                <w:t xml:space="preserve">Evaluating Conversational Success: Weighted Message Exchange Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumya Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference Logical Aspects of Computational Linguistics (LACL 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, Nancy, France. pp.1-17</w:t>
+              <w:t xml:space="preserve">20th Workshop on the Semantics and Pragmatics of Dialogue (SemDial 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Rutgers, New Jersey, United States. pp.55-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02354381v1</w:t>
+                <w:t xml:space="preserve">hal-02354391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourse Structure and Dialogue Acts in Multiparty Dialogue: the STAC Corpus</w:t>
               </w:r>
@@ -3218,51 +3218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Morey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Language Resources and Evaluation (LREC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Portoroz, Slovenia. pp.2721-2727</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3369,64 +3369,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integer Linear Programming for Discourse Parsing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3490,90 +3490,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel Discourse Annotations on a Corpus of Short Texts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manfred Stede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Peldzsus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Language Resources and Evaluation (LREC 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Portoroz, Slovenia. pp.1051-1058</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3592,299 +3592,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02124413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LECSIE - Linked Events Collection for Semantic Information Extraction</w:t>
+                <w:t xml:space="preserve">A Generalisation of Lexical Functions for Composition in Distributional Semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Conrath</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+                <w:t xml:space="preserve">Antoine Bride</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim van de Cruys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 25th Meeting of Computational Linguistics in The Netherlands (CLIN25)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACL : Association for Computational Linguistics; University of Antwerp, Feb 2015, Antwerp, Netherlands</w:t>
+              <w:t xml:space="preserve">53rd Annual Meeting of the Association for Computational Linguistics (ACL 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Beijing, China. pp.281-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03198230v1</w:t>
+                <w:t xml:space="preserve">hal-02355284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Generalisation of Lexical Functions for Composition in Distributional Semantics</w:t>
+                <w:t xml:space="preserve">LECSIE - Linked Events Collection for Semantic Information Extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bride</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tim van de Cruys</w:t>
+                <w:t xml:space="preserve">Juliette Conrath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd Annual Meeting of the Association for Computational Linguistics (ACL 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Beijing, China. pp.281-291</w:t>
+              <w:t xml:space="preserve">2015 25th Meeting of Computational Linguistics in The Netherlands (CLIN25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACL : Association for Computational Linguistics; University of Antwerp, Feb 2015, Antwerp, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02355284v1</w:t>
+                <w:t xml:space="preserve">hal-03198230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourse parsing for multi-party chat dialogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stergos Afantenos</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eric Kow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Empirical Methods on Natural Language Processing (EMNLP 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Lisbon, Portugal. pp. 928-937</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3909,51 +3909,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Public Commitments in Dialogue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3985,273 +3985,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01375394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Credibility and its Attacks</w:t>
+                <w:t xml:space="preserve">Counter-Argumentation and Discourse: A Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Venant</w:t>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Dégremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Semantics and Pragmatics of Dialogue - SemDIAL 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Edinburgh, United Kingdom. pp. 154-162</w:t>
+              <w:t xml:space="preserve">Frontiers and Connections between Argumentation Theory and Natural Language Processing (ArgNLP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Forlì-Cesena, Italy. pp. 11-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01145832v1</w:t>
+                <w:t xml:space="preserve">hal-01343000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Counter-Argumentation and Discourse: A Case Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+                <w:t xml:space="preserve">Credibility and its Attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dégremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers and Connections between Argumentation Theory and Natural Language Processing (ArgNLP 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Forlì-Cesena, Italy. pp. 11-16</w:t>
+              <w:t xml:space="preserve">Workshop on the Semantics and Pragmatics of Dialogue - SemDIAL 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Edinburgh, United Kingdom. pp. 154-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01343000v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01145832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsupervised extraction of semantic relations using discourse cues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Conrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Computational Linguistics - COLING 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Dublin, Ireland. pp. 2184-2194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4276,64 +4276,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revealing Resources in Strategic Contexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4384,64 +4384,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic Similarity: Foundations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dégremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Venant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4479,51 +4479,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une évaluation approfondie de différentes méthodes de compositionalité sémantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim van de Cruys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4574,90 +4574,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction non supervisée de relations sémantiques lexicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Conrath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles - TALN 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Marseille, France. pp. 244-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4695,51 +4695,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infinite Games with Uncertain Moves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumya Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strategic Reasoning Workshop, European Joint Conference on Theory and Practice of Software (2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Rome, Italy. pp. 25-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5000,299 +5000,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01229070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expressivity and comparison of models of discourse structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Venant</w:t>
+                <w:t xml:space="preserve">Grounding Strategic Conversation: Using Negotiation Dialogues to Predict Trades in a Win-Lose Game</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGDIAL 2013 - Special Interest Group on Discourse and Dialogue Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Metz, France. pp.2--11</w:t>
+              <w:t xml:space="preserve">Empirical Methods on Natural Language Processing (EMNLP 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Seattle, United States. pp.357-368</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00838260v1</w:t>
+                <w:t xml:space="preserve">hal-04082819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grounding Strategic Conversation: Using Negotiation Dialogues to Predict Trades in a Win-Lose Game</w:t>
+                <w:t xml:space="preserve">VP Ellipsis without indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
+                <w:t xml:space="preserve">Daniel Hardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alex Lascarides</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Empirical Methods on Natural Language Processing (EMNLP 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Seattle, United States. pp.357-368</w:t>
+              <w:t xml:space="preserve">23rd Semantics and Linguistic Theory Conference (SALT 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Santa Cruz, CA, United States. pp.236-251</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04082819v1</w:t>
+                <w:t xml:space="preserve">hal-03669214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conversations and Incomplete Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumya Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on the Semantics and Pragmatics of Dialogue (SemDIAL 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5311,761 +5285,787 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VP Ellipsis without indices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expressivity and comparison of models of discourse structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Hardt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julie Hunter</w:t>
+                <w:t xml:space="preserve">Pascal Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd Semantics and Linguistic Theory Conference (SALT 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Santa Cruz, CA, United States. pp.236-251</w:t>
+              <w:t xml:space="preserve">SIGDIAL 2013 - Special Interest Group on Discourse and Dialogue Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Metz, France. pp.2--11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03669214v1</w:t>
+                <w:t xml:space="preserve">hal-00838260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction de préférences à partir de dialogues de négociation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Developing a corpus of strategic conversation in The Settlers of Catan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dégremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.343--350</w:t>
+              <w:t xml:space="preserve">1st Workshop on Games and NLP (GAMNLP 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Kanazawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685477v1</w:t>
+                <w:t xml:space="preserve">hal-03685482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained decoding for text-level discourse parsing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascal Denis</w:t>
+                <w:t xml:space="preserve">How do Negation and Modality Impact on Opinions ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Yannick Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on Computational Linguistics (COLING 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Mumbai, India. pp.1883-1900</w:t>
+              <w:t xml:space="preserve">Workshop on Extra-propositional aspects of meaning in computational linguistics (ExProM @ ACL 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Jeju Island, South Korea. pp.10-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00750611v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00751065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cognitive Model for Conversation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constrained decoding for text-level discourse parsing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alex Lascarides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on the Semantics and Pragmatics of Dialogue (SEMDIAL 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Paris, France. pp.31-39</w:t>
+              <w:t xml:space="preserve">24th International Conference on Computational Linguistics (COLING 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Mumbai, India. pp.1883-1900</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685483v1</w:t>
+                <w:t xml:space="preserve">hal-00750611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do Negation and Modality Impact on Opinions ?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Cognitive Model for Conversation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Extra-propositional aspects of meaning in computational linguistics (ExProM @ ACL 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Jeju Island, South Korea. pp.10-18</w:t>
+              <w:t xml:space="preserve">Workshop on the Semantics and Pragmatics of Dialogue (SEMDIAL 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Paris, France. pp.31-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00751065v1</w:t>
+                <w:t xml:space="preserve">hal-03685483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a corpus of strategic conversation in The Settlers of Catan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+                <w:t xml:space="preserve">Extraction de préférences à partir de dialogues de négociation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamadou Seck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Workshop on Games and NLP (GAMNLP 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Kanazawa, Japan</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.343--350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685482v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing a corpus of strategic conversation in The Settlers of Catan (SemDial 2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dégremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Workshop on the Semantics and Pragmatics of Dialogue (SemDial 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Paris, France</w:t>
@@ -6094,51 +6094,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preference Extraction From Negotiation Dialogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6146,51 +6146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamadou Seck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th European Conference on Artificial Intelligence (ECAI 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Coordination Committee for Artificial Intelligence (ECCAI); French Association for Artificial Intelligence (AFIA); Laboratoire d'Informatique, de Robotique et de Microélectronique de Montpellier (LIRMM), Université Montpellier 2 et CNRS, Aug 2012, Montpellier, France. pp.211--216, </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6224,51 +6224,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction de préférences à partir de dialogues de négociation (Journée commune AFIA - ATALA 2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6319,51 +6319,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotating Preferences in Negotiation Dialogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6414,51 +6414,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An empirical resource for discovering cognitive principles of discourse organisation: the ANNODIS corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6539,51 +6539,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotating Preferences in Chats for Strategic Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6628,260 +6628,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex discourse units and their semantics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discourse Segmentation of Opinion Texts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CID 2011 - Constraints In Discourse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Agay Roches Rouges, Var, France</w:t>
+              <w:t xml:space="preserve">12th International Pragmatics Conference: Pragmatics and its interfaces (IPRA 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690403v1</w:t>
+                <w:t xml:space="preserve">hal-03690402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discourse Segmentation of Opinion Texts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Complex discourse units and their semantics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Farah Benamara</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Pragmatics Conference: Pragmatics and its interfaces (IPRA 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">CID 2011 - Constraints In Discourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Agay Roches Rouges, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690402v1</w:t>
+                <w:t xml:space="preserve">hal-03690403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commitments to Preferences in Dialogue (poster)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7036,51 +7036,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing SDRT's Right Frontier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7112,247 +7112,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00496755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causal relations in the semantics of the French adverb &amp;quot;alors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ANNODIS : une approche outillée de l'annotation de structures discursives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Péry-Woodley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICRAC workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Toulouse, France</w:t>
+              <w:t xml:space="preserve">16ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATALA : Association pour le Traitement Automatique des Langues, Jun 2009, Senlis, France. paper 52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00959694v1</w:t>
+                <w:t xml:space="preserve">hal-00410590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANNODIS : une approche outillée de l'annotation de structures discursives</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Causal relations in the semantics of the French adverb &amp;quot;alors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Enjalbert</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Le Draoulec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATALA : Association pour le Traitement Automatique des Langues, Jun 2009, Senlis, France. paper 52</w:t>
+              <w:t xml:space="preserve">MICRAC workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00410590v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00959694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distilling Opinion in Discourse: A Preliminary Study</w:t>
               </w:r>
@@ -7364,51 +7364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Yannick Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd International Conference on Computational Linguistics (COLING 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Manchester, United Kingdom. pp.7-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7446,51 +7446,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial entities are temporal entities too: the case of motion verbs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Gaio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7554,51 +7554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Yannick Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th European Conference of Artificial Intelligence (ECAI 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Patras, Greece. pp.835 - 836, </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7835,51 +7835,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for a Scalar Analysis of Result in SDRT from a Study of the French Temporal Connective alors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Le Draoulec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8002,286 +8002,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidentiality and intensionality: Two uses of reportative constructions in discourse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adverbiaux de localisation comme introducteurs de topiques de discours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Le Draoulec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brian Reese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Constraints in Discourse Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Maynooth, Ireland</w:t>
+              <w:t xml:space="preserve">Journées du GDR Sémantique et Modélisation (JMS 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00515094v1</w:t>
+                <w:t xml:space="preserve">hal-03690937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adverbiaux de localisation comme introducteurs de topiques de discours</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidentiality and intensionality: Two uses of reportative constructions in discourse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Reese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du GDR Sémantique et Modélisation (JMS 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Workshop on Constraints in Discourse Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Maynooth, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690937v1</w:t>
+                <w:t xml:space="preserve">inria-00515094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Names and pops and discourse structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Reese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8313,234 +8313,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Presuppositional Account of Indexicals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Negative bias in polar questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Reese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amsterdam Colloquium on Formal Semantics 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2005, Amsterdam, Netherlands. pp.119-125</w:t>
+              <w:t xml:space="preserve">Proceedings of Sinn und Bedeutung (SUB 2004)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2004, Nijmegen, Netherlands. pp.30-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690942v1</w:t>
+                <w:t xml:space="preserve">hal-03690940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative bias in polar questions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Presuppositional Account of Indexicals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brian Reese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Sinn und Bedeutung (SUB 2004)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2004, Nijmegen, Netherlands. pp.30-43</w:t>
+              <w:t xml:space="preserve">Amsterdam Colloquium on Formal Semantics 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2005, Amsterdam, Netherlands. pp.119-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690940v1</w:t>
+                <w:t xml:space="preserve">hal-03690942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical ambiguity as type disjunction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Workshop on Generative Approaches to the Lexicon (GL 2005)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Genève, Switzerland. pp.10-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8578,51 +8578,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracting and Using Discourse Structure to Resolve Anaphoric Dependencies: Combining Logico-Semantic and Statistical Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9149,190 +9149,6353 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Aspects of Rationality and Knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 1986, Monterey, California, Unknown Region. pp.131--148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interpreto: An Explainability Library for Transformers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Poché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mullor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Sarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Friedrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efficient Explanations for Knowledge Compilation Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuanxiang Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Izza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Ignatiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Cooper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Relating Why and Why not explanations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Ignatiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Narodytska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Marques-Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grammaticality and Meaning Shift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Abrusan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim van de Cruys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02381531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (60)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modality-Agnostic Decoding of Vision and Language from fMRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitja Nikolaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milad Mozafari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.107933.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport-based Counterfactual Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas de Lara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto González-Sanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Risser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Loubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (136), pp.1-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3351095.3372845⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03216124v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyzing Semantic Faithfulness of Language Models via Input Intervention on Conversational Question Answering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akshay Chaturvedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swarnadeep Bhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumadeep Saha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utpal Garain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (1), pp.119-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/coli_a_00493⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829090v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How Optimal Transport Can Tackle Gender Biases in Multi-Class Neural Network Classifiers for Job Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titon Tshiongo Kaninku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Loubes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Risser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (3), pp.174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/a16030174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Counterfactual Models for Fair and Adequate Explanations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas de Lara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Machine Learning and Knowledge Extraction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Special Issue Selected Papers from CD-MAKE 2021 and ARES 2021, 4 (2), pp.316 - 349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/make4020014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bias in Semantic and Discourse Interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10988-021-09334-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03454276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling Structures for Situated Discourse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogue &amp; Discourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.89-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5087/dad.2020.104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Content vs. function words: the view from distributional semantics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Márta Abrusán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim van de Cruys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZAS Papers in Linguistics (ZASPiL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Proceedings of Sinn und Bedeutung 22, 1, 60, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21248/zaspil.60.2018.451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ijn_03247051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strategic conversations under imperfect information: Epistemic Message Exchange Games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Logic, Language and Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (4), pp.343-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10849-018-9271-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dependency Perspective on RST Discourse Parsing and Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Morey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44 (2), pp.197-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/COLI_a_00314⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Formal Semantics for Situated Conversation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semantics and Pragmatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.1-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3765/sp.11.10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Logic of Sights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Dégremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Logic and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (4), pp.1225-1305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/logcom/exv077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation in Discourse: a Corpus-Based Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Yannick Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dialogue &amp; Discourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (1), pp.1-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrating Type Theory and Distributional Semantics: A Case Study on Adjective–Noun Compositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim van de Cruys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bride</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Abrusan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (4), pp.703 - 725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/COLI_a_00264⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01678831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Message Exchange Games in Strategic Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumya Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Venant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Philosophical Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (4), pp.355-494. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10992-016-9402-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preference Change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Logic, Language and Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, vol. 24 (n° 3), pp. 267-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10849-015-9221-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selectional Restrictions, Types and Categories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 12 (n° 1), pp. 75-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jal.2013.08.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implicatures and Discourse Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 132, pp. 13-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lingua.2012.10.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01124393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strategic Conversation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semantics and Pragmatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 6, pp. 1-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3765/sp.6.2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01124401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La ressource ANNODIS, un corpus enrichi d'annotations discursives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Péry-Woodley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stergos Afantenos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia-Mai Ho-Dac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 52 (3), pp.71-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00935201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reasoning Dynamically about What One Says</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Synthese</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 183 (1 supplement), pp.5-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11229-011-0016-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Snapshot of Discourse Semantics in 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de la Société de Linguistique de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, L’architecture des théories linguistiques, les modules et leurs interfaces, 20, pp.183-204</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appraisal of opinion expressions in discourse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Yannick Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 32 (2), pp.279-292</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00746398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une formalisation plus précise pour une annotation moins confuse: la relation d'élaboration d'entité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of French Language Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (2), pp.207-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0959269509003755⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01231931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supervaluations Debugged</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josh Dever</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Pappas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mind</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 118 (472), pp.901-933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mind/fzp107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agreement, Disputes and Commitment in Dialogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (2), pp.88-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jos/ffn013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Formal Analysis of the French Temporal Connective 'alors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Le Draoulec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oslo Studies in Language [Autre titre OSLa]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1 (1), pp.149-170</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Type Driven Theory of Predication with Complex Types</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fundamenta Informaticae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Logic for Pragmatics, 84 (2), pp.151-183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Setting the background in discourse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discours - Revue de linguistique, psycholinguistique et informatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 301, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/discours.301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01231936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Large View of Linguistic Content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pragmatics and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 15 (1), pp.17-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/pc.15.1.05ash⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Might', 'Would', 'Could' and a Compositional Account of Counterfactuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mccready</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 24 (2), pp.93-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jos/ffl013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annotation for and Robust Parsing of Discourse Structure on Unrestricted Texts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Baldridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hunter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zeitschrift für Sprachwissenschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (2), pp.213-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/ZFS.2007.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Things and Their Aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical Issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, A Supplement to Noûs, Philosophy of Language, 16, pp.1-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Free Choice Permission is Strong Permission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bonevac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Synthese</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 145, pp.303-323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11229-005-6196-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subordinating and Coordinating Discourse Relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 115 (4), pp.591-610</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Locating adverbials in discourse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Aurnague</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of French Language Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15 (2), pp.173-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0959269505002073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00671743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Common Ground, Corrections and Coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Gillies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Argumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 17, pp.481-512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1026346605477⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discourse Topic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theoretical Linguistics, Special Issue on Discourse Topic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 30, pp.163--202</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troubles with topics: Comments on Kehler, Oberlander, Stede and Zeevat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theoretical Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 30 (2-3), pp.255-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/thli.2004.30.2-3.255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The syntax and semantics of locating adverbials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Aurnague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de Grammaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Sémantique et Discours, 26, pp.11-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00671620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LA SDRT: Une approche de la cohérence du discours dans la tradition de la sémantique dynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Busquets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Verbum (Presses Universitaires de Nancy)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 13 (1), pp.73-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discourse Parallelism, Ellipsis and Ambiguity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Hardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Busquets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 18 (1), pp.1-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01648377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Persistent Order Independent Typed Default Unification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ted Briscoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Copestake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 19, pp.1--90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'espace-temps dans l'analyse du discours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Aurnague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sablayrolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sémiotiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 9, pp.11-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00672325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lexical Disambiguation in a Discourse Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 12, pp.69--108</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toward a Theory of Intentions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Munindar Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Philosophical Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 22, pp.513--544</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temporal Interpretation, Discourse Relations, and Commonsense Entailment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Lascarides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 16, pp.437--493</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Truth Conditional, Default Semantics for the Progressive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 15, pp.463--508</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Computational Account of Syntactic, Semantic and Discourse Principles for Anaphora Resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajime Wada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 6, pp.309--344</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belief, Acceptance and Belief Reports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Journal of Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 19, pp.321--361</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semantic Competence, Linguistic Understanding and a Theory of Concepts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 50, pp.1--36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Semantics of Proposition-Type Nominals and Proposition-Type Anaphora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Kamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Symbolic Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 53, pp.1275--1276</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Typology for Attitude Verbs and Their Anaphoric Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 10, pp.125--198</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determiners and Resource Situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bonevac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 10, pp.567--597</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Knower's Paradox and Logics of the Attitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Kamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Symbolic Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, 51, pp.833--834</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belief in Discourse Representation Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Philosophical Logic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, 15, pp.127--189</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meanings Don't Grow on Trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1985, 3, pp.229--247</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Trouble with Extensional Semantics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1985, 47, pp.1--14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Situations and Events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bonevac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1985, 47, pp.57--77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How Extensional is Extensional Perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Asher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bonevac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Linguistics and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1985, 8, pp.203--228</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Management Plan for the project &amp;quot;Minecraft Structured Dialogue Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hunter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Thompson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agence Nationale de la Recherche. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05435567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement de la modalité dans les textes d'opinion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9367,73 +15530,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] IRIT/RT–2012-1–FR, IRIT : Institut de Recherche en Informatique de Toulouse. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel d’annotation des expressions d’opinion et campagne d’annotation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9468,100 +15631,100 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] IRIT : Institut de Recherche en Informatique de Toulouse. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel d'annotation en relations de discours du projet ANNODIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Vergez-Couret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9590,73 +15753,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IRIT - Institut de recherche en informatique de Toulouse. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00989565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reference Manual for the Analysis and Annotation of Rhetorical Structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Reese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9665,6301 +15828,256 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hunter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Baldridge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] University of Texas at Austin. 2007, pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00514933v1</w:t>
-              </w:r>
-[...6043 lines deleted...]
-                <w:t xml:space="preserve">hal-02381531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial Intelligence and Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Zweigenbaum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Marquis; Odile Papini; Henri Prade. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Guided Tour of Artificial Intelligence Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, III: Interfaces and Applications of Artificial Intelligence (chapter 4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer International Publishing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.117-145, 2020, 978-3-030-06169-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-06170-8_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04483086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Types, meanings and co-composition in lexical semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15982,1284 +16100,1284 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim van de Cruys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chatzikyriakidis, Stergios; Zhaohui, Luo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Perspectives in Type-Theoretical Semantics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 98, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.135--161, 2017, Studies in Linguistics and Philosophy book series (SLAP), 978-3319504209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-50422-3_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03131888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANNODIS and related projects: case studies on the annotation of discourse structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia-Mai Ho-Dac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nancy Ide; James Pustejovsky. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Linguistic Annotation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Netherlands</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1241-1264, 2017, 978-94-024-0881-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-024-0881-2_47⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01678212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourse Semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maria Aloni, Universiteit van Amsterdam; Paul Dekker, Universiteit van Amsterdam. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cambridge Handbook of Formal Semantics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4 (Part 1), Cambridge University Press, pp.106--129, 2016, Cambridge Handbooks in Language and Linguistics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/CBO9781139236157.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perfect Puzzles in Discourse</w:t>
+                <w:t xml:space="preserve">Lexical semantics today</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Guéron, Jacqueline. </w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim van de Cruys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Abrusan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Allan Keith. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sentence and Discourse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780198739418.003.0008⟩</w:t>
+              <w:t xml:space="preserve">The Routledge Handbook of Linguistics - 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ch. 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169--201, 2015, 978-0415832571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781315718453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190195v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03213958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lexical semantics today</w:t>
+                <w:t xml:space="preserve">Perfect Puzzles in Discourse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Allan Keith. </w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Guéron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guéron, Jacqueline. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Routledge Handbook of Linguistics - 2015</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4324/9781315718453⟩</w:t>
+              <w:t xml:space="preserve">Sentence and Discourse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, chapter 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 978-0198739418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780198739418.003.0008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03213958v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicatures in Grammar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guéron, Jacqueline. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sentence and Discourse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, chapter 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxford University Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 978-0198739418. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780198739418.003.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03190196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Non Cooperative Basis of Implicatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">McCready, E.; Yabushita, K.; Yoshimoto, K. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formal Approaches to Semantics and Pragmatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 95, Springer-Verlag, pp.9--30, 2014, Studies in Linguistics and Philosophy book series (SLAP), 978-94-017-8812-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-017-8813-7_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03220751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Modification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing Opinions in Texts: Does Discourse Really Matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Benamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Jaszczolt, Katarzyna M.; de Saussure, Louis. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Yannick Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maite Taboada; Rada Trnavac. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Time: Language, Cognition, and Reality</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199589876.001.0001⟩</w:t>
+              <w:t xml:space="preserve">Nonveridicality and Evaluation: Theoretical, Computational and Corpus Approaches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chapter 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.127-150, 2013, 978-90-04-25816-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004258174_007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685474v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01428496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Opinions in Texts: Does Discourse Really Matter?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temporal Modification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Maite Taboada; Rada Trnavac. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jaszczolt, Katarzyna M.; de Saussure, Louis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonveridicality and Evaluation: Theoretical, Computational and Corpus Approaches</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/9789004258174_007⟩</w:t>
+              <w:t xml:space="preserve">Time: Language, Cognition, and Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Part 1: Time, Tense, and Temporal Reference in Discourse, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.15-36, 2013, Oxford Studies of Time in Language and Thought, 978-0199589876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199589876.001.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01428496v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">More Truths about Generic Truth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Jeffry Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mari, Alda; del Prete, Fabio; Beyssade, Claire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genericity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxford University Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.312-333, 2013, 978-0199691807. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691807.003.0012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Context in Content Composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kempson, Ruth; Fernando, Tim; Asher, Nicholas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy of Linguistics: Handbook of the Philosophy of Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsevier/North-Holland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.229-270, 2012, Philosophy of Linguistics, 978-0-444-51747-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-444-51747-0.50008-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implicatures in Discourse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grewendorf, Günther; Zimmerman, Thomas Ede. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discourse and Grammar. From Sentence Types to Lexical Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 112, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">de Gruyter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.11-42, 2012, Studies in Generative Grammar [SGG], ISSN: 0167-4331. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/9781614511601.11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspectual Coercions in Content Composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17269,217 +17387,217 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Hunter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Filipovic, Luna; Jaszczolt Kassia M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Space and Time in Languages and Cultures II: Language, Culture, and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Part 1: Linguistic and conceptual representation of events, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Benjamins Publishing Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.55-81, 2012, 978-9027223913. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/hcp.37.07ash⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intelligence artificielle et le langage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Danlos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Zweigenbaum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marquis, Pierre; Papini, Odile; Prades, Henri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'I.A. : Frontières et Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cépaduès Editions, Toulouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-25, 2012, Panorama de l'Intelligence Artificielle, Panorama de l'Intelligence Artificielle</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SDRT and Continuation Semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17489,531 +17607,531 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pogodalla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Takashi Onada and Daisuke Bekki and Eric McCready. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Frontiers in Artificial Intelligence: JSAI-isAI 2010 Workshops, LENLS, JURISIN, AMBN, ISS, Tokyo, Japan, November 18-19, 2010, Revised Selected Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6797, Springer Berlin Heidelberg, pp.3-15, 2011, Lecture Notes in Computer Science, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-25655-4_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00565744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubles on the Right Frontier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anton Benz; Peter Kühnlein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Constraints in Discourse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 (Part 1: The Right Frontier), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Benjamins Publishing Company</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.29-52, 2008, Pragmatics &amp; Beyond New Series, 978-9027254160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/pbns.172.02ash⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Discourse Semantics for Embedded Speech Acts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tsohatzidis, Savas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">John Searle's Philosophy of Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 10, Cambridge University Press, pp.211-244, 2007, 978-0511619489. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/CBO9780511619489.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration de la sémantique dynamique et de théories structurales dans l'interprétation du discours : la SDRT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Roussarie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francis Corblin; Claire Gardent. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traité IC2 : Interpréter en contexte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapitre : L'interprétation en discours et les structures du discours, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavoisier / Hermes Science Publications</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.229-263, 2005, Série Cognition et traitement de l'information, 978-2746209848</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00106359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic typing for lexical semantics. A case study: the genitive construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Varzi and L. Vieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formal Ontology in Information Systems. Proceedings of the Third International Conference (FOIS 2004)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IOS Press, pp.165-176, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03697710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperativity in Dialogue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Busquets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Le Draoulec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Myriam Bras &amp; Laure Vieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semantic and Pragmatics Issues in Discourse and Dialogue. Experimenting with Current Dynamic Theories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, Elsevier, pp.217-245, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01648379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18023,131 +18141,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical Aspects of Computational Linguistics: 8th International Conference (LACL 2014), Toulouse, France, June 18-24, 2014. Proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergei Soloviev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Logical Aspects of Computational Linguistics (LACL 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 8535, Springer, pp.1--188, 2014, Theoretical Computer Science and General Issues (LNTCS), 978-3-662-43741-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-662-43742-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18157,229 +18275,229 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling strategic conversation: model, annotation design and corpus (poster)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stergos Afantenos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Cadilhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Dégremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Workshop on the Semantics and Pragmatics of Dialogue (SemDial 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Université Paris 7</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANNODIS : une approche outillée de l’annotation de structures discursives (poster)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Pery-Woodley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farah Benamara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18388,74 +18506,74 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème conférence sur le Traitement Automatique des Langues Naturelles (TALN 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Senlis, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association pour le Traitement Automatique des Langues (ATALA)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actes de la 16ème conférence sur le Traitement Automatique des Langues Naturelles. Articles courts, pp.(en ligne), 2009, Session posters</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18465,241 +18583,241 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Philosophy of Linguistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Kempson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Fernando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kempson, Ruth; Fernando, Tim; Asher, Nicholas. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxford University Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Handbook of the Philosophy of Science, 978-0444517470. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/C2009-0-16474-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical Meaning in Context: A Web of Words</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cambridge University Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 346 p., 2011, 978-1-107-00539-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/CBO9780511793936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03139007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logics of Conversation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18708,215 +18826,215 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Lascarides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cambridge University Press, 2003, 0521650585</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04829706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modality, Morality, and Belief: Essays in Honor of Ruth Barcan Marcus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Sinott-Armstrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Raffman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sinott-Armstrong, Walter and Raffman, Diana and Asher, Nicholas. Cambridge University Press, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reference to Abstract Objects in Discourse: A Philosophical Semantics for Natural Language Metaphysics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Asher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kluwer, 50, 1993, SLAP</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId391"/>
+      <w:footerReference w:type="default" r:id="rId397"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -19063,51 +19181,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Metheniti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swarnadeep Bhar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Asher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374589v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Naim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bolte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2502.03503" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374550v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Fouilh&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02813-6_8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829539v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayrton San Joaquin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Wang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyuan Liu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Muller" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.findings-emnlp.604" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829269v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshay Chaturvedi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Thompson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829455v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA240594" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878406v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829675v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hunter" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223218v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jourdan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Picard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Risser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Loubes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222124v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Bennis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.eacl-main.247" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuanxiang Huang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Izza" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Ignatiev" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cooper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v36i5.20514" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220030v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maike Paetzel-Pr&#252;smann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kranti Chalamalasetti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Nicolaou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873806v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3531146.3533078" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829646v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sviatlana H&#246;hn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjouke Mauw" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454256v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumya Paul" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Russell" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-84060-0_6" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328712v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317618v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Narodytska" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Marques-Silva" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-77091-4_21" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138957v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393459v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Badene" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lorr&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393478v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P19-1061" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567765v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Auguste" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567767v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365047v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02381667v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Abrusan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van de Cruys" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650251v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Morey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535950v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kow" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Perret" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stergos Afantenos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530288v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Venant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354391v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354390v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354381v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124399v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Benamara" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638151v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124414v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124413v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Stede" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Peldzsus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198230v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Conrath" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355284v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bride" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535954v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375394v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145832v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric D&#233;gremont" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343000v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142604v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342999v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lascarides" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136138v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354392v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212863v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239722v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chardon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mathieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Popescu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229070v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00838260v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Denis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082819v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cadilhac" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493451v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669214v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hardt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685477v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Seck" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00750611v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685483v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751065v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Yannick Mathieu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685482v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00750618v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685479v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-098-7-211" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685480v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685476v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976087v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685478v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690403v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690402v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690404v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00565616v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pogodalla" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/salt.v20i0.2585" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496755v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959694v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Draoulec" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410590v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule P&#233;ry-Woodley" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Enjalbert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751060v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690416v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Gaio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751059v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-58603-891-5-835" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384641v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690931v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690934v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690936v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Reese" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18148/sub/2007.v11i0.657" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00515094v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690937v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692128v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690942v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690940v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00515096v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690946v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Kuhn" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linton Wang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671569v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aurnague" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707771v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Koons" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707776v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morreau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707777v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707782v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707787v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Kamp" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435567v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690405v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690406v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989565v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00514933v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Baldridge" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373572v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitja Nikolaus" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Mozafari" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Berry" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Reddy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.107933.1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216124v3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas de Lara" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gonz&#225;lez-Sanz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3351095.3372845" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829090v2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumadeep Saha" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utpal Garain" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/coli_a_00493" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829589v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titon Tshiongo Kaninku" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a16030174" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873810v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/make4020014" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454276v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-021-09334-x" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475942v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5087/dad.2020.104" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316838v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLI_a_00314" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354383v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10849-018-9271-9" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03247051v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rta Abrus&#225;n" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21248/zaspil.60.2018.451" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354385v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.11.10" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659308v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/logcom/exv077" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354387v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-01678831v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLI_a_00264" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397258v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10992-016-9402-1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281926v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10849-015-9221-8" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123735v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jal.2013.08.002" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124401v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.6.2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124393v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2012.10.001" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00935201v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia-Mai Ho-Dac" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690409v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-011-0016-4" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0DWJD3NM-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690410v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00746398v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231931v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269509003755" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3DEE6558C32086CD80AC9ECE7A61D18AC0CF796/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690412v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Dever" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Pappas" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mind/fzp107" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690414v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jos/ffn013" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-BJ2HL3VZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903205v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690415v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231936v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.301" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690930v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/pc.15.1.05ash" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690418v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mccready" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jos/ffl013" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-SVZHN6N7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690932v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ZFS.2007.018" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690935v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690941v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonevac" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-005-6196-z" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690939v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671743v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269505002073" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690944v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690943v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gillies" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1026346605477" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690945v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/thli.2004.30.2-3.255" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-7TQHLFRC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671620v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686256v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Busquets" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01648377v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707769v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Briscoe" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Copestake" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672325v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sablayrolles" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707770v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707774v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munindar Singh" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707773v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707775v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707779v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajime Wada" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707778v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707780v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707781v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707783v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707784v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707786v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707785v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707789v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707791v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707790v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707788v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311518v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159201v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381531v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483086v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131888v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-50422-3_6" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50422-3_6" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678212v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/gp/book/9789402408799" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-0881-2_47" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155032v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9781139236157.005" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190195v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gu&#233;ron" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780198739418.001.0001/acprof-9780198739418-chapter-8" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780198739418.003.0008" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213958v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledgehandbooks.com/doi/10.4324/9781315718453.ch11" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315718453" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190196v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780198739418.001.0001/acprof-9780198739418-chapter-7" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780198739418.003.0007" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220751v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-8813-7_2" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685474v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780199589876.001.0001/acprof-9780199589876" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199589876.001.0001" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428496v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/view/book/edcoll/9789004258174/B9789004258174_007.xml" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004258174_007" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685475v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jeffry Pelletier" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780199691807.001.0001/acprof-9780199691807" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0012" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685488v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780444517470500081?via%3Dihub" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-444-51747-0.50008-1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685487v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9781614511601.11/html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614511601.11" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685486v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/hcp.37.07ash" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/hcp.37.07ash" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685484v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Danlos" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/donnees-informatique-ia-ihm/782-l-ia-frontieres-et-applications-volume-3serie-panorama-de-l-intelligence-artificielle-9782364930438.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00565744v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25655-4_2" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690417v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/pbns.172" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/pbns.172.02ash" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690933v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511619489.011" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00106359v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roussarie" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/interpreter-en-contexte/corblin/descriptif-9782746209848" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697710v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01648379v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246622v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Soloviev" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43742-1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685489v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://events.illc.uva.nl/semdial/CfP-semdial2012.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690413v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Pery-Woodley" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aclanthology.org/2009.jeptalnrecital-court.5" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685490v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Kempson" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Fernando" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780444517470/philosophy-of-linguistics?via=ihub=" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2009-0-16474-7" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139007v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/books/lexical-meaning-in-context/F1D01632AD5B491A94860A350B9E764A" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511793936" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829706v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707768v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Sinott-Armstrong" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Raffman" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707772v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Metheniti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swarnadeep Bhar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Asher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374589v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Naim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bolte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2502.03503" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374550v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Fouilh&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02813-6_8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829269v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akshay Chaturvedi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Thompson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829539v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayrton San Joaquin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyuan Liu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Muller" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.findings-emnlp.604" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829455v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA240594" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878406v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829675v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hunter" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223218v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jourdan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agustin Picard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Risser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Loubes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222124v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Bennis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.eacl-main.247" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuanxiang Huang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Izza" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Ignatiev" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Cooper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1609/aaai.v36i5.20514" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220030v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maike Paetzel-Pr&#252;smann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kranti Chalamalasetti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Nicolaou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873806v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3531146.3533078" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829646v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sviatlana H&#246;hn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sjouke Mauw" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317618v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Narodytska" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Marques-Silva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-77091-4_21" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328712v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454256v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumya Paul" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Russell" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-84060-0_6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138957v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393478v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Badene" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lorr&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P19-1061" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393459v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567767v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567765v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Auguste" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365047v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02381667v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Abrusan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van de Cruys" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650251v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Morey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354390v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354381v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535950v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kow" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Perret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stergos Afantenos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530288v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Venant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354391v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124399v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Benamara" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638151v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124414v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124413v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Stede" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Peldzsus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355284v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bride" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198230v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Conrath" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535954v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375394v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343000v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145832v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric D&#233;gremont" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142604v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342999v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lascarides" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136138v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354392v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212863v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239722v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chardon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Mathieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Popescu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229070v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082819v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cadilhac" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669214v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hardt" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493451v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00838260v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Denis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685482v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751065v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Yannick Mathieu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00750611v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685483v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685477v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Seck" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00750618v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685479v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-098-7-211" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685480v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685476v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976087v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fabre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685478v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690402v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690403v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690404v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00565616v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pogodalla" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/salt.v20i0.2585" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496755v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410590v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule P&#233;ry-Woodley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Enjalbert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959694v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Draoulec" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751060v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690416v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Gaio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00751059v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-58603-891-5-835" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384641v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690931v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Prevot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690934v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690936v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Reese" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18148/sub/2007.v11i0.657" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690937v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00515094v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692128v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690940v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690942v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00515096v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690946v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Kuhn" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linton Wang" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671569v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aurnague" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707771v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Koons" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707776v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morreau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707777v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707782v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707787v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Kamp" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411956v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Poch&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mullor" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Sarti" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boisnard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Friedrich" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311518v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159201v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381531v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373572v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitja Nikolaus" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Mozafari" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Berry" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Reddy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.107933.1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216124v3" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas de Lara" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gonz&#225;lez-Sanz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3351095.3372845" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829090v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumadeep Saha" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Utpal Garain" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/coli_a_00493" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829589v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titon Tshiongo Kaninku" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a16030174" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873810v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/make4020014" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454276v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10988-021-09334-x" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475942v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5087/dad.2020.104" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03247051v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rta Abrus&#225;n" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21248/zaspil.60.2018.451" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354383v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10849-018-9271-9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316838v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLI_a_00314" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354385v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.11.10" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659308v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/logcom/exv077" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354387v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-01678831v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLI_a_00264" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397258v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10992-016-9402-1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281926v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10849-015-9221-8" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123735v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jal.2013.08.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124393v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2012.10.001" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124401v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/sp.6.2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00935201v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia-Mai Ho-Dac" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690409v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-011-0016-4" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0DWJD3NM-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690410v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00746398v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231931v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269509003755" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B3DEE6558C32086CD80AC9ECE7A61D18AC0CF796/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690412v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Dever" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Pappas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mind/fzp107" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690414v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jos/ffn013" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-BJ2HL3VZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903205v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690415v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231936v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.301" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690930v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/pc.15.1.05ash" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690418v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mccready" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jos/ffl013" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-SVZHN6N7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690932v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Baldridge" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ZFS.2007.018" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690935v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690941v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonevac" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-005-6196-z" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690939v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671743v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269505002073" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690943v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gillies" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1026346605477" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690944v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690945v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/thli.2004.30.2-3.255" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-7TQHLFRC-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671620v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686256v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Busquets" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01648377v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707769v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Briscoe" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Copestake" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672325v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sablayrolles" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707770v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707774v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munindar Singh" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707773v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707775v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707779v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajime Wada" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707778v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707780v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707781v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707783v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707784v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707786v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707785v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707789v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707791v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707790v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707788v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435567v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690405v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690406v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989565v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00514933v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483086v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06170-8_4" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131888v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-50422-3_6" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50422-3_6" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678212v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/gp/book/9789402408799" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-0881-2_47" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155032v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9781139236157.005" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213958v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledgehandbooks.com/doi/10.4324/9781315718453.ch11" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315718453" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190195v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gu&#233;ron" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780198739418.001.0001/acprof-9780198739418-chapter-8" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780198739418.003.0008" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190196v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780198739418.001.0001/acprof-9780198739418-chapter-7" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780198739418.003.0007" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220751v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-8813-7_2" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428496v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/view/book/edcoll/9789004258174/B9789004258174_007.xml" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004258174_007" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685474v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780199589876.001.0001/acprof-9780199589876" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199589876.001.0001" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685475v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Jeffry Pelletier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oxford.universitypressscholarship.com/view/10.1093/acprof:oso/9780199691807.001.0001/acprof-9780199691807" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691807.003.0012" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685488v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780444517470500081?via%3Dihub" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-444-51747-0.50008-1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685487v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9781614511601.11/html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9781614511601.11" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685486v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/hcp.37.07ash" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/hcp.37.07ash" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685484v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Danlos" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/donnees-informatique-ia-ihm/782-l-ia-frontieres-et-applications-volume-3serie-panorama-de-l-intelligence-artificielle-9782364930438.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00565744v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-25655-4_2" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690417v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/pbns.172" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/pbns.172.02ash" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690933v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511619489.011" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00106359v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Roussarie" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/informatique/interpreter-en-contexte/corblin/descriptif-9782746209848" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697710v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01648379v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246622v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Soloviev" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43742-1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685489v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://events.illc.uva.nl/semdial/CfP-semdial2012.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690413v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Pery-Woodley" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aclanthology.org/2009.jeptalnrecital-court.5" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685490v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Kempson" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Fernando" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780444517470/philosophy-of-linguistics?via=ihub=" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/C2009-0-16474-7" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139007v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/books/lexical-meaning-in-context/F1D01632AD5B491A94860A350B9E764A" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511793936" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829706v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707768v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Sinott-Armstrong" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Raffman" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707772v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>