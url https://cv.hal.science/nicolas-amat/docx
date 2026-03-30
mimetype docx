--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -389,222 +389,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04375443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated Polyhedral Abstraction Proving</w:t>
+                <w:t xml:space="preserve">SMPT: A Testbed for Reachability Methods in Generalized Petri Nets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvano Dal Zilio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Le Botlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th International Conference on Application and Theory of Petri Nets and Concurrency (Petri Nets 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lisbon, Portugal. pp.324-345, </w:t>
+              <w:t xml:space="preserve">25th International Symposium on Formal Methods (FM 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Lübeck, Germany. pp.445-453, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-33620-1_18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-27481-7_25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04115006v1</w:t>
+                <w:t xml:space="preserve">hal-04007410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMPT: A Testbed for Reachability Methods in Generalized Petri Nets</w:t>
+                <w:t xml:space="preserve">Automated Polyhedral Abstraction Proving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvano Dal Zilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Botlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium on Formal Methods (FM 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Lübeck, Germany. pp.445-453, </w:t>
+              <w:t xml:space="preserve">44th International Conference on Application and Theory of Petri Nets and Concurrency (Petri Nets 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lisbon, Portugal. pp.324-345, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-27481-7_25⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33620-1_18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04007410v1</w:t>
+                <w:t xml:space="preserve">hal-04115006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Property Directed Reachability for Generalized Petri Nets</w:t>
               </w:r>
@@ -779,235 +779,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03614426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Combination of Polyhedral Abstraction and SMT-based Model Checking for Petri nets</w:t>
+                <w:t xml:space="preserve">Accelerating the Computation of Dead and Concurrent Places using Reductions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvano Dal Zilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Botlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42rd International Conference on Application and Theory of Petri Nets and Concurrency (Petri Nets 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-76983-3_9⟩</w:t>
+              <w:t xml:space="preserve">27th International SPIN Symposium on Model Checking of Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Aarhus, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-84629-9_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03202111v1</w:t>
+                <w:t xml:space="preserve">hal-03268388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerating the Computation of Dead and Concurrent Places using Reductions</w:t>
+                <w:t xml:space="preserve">On the Combination of Polyhedral Abstraction and SMT-based Model Checking for Petri nets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Berthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvano Dal Zilio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Le Botlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International SPIN Symposium on Model Checking of Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Aarhus, Denmark. </w:t>
+              <w:t xml:space="preserve">42rd International Conference on Application and Theory of Petri Nets and Concurrency (Petri Nets 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Paris (virtual), France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-84629-9_3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-76983-3_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03268388v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1123,278 +1123,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04712076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Toolchain to Compute Concurrent Places of Petri Nets</w:t>
+                <w:t xml:space="preserve">Leveraging polyhedral reductions for solving Petri net reachability problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hubert Garavel</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvano Dal Zilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Botlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LNCS Transactions on Petri Nets and Other Models of Concurrency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-662-68191-6_1⟩</w:t>
+              <w:t xml:space="preserve">International Journal on Software Tools for Technology Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25, pp.95-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10009-022-00694-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392784v1</w:t>
+                <w:t xml:space="preserve">hal-03973463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging polyhedral reductions for solving Petri net reachability problems</w:t>
+                <w:t xml:space="preserve">A Toolchain to Compute Concurrent Places of Petri Nets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Le Botlan</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Garavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Software Tools for Technology Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 25, pp.95-114. </w:t>
+              <w:t xml:space="preserve">LNCS Transactions on Petri Nets and Other Models of Concurrency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Lecture Notes in Computer Science, 14150, pp.1-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10009-022-00694-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-662-68191-6_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03973463v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Polyhedral Abstraction for Petri nets and its Application to SMT-Based Model Checking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Berthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvano Dal Zilio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1433,272 +1433,272 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03455697v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyhedral Reductions for Petri nets</w:t>
+                <w:t xml:space="preserve">A polyhedral framework for reachability problems in Petri Nets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...57 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Networking and Internet Architecture [cs.NI]. INSA de Toulouse, 2023. English. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2023ISAT0033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355257v1</w:t>
+                <w:t xml:space="preserve">tel-04458457v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A polyhedral framework for reachability problems in Petri Nets</w:t>
+                <w:t xml:space="preserve">Polyhedral Reductions for Petri nets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Amat</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Berthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvano Dal Zilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Botlan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modélisation des Systèmes Réactifs (MSR'23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Toulouse, France. , 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2023ISAT0033⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">tel-04458457v2</w:t>
+                <w:t xml:space="preserve">hal-04355257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId47"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1774,51 +1774,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DCEB394A"/>
+    <w:nsid w:val="94651880"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2005,51 +2005,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-amat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5969-7346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/275776611" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523231v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Amat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ganty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Mansutti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04375443v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Dal Zilio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Botlan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50524-9_5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04115006v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33620-1_18" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04007410v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27481-7_25" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03545594v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hujsa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99524-9_28" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03614426v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-06653-5_6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03202111v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Berthomieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76983-3_9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03268388v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-84629-9_3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04712076v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-242197" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04392784v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouvier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Garavel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-68191-6_1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03973463v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10009-022-00694-8" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03455697v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-222134" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355257v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04458457v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ISAT0033" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-amat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5969-7346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/275776611" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523231v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Amat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ganty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Mansutti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04375443v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvano Dal Zilio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Botlan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50524-9_5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04007410v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-27481-7_25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04115006v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33620-1_18" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03545594v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hujsa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99524-9_28" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03614426v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-06653-5_6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03268388v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-84629-9_3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03202111v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Berthomieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76983-3_9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04712076v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-242197" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03973463v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10009-022-00694-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04392784v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouvier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Garavel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-68191-6_1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03455697v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-222134" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04458457v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023ISAT0033" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355257v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>