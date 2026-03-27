--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -283,408 +283,408 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addition of Lithiated 1,3-Dithiane and Nitronate to Sugar-Derived Imines: Synthesis of Homoiminosugars and Pipecolic Acid Analogues</w:t>
+                <w:t xml:space="preserve">Petasis-mediated exo-iminoglycals synthesis from glyconolactams allows access to unprecedented 1-spirocyclopropyl deoxynojirimycin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thanh Van Tran</w:t>
+                <w:t xml:space="preserve">Lilou Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Marrot</w:t>
+                <w:t xml:space="preserve">Aurélien Beato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzuka Yamamoto</w:t>
+                <w:t xml:space="preserve">Dylan Yorga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kosuke Yoshimura</w:t>
+                <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
+                <w:t xml:space="preserve">Jean-Bernard Behr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (20), pp.5068-5073. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 560, pp.109765. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c01061⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carres.2025.109765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05248874v1</w:t>
+                <w:t xml:space="preserve">hal-05412880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petasis-mediated exo-iminoglycals synthesis from glyconolactams allows access to unprecedented 1-spirocyclopropyl deoxynojirimycin</w:t>
+                <w:t xml:space="preserve">Addition of Lithiated 1,3-Dithiane and Nitronate to Sugar-Derived Imines: Synthesis of Homoiminosugars and Pipecolic Acid Analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lilou Chopin</w:t>
+                <w:t xml:space="preserve">Thanh Van Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Beato</w:t>
+                <w:t xml:space="preserve">Jérôme Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan Yorga</w:t>
+                <w:t xml:space="preserve">Suzuka Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Auberger</w:t>
+                <w:t xml:space="preserve">Kosuke Yoshimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Bernard Behr</w:t>
+                <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 560, pp.109765. </w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (20), pp.5068-5073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carres.2025.109765⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c01061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05412880v1</w:t>
+                <w:t xml:space="preserve">hal-05248874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addition of Lithiated 1,3-Dithiane and Nitronate to Sugar-Derived Imines: Synthesis of Homoiminosugars and Pipecolic Acid Analogues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Van Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzuka Yamamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosuke Yoshimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 27 (20), pp.5068-5073. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.orglett.5c01061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05326469v1</w:t>
@@ -833,77 +833,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereoselective Synthesis of 1- C -Diethylphosphonomethyl and -difluoromethyl Iminosugars from Sugar Lactams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Van Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1110,51 +1110,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Debbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme C. Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1227,51 +1227,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sugar-Derived Amidines and Congeners: Structures, Glycosidase Inhibition and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1322,51 +1322,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lewis acid-catalysed nucleophilic opening of a bicyclic hemiaminal followed by ring contraction: Access to functionalized L-idonojirimycin derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Onfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1465,51 +1465,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constrained Cyclic β,γ-Diamino Acids from Glutamic Acid: Synthesis of Both Diastereomers and Unexpected Kinetic Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Wan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Thétiot-Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1599,51 +1599,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Stage Mass Spectrometry Analysis of Sugar-Conjugated β-Turn Structures to be Used as Probes in Autoimmune Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Giangrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1720,51 +1720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient synthesis of both diastereomers of β,γ-diamino acids from phenylalanine and tryptophan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrii Stanovych</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1906,51 +1906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soria Iatmanen-Harbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarice Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Lipid Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 57 (6), pp.1029-1042. </w:t>
@@ -2001,51 +2001,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Stage Mass Spectrometry Analysis of Sugar-Conjugated β-Turn Structures to be Used as Probes in Autoimmune Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Giangrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Rentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2161,51 +2161,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagadeesh Yerri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2307,51 +2307,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Di Pisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giada Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2588,51 +2588,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Prencipe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagadeesh Yerri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (21 ), pp.5516-5519. </w:t>
@@ -2683,51 +2683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of 1,2-cis-Homoiminosugars Derived from GlcNAc and GalNAc Exploiting a β-Amino Alcohol Skeletal Rearrangement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Blériot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jagadeesh Yerri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2804,51 +2804,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glaser oxidative coupling on peptides: Stabilization of β-turn structure via a 1,3-butadiyne constraint.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Di Pisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2950,51 +2950,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and biological evaluation of potential new inhibitors of the bacterial transferase MraY with a β-ketophosphonate structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rok Frlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3084,51 +3084,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of a β-Ketophosphonate Bioisostere of UDP- N -acetylglucosamine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gravier-Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3226,51 +3226,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Vichier-Guerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ferris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Mahiddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3432,51 +3432,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C8D57A95"/>
+    <w:nsid w:val="6A007714"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3580,51 +3580,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="99D06214"/>
+    <w:nsid w:val="0B3F455A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3814,51 +3814,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-auberger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2076-2112" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144721996" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201229812" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140296502" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248874v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Van Tran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzuka Yamamoto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yoshimura" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c01061" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412880v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilou Chopin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beato" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Yorga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auberger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Behr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2025.109765" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326469v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526179v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Servais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Vassen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Verhaeghe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina K&#252;ster" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Carlier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36442-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953681v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bl&#233;riot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c00835" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526197v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouquet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Auberger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ashmus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. King" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bordes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ob02280f" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775104v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Debbah" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me C. Marrot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01560" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543430v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867329666211222164545" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180492v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Onfroy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fontelle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Foucart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bleriot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.11.008" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997993v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Th&#233;tiot-Laurent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francelin Bouill&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Zulauf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201701477" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150394v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giangrande" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rentier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Papini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Maurice Mallet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-015-1321-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460662v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrii Stanovych" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Kouklovsky" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-016-2262-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997964v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Massarweh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bosco" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soria Iatmanen-Harbi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarice Tessier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M067330" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303714v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2015-311094" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01136039v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Tran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Luo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagadeesh Yerri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2015.02.014" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D72CNLR8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362706v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feliciana Real Fernandez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Di Pisa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Rossi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lequin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.22677" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543396v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jagadeesh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tran" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Luo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB00050E" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315627v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Prencipe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502929h" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gauthier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502926f" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091920v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Larregola" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chassaing" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Peroni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2014.10.026" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HMH63G45-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188360v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rok Frlan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Al-Dabbagh" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bouhss" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Crouvoisier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ob06124k" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188351v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gravier-Pelletier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Merrer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200900399" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-25BL6FCS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166274v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vichier-Guerre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferris" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mahiddine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jestin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200601217" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1MGL405X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-auberger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2076-2112" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/144721996" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201229812" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140296502" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412880v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilou Chopin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beato" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Yorga" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auberger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Behr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2025.109765" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248874v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Van Tran" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marrot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzuka Yamamoto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosuke Yoshimura" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c01061" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326469v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526179v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Servais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Vassen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Verhaeghe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina K&#252;ster" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Carlier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36442-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953681v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bl&#233;riot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.2c00835" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526197v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouquet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Auberger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ashmus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. King" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bordes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1ob02280f" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775104v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Debbah" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me C. Marrot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.2c01560" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543430v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867329666211222164545" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180492v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Onfroy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fontelle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Foucart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bleriot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2018.11.008" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997993v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Wan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Th&#233;tiot-Laurent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francelin Bouill&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Zulauf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201701477" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150394v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giangrande" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rentier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Papini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Maurice Mallet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-015-1321-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460662v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrii Stanovych" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Kouklovsky" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-016-2262-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997964v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Massarweh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bosco" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soria Iatmanen-Harbi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarice Tessier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M067330" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303714v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2015-311094" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01136039v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tuan Tran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Luo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagadeesh Yerri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2015.02.014" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D72CNLR8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362706v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feliciana Real Fernandez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Di Pisa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Rossi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lequin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.22677" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543396v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jagadeesh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tran" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Luo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB00050E" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315627v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Prencipe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502929h" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gauthier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol502926f" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091920v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Larregola" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chassaing" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Peroni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2014.10.026" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HMH63G45-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188360v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rok Frlan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Al-Dabbagh" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bouhss" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Crouvoisier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ob06124k" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188351v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gravier-Pelletier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Merrer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200900399" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-25BL6FCS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00166274v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vichier-Guerre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ferris" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mahiddine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jestin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200601217" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1MGL405X-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>