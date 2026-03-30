--- v0 (2026-03-03)
+++ v1 (2026-03-30)
@@ -1217,248 +1217,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01636145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SnapNet: 3D point cloud semantic labeling with 2D deep segmentation networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joris Guerry</w:t>
+                <w:t xml:space="preserve">Segment-before-Detect: Vehicle Detection and Classification through Semantic Segmentation of Aerial Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Audebert</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2017.11.010⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (4), page 1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs9040368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02467932v1</w:t>
+                <w:t xml:space="preserve">hal-01529624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segment-before-Detect: Vehicle Detection and Classification through Semantic Segmentation of Aerial Images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SnapNet: 3D point cloud semantic labeling with 2D deep segmentation networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Boulch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Guerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 9 (4), page 1-18. </w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 71, pp.189-198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs9040368⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2017.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01529624v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02467932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1552,1004 +1552,1004 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05388176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles de Flux Riemanniens pour l'Interférométrie SAR</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flow matching pour la super-résolution d'images satellitaires Sentinel-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dana El Hajjar</w:t>
+                <w:t xml:space="preserve">Aimi Okabayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+                <w:t xml:space="preserve">Charlotte Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXème Colloque Francophone de Traitement du Signal et des Images (GRETSI 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Strabourg, France</w:t>
+              <w:t xml:space="preserve">ORASIS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISEN Yncréa Ouest, Jun 2025, Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05140421v1</w:t>
+                <w:t xml:space="preserve">hal-05131256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles de flux pour l'adaptation de domaine non-supervisée d'images d'observation de la Terre</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation des générateurs d'images à partir de peu d'exemples : calculer le FID avec 10 fois moins d'images, c'est possible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISEN Yncréa Ouest, Jun 2025, Le Croisic, France</w:t>
+              <w:t xml:space="preserve">GRETSI’25 XXXe Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Recherche et d'Etudes de Traitement du Signal et des Images, Aug 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131271v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3DSES: an indoor Lidar point cloud segmentation dataset with real and pseudo-labels from a 3D model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Mérizette</w:t>
+                <w:t xml:space="preserve">Modèles de Flux Riemanniens pour l'Interférométrie SAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Le Bellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana El Hajjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Breloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Verdun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VISAPP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">XXXème Colloque Francophone de Traitement du Signal et des Images (GRETSI 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Strabourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04905572v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting Notational Errors in Digital Music Scores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Géré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Technologies for Music Notation and Representation (TENOR) 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Beijing, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48550/arXiv.2510.02746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05294807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des générateurs d'images à partir de peu d'exemples : calculer le FID avec 10 fois moins d'images, c'est possible</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3DSES: an indoor Lidar point cloud segmentation dataset with real and pseudo-labels from a 3D model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mérizette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Breloy</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kervella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Verdun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI’25 XXXe Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de Recherche et d'Etudes de Traitement du Signal et des Images, Aug 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">VISAPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05142942v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04905572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow matching pour la super-résolution d'images satellitaires Sentinel-2</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Pelletier</w:t>
+                <w:t xml:space="preserve">Modèles de flux pour l'adaptation de domaine non-supervisée d'images d'observation de la Terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Le Bellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISEN Yncréa Ouest, Jun 2025, Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131256v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic Generative Augmentations for Few-Shot Counting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Perla Doubinsky</w:t>
+                <w:t xml:space="preserve">Detecting Out-Of-Distribution Earth Observation Images with Diffusion Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Le Bellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/CVF Winter Conference on Applications of Computer Vision (WACV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Waikoloa, Hawaii, United States. </w:t>
+              <w:t xml:space="preserve">EARTHVISION 2024 IEEE/CVF CVPR Workshop. Large Scale Computer Vision for Remote Sensing Imagery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Seattle, United States. pp.481-491, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WACV57701.2024.00536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CVPRW63382.2024.00053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04259058v1</w:t>
+                <w:t xml:space="preserve">hal-04551408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting Out-Of-Distribution Earth Observation Images with Diffusion Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georges Le Bellier</w:t>
+                <w:t xml:space="preserve">Improved symbolic drum style classification with grammar-based hierarchical representations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Géré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rigaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARTHVISION 2024 IEEE/CVF CVPR Workshop. Large Scale Computer Vision for Remote Sensing Imagery</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Society for Music Information Retrieval Conference 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, San Francisco, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04551408v1</w:t>
+                <w:t xml:space="preserve">hal-04660056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved symbolic drum style classification with grammar-based hierarchical representations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Géré</w:t>
+                <w:t xml:space="preserve">Semantic Generative Augmentations for Few-Shot Counting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perla Doubinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rigaux</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Crucianu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society for Music Information Retrieval Conference 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE/CVF Winter Conference on Applications of Computer Vision (WACV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Waikoloa, Hawaii, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WACV57701.2024.00536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04660056v1</w:t>
+                <w:t xml:space="preserve">hal-04259058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-sensor super-resolution of irregularly sampled Sentinel-2 time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimi Okabayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Donike</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARTHVISION 2024 IEEE/CVF CVPR Workshop. Large Scale Computer Vision for Remote Sensing Imagery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Seattle, United States. pp.502-511, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2707,289 +2707,280 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04635800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical Average Precision Training for Pertinent Image Retrieval</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elias Ramzi</w:t>
+                <w:t xml:space="preserve">Wasserstein loss for semantic editing in the latent space of GANs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perla Doubinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bitot</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Crucianu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219526v1</w:t>
+                <w:t xml:space="preserve">hal-04219365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wasserstein Loss for Semantic Editing in the Latent Space of GANs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Perla Doubinsky</w:t>
+                <w:t xml:space="preserve">Hierarchical Average Precision Training for Pertinent Image Retrieval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Ramzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Le Borgne</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Rambour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bitot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Content-based Multimedia Indexing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ORASIS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04036414v1</w:t>
+                <w:t xml:space="preserve">hal-04219526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wasserstein loss for semantic editing in the latent space of GANs</w:t>
+                <w:t xml:space="preserve">Wasserstein Loss for Semantic Editing in the Latent Space of GANs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perla Doubinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
@@ -3007,142 +2998,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Crucianu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th International Conference on Content-based Multimedia Indexing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Orléans, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3617233.3617237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04219365v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04036414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion d'informations pour la segmentation sémantique de nuages de points d'intérieurs de bâtiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mérizette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Verdun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kervella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire LIS, UMR 7020, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4506,252 +4506,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01809872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Object detection in remote sensing images with center only</w:t>
+                <w:t xml:space="preserve">Large-scale semantic classification: outcome of the first year of Inria aerial image labeling benchmark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Chan-Hon-Tong</w:t>
+                <w:t xml:space="preserve">Bohao Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kangkang Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Khalel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliya Tarabalka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2018 - 2018 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IGARSS.2018.8517860⟩</w:t>
+              <w:t xml:space="preserve">IGARSS 2018 - IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2018.8518525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01412086v6</w:t>
+                <w:t xml:space="preserve">hal-01767807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale semantic classification: outcome of the first year of Inria aerial image labeling benchmark</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kangkang Lu</w:t>
+                <w:t xml:space="preserve">Object detection in remote sensing images with center only</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chan-Hon-Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2018 - IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain. pp.1-4, </w:t>
+              <w:t xml:space="preserve">IGARSS 2018 - 2018 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Valence, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IGARSS.2018.8518525⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2018.8517860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01767807v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412086v6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentation sémantique profonde par régression sur cartes de distances signées</w:t>
               </w:r>
@@ -5163,360 +5163,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01523573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep learning for urban remote sensing</w:t>
+                <w:t xml:space="preserve">Fusion of Heterogeneous Data in Convolutional Networks for Urban Semantic Labeling (Invited Paper)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Urban Remote Sensing Event (JURSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Dubaï, United Arab Emirates. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JURSE.2017.7924536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JURSE.2017.7924566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01672854v1</w:t>
+                <w:t xml:space="preserve">hal-01438499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fusion of Heterogeneous Data in Convolutional Networks for Urban Semantic Labeling (Invited Paper)</w:t>
+                <w:t xml:space="preserve">Couplage de données géographiques participatives et d'images aériennes par apprentissage profond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Urban Remote Sensing Event (JURSE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Juan-Les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438499v1</w:t>
+                <w:t xml:space="preserve">hal-01672870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage de données géographiques participatives et d'images aériennes par apprentissage profond</w:t>
+                <w:t xml:space="preserve">Deep learning for urban remote sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Boulch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Randrianarivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Ferecatu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Joint Urban Remote Sensing Event (JURSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Dubaï, United Arab Emirates. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JURSE.2017.7924536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01672870v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01672854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic Segmentation of Earth Observation Data Using Multimodal and Multi-scale Deep Networks</w:t>
               </w:r>
@@ -6311,51 +6311,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nicolas.audebert.at" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975847v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Ramzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audebert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rambour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Araujo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bitot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2025.3543846" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576064v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Marsocci" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2025.3566457" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397884v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuru Jia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Le Bellier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kerekes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Zeng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2025.3628194" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132924v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javiera Castillo-Navarro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Saux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boulch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-020-05943-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404279v3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Doubinsky" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Crucianu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Borgne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2022.08.012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924220v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Koeniguer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Saux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-1343-2020" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104998v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2019.2912563" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277621v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2019.102809" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636145v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2017.11.011" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467932v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Guerry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2017.11.010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529624v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs9040368" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388176v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140421v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana El Hajjar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905572v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime M&#233;rizette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kervella" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294807v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o G&#233;r&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jacquemard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2510.02746" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142942v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131256v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimi Okabayashi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pelletier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courty" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259058v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV57701.2024.00536" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551408v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW63382.2024.00053" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660056v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552850v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Donike" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW63382.2024.00055" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635800v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lafon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thome" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2407.01400" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219526v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036414v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617233.3617237" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219365v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219456v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678311v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Laporte" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678280v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boige" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03761405v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinying Cheng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Zayani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Ferecatu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771695" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551457v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712933v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324009v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Dang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Randrianarivo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier-S'Niehotta" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93736-2_20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359605v3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300102v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Foscarin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924091v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dubucq" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Achard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alakian" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fabre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2020-395-2020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343915v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2019.8809071" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163257v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herold" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuider Slimani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vidal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809872v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518321" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412086v6" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chan-Hon-Tong" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8517860" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01767807v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohao Huang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kangkang Lu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Khalel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518525" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809991v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672871v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lambert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Klein" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Ben Amar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523573v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW.2017.199" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672854v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2017.7924536" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438499v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2017.7924566" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672870v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360166v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54181-5_12" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320016v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7730327" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320010v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04852483v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02073908v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORIS502" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05142623v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nicolas.audebert.at" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975847v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Ramzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audebert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rambour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Araujo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bitot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2025.3543846" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576064v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Marsocci" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2025.3566457" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397884v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuru Jia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Le Bellier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kerekes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Zeng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2025.3628194" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132924v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javiera Castillo-Navarro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Saux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boulch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-020-05943-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404279v3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Doubinsky" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Crucianu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Borgne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2022.08.012" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924220v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Koeniguer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Saux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-1343-2020" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104998v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MGRS.2019.2912563" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277621v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2019.102809" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636145v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2017.11.011" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529624v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs9040368" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467932v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Guerry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2017.11.010" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388176v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131256v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimi Okabayashi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pelletier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142942v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140421v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana El Hajjar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294807v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o G&#233;r&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jacquemard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2510.02746" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905572v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime M&#233;rizette" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kervella" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Verdun" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131271v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551408v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW63382.2024.00053" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660056v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rigaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259058v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WACV57701.2024.00536" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552850v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Donike" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW63382.2024.00055" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635800v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lafon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thome" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2407.01400" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219365v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219526v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036414v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617233.3617237" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219456v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678311v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Laporte" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678280v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boige" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03761405v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinying Cheng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Zayani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Ferecatu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771695" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551457v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712933v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324009v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Dang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Randrianarivo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier-S'Niehotta" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-93736-2_20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359605v3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300102v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Foscarin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924091v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dubucq" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Achard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Alakian" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fabre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2020-395-2020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343915v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2019.8809071" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163257v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herold" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuider Slimani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vidal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809872v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518321" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01767807v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohao Huang" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kangkang Lu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Khalel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518525" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412086v6" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chan-Hon-Tong" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8517860" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809991v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672871v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Ben Hamida" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lambert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Klein" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Ben Amar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523573v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CVPRW.2017.199" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438499v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2017.7924566" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672870v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672854v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE.2017.7924536" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360166v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54181-5_12" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320016v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7730327" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320010v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04852483v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02073908v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORIS502" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05142623v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>