--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -191,373 +191,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05506904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les élites managériales prennent conscience du caractère insécable du lien entre résilience des entreprises et résilience écologique [Tribune au journal Le Monde]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La mise en récit de l’Anthropocène. Donner une valeur sociale aux dégradations écologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clara Roussey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Monde.fr</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (315), pp.81-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/rfg.2024.14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04573270v1</w:t>
+                <w:t xml:space="preserve">hal-04571164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en récit de l’Anthropocène. Donner une valeur sociale aux dégradations écologiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les élites managériales prennent conscience du caractère insécable du lien entre résilience des entreprises et résilience écologique [Tribune au journal Le Monde]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Roussey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Monde.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/rfg.2024.14⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04571164v1</w:t>
+                <w:t xml:space="preserve">hal-04573270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Political CSR initiatives as levers of marginalisation: the disconnect between representatives and the so-called represented in the mining industry</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'enseignement critique du management peut-il faire école ? Une expérimentation de la méthode de l'égalité au sein d'une école universitaire de management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical perspectives on international business</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (5), pp.61-74</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03554079v1</w:t>
+                <w:t xml:space="preserve">hal-03938248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enseignement critique du management peut-il faire école ? Une expérimentation de la méthode de l'égalité au sein d'une école universitaire de management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Political CSR initiatives as levers of marginalisation: the disconnect between representatives and the so-called represented in the mining industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Critical perspectives on international business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (1), pp.31-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/cpoib-01-2018-0015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938248v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03554079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacturing controversy: “Reverse racism” as backlash to antiracist interventions in France</w:t>
               </w:r>
@@ -673,74 +673,74 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Roussey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical perspectives on international business</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, ahead-of-print (ahead-of-print), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/cpoib-01-2018-0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501728v1</w:t>
@@ -764,51 +764,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social Innovation as practice : exploring the entanglement of political and managerial logics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaidos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -849,226 +849,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La RSE, nouveau terrain pour de nouvelles formes de stratégies politiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelle est la place du terrain dans les études critiques en management?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Palpacuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Taskin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.251-269</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02009116v1</w:t>
+                <w:t xml:space="preserve">hal-02013519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle est la place du terrain dans les études critiques en management?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">La RSE, nouveau terrain pour de nouvelles formes de stratégies politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 41 (252), pp.145-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/RFG.252.145-160⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02013519v1</w:t>
+                <w:t xml:space="preserve">hal-02009116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléments pour une analyse des controverses stratégiques. Le cas d’une délocalisation dans la Silicon Valley alpine</w:t>
               </w:r>
@@ -1430,312 +1430,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04854135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of CSR in the process of non-transformation : the case of the mining industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clara Roussey</w:t>
+                <w:t xml:space="preserve">Les incubateurs d’innovation sociale : une approche comparative européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gaidos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th annual conference of the EUroppean Academy of Management (EURAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">16ième Rencontres du Réseau Universitaire International sur l’Economie Sociale et Solidaire (RUIESS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144885v1</w:t>
+                <w:t xml:space="preserve">hal-02103588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les incubateurs d’innovation sociale : une approche comparative européenne</w:t>
+                <w:t xml:space="preserve">Social innovation and specialized incubators: Is the selection jury a reliable method to identify successful social innovations?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gaidos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ième Rencontres du Réseau Universitaire International sur l’Economie Sociale et Solidaire (RUIESS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">32nd EGOS Colloquium (European Group for Organization Studies)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02103588v1</w:t>
+                <w:t xml:space="preserve">hal-02103540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social innovation and specialized incubators: Is the selection jury a reliable method to identify successful social innovations?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The role of CSR in the process of non-transformation : the case of the mining industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd EGOS Colloquium (European Group for Organization Studies)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Naples, Italy</w:t>
+              <w:t xml:space="preserve">15th annual conference of the EUroppean Academy of Management (EURAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02103540v1</w:t>
+                <w:t xml:space="preserve">hal-02144885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les entreprises ont-elles pris ou compris le pouvoir ? Une étude comparative des stratégies politiques dans les industries automobile et minière</w:t>
               </w:r>
@@ -1747,51 +1747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Roussey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVème Conférence Annuelle de l’Association Internationale de Management Stratégique - AIMS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2209,51 +2209,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le potentiel transformateur de la RSE. Une analyse par la spatialité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Roussey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2285,882 +2285,882 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02057339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social innovation in practice: what insights can be gained from the SI ecosystem in the South of France?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Balas</w:t>
+                <w:t xml:space="preserve">Either pro- nor anti-capitalism: A grounded analysis of social entrepreneurs’ commitment towards alternative ways of doing business</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Vercher-Chaptal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Social Innovation Research Conference - ISIRC 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, York, United Kingdom</w:t>
+              <w:t xml:space="preserve">EGOS Colloquium – Sub-theme 20 Organizing Alternatives to Capitalism: Theories, Models and Mechanisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02078565v1</w:t>
+                <w:t xml:space="preserve">hal-01388360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Either pro- nor anti-capitalism: A grounded analysis of social entrepreneurs’ commitment towards alternative ways of doing business</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Palpacuer</w:t>
+                <w:t xml:space="preserve">Social innovation in practice: what insights can be gained from the SI ecosystem in the South of France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gaidos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Palpacuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGOS Colloquium – Sub-theme 20 Organizing Alternatives to Capitalism: Theories, Models and Mechanisms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">7th International Social Innovation Research Conference - ISIRC 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, York, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01388360v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02078565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche critique du bien-être au travail : le cas des journées parlementaires 2014</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Performing Sustainable Value Chains: A Comparative Analysis of the Performativity of the Strategic CSR Thesis in the Automotive and Mining Industries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophia Belghiti-Mahut</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Congrès national « Santé dans le monde du travail »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">EGOS Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02098423v1</w:t>
+                <w:t xml:space="preserve">hal-02086019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performing Sustainable Value Chains: A Comparative Analysis of the Performativity of the Strategic CSR Thesis in the Automotive and Mining Industries</w:t>
+                <w:t xml:space="preserve">La fabrique d'une chaîne de valeur mondiale. Une analyse des discours politiques sur la gouvernance de l'industrie française des semi-conducteurs (1955-2009)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGOS Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">XXIIIème conférence de l'AIMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086019v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02092698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrique d'une chaîne de valeur mondiale. Une analyse des discours politiques sur la gouvernance de l'industrie française des semi-conducteurs (1955-2009)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le développement durable en tant que champ contesté ou la contestation en tant que moyen d’exister dans le champ du développement durable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Palpacuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIème conférence de l'AIMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">9ème congrès du Réseau International de Recherche sur les Organisations et le Développement Durable - RIODD 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02092698v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02094280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le développement durable en tant que champ contesté ou la contestation en tant que moyen d’exister dans le champ du développement durable ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Chaines globale de valeur et développement durable : potentialités et limites au regard du cas de l’huile d’argan marocaine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème congrès du Réseau International de Recherche sur les Organisations et le Développement Durable - RIODD 2014</w:t>
+              <w:t xml:space="preserve">Congrès annuel du Réseau International sur les Organisations et le Développement Durable (RIODD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02094280v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02084267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaines globale de valeur et développement durable : potentialités et limites au regard du cas de l’huile d’argan marocaine.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une approche critique du bien-être au travail : le cas des journées parlementaires 2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Balas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rodhain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Balas</w:t>
+                <w:t xml:space="preserve">Sophia Belghiti-Mahut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel du Réseau International sur les Organisations et le Développement Durable (RIODD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">6ème Congrès national « Santé dans le monde du travail »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02084267v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02098423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing sustainable development projects in alternative businesses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Balancing social and economic goals in sustainable development strategies: a case study of alternative business projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Vercher-Chaptal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th annual conference of the European Academy of Management (EURAM) - Track 11: Alternative Business Models for Sustainable. Development, </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">21ème conférence de l’AIMS (Association Internationale de Management Stratégique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01388369v1</w:t>
+                <w:t xml:space="preserve">hal-01388367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balancing social and economic goals in sustainable development strategies: a case study of alternative business projects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Implementing sustainable development projects in alternative businesses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Vercher-Chaptal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème conférence de l’AIMS (Association Internationale de Management Stratégique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Lille, France</w:t>
+              <w:t xml:space="preserve">12th annual conference of the European Academy of Management (EURAM) - Track 11: Alternative Business Models for Sustainable. Development, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01388367v1</w:t>
+                <w:t xml:space="preserve">hal-01388369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3178,51 +3178,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les chaînes globales de valeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3351,51 +3351,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financialization of Global Value Chains and Implications for Local Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finance and Industrial Policy: Beyond Financial Regulation in Europe Giovanni Cozzi, Susan Newman, and Jan Toporowski</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.65-80, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3420,51 +3420,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les chaînes globales de valeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Palpacuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3528,327 +3528,327 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bourdieu, auteur subversif du management [Nicolas Balas]</w:t>
+                <w:t xml:space="preserve">RSE : nouveau terrain des jeux stratégiques [Nicolas Balas]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755275v1</w:t>
+                <w:t xml:space="preserve">hal-04755279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RSE : nouveau terrain des jeux stratégiques [Nicolas Balas]</w:t>
+                <w:t xml:space="preserve">Pierre Bourdieu, auteur subversif du management [Nicolas Balas]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755279v1</w:t>
+                <w:t xml:space="preserve">hal-04755275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les leçons de Gramsci pour le management [Nicolas Balas]</w:t>
+                <w:t xml:space="preserve">Comprendre la réalité des décisions par l’étude des controverses [Nicolas Balas]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755281v1</w:t>
+                <w:t xml:space="preserve">hal-04755273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre la réalité des décisions par l’étude des controverses [Nicolas Balas]</w:t>
+                <w:t xml:space="preserve">Les leçons de Gramsci pour le management [Nicolas Balas]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Balas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755273v1</w:t>
+                <w:t xml:space="preserve">hal-04755281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4003,51 +4003,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05506904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Roussey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/eh.120.0017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573270v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04571164v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2024.14" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554079v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Palpacuer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/cpoib-01-2018-0015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938248v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117481v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Saadani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EDI-07-2020-0205" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501728v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111694v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gaidos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJWI.2017.091417" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009116v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.252.145-160" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013519v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Taskin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02026488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.240.63-79" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681981v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854124v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854135v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144885v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103588v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103540v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057290v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02018091v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Palpacuer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vercher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086445v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Balas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078564v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaidos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078566v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057339v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078565v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388360v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vercher-Chaptal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02098423v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loup" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Belghiti-Mahut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086019v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092698v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094280v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084267v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Aubert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388369v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388367v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537812v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938285v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01.0040" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160392v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02124547v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755275v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755279v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755281v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755273v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05506904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Roussey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/eh.120.0017" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04571164v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2024.14" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573270v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938248v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554079v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Palpacuer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/cpoib-01-2018-0015" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117481v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Saadani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EDI-07-2020-0205" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501728v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111694v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gaidos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJWI.2017.091417" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02013519v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Taskin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02009116v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.252.145-160" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02026488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.240.63-79" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681981v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854124v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854135v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103588v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103540v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144885v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057290v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02018091v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Palpacuer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vercher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086445v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Balas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078564v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaidos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078566v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057339v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388360v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vercher-Chaptal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078565v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086019v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02092698v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094280v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Aubert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02098423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loup" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Belghiti-Mahut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388367v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388369v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537812v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938285v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.livia.2022.01.0040" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160392v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02124547v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755279v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755275v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755273v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04755281v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>