--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -904,429 +904,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03121517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Profiles of Integumentary and Glandular Substrates in Australian Sea Lion Pups ( Neophoca cinerea )</w:t>
+                <w:t xml:space="preserve">Modulation of feed composition is able to make hens less attractive to the poultry red mite Dermanyssus gallinae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaja Wierucka</w:t>
+                <w:t xml:space="preserve">Marine El Adouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonsina Arriaga Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dormont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Charrier</w:t>
+                <w:t xml:space="preserve">Agathe Labalette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 44 (3), pp.205-214. </w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 147 (2), pp.171-181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/chemse/bjz008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0031182019001379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195011v1</w:t>
+                <w:t xml:space="preserve">hal-04854319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical fingerprints suggest direct familiarisation rather than phenotype matching during olfactory recognition in Australian sea lions (Neophoca cinerea)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Chemical Profiles of Integumentary and Glandular Substrates in Australian Sea Lion Pups ( Neophoca cinerea )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaja Wierucka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin J. Pitcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jembe.2019.06.001⟩</w:t>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (3), pp.205-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjz008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02262499v1</w:t>
+                <w:t xml:space="preserve">hal-02195011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of feed composition is able to make hens less attractive to the poultry red mite Dermanyssus gallinae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemical fingerprints suggest direct familiarisation rather than phenotype matching during olfactory recognition in Australian sea lions (Neophoca cinerea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaja Wierucka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barthes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert G. Harcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoist Schaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine El Adouzi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Agathe Labalette</w:t>
+                <w:t xml:space="preserve">Isabelle Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 147 (2), pp.171-181. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 517, pp.49-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0031182019001379⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jembe.2019.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04854319v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02262499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acibenzolar-S-Methyl Reprograms Apple Transcriptome Toward Resistance to Rosy Apple Aphid</w:t>
               </w:r>
@@ -1440,278 +1440,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02102171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lung nodule in French Guiana in a immunocompetent patient</w:t>
+                <w:t xml:space="preserve">Dynamics of Methylated Cytosine Flipping by UHRF1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Barthes</w:t>
+                <w:t xml:space="preserve">Christian Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Morin</w:t>
+                <w:t xml:space="preserve">Vasyl Kilin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pommier De Santi</w:t>
+                <w:t xml:space="preserve">Krishna Gavvala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Briolant</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benoît Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine et santé tropicales </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 27 (1), pp.26-28. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 139 (6), pp.2520-2528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/mst.2016.0652⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.7b00154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01774344v1</w:t>
+                <w:t xml:space="preserve">hal-03485467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Methylated Cytosine Flipping by UHRF1</w:t>
+                <w:t xml:space="preserve">Lung nodule in French Guiana in a immunocompetent patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Bronner</w:t>
+                <w:t xml:space="preserve">N. Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasyl Kilin</w:t>
+                <w:t xml:space="preserve">F. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krishna Gavvala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Barthes</w:t>
+                <w:t xml:space="preserve">Pommier De Santi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Michel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Briolant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 139 (6), pp.2520-2528. </w:t>
+              <w:t xml:space="preserve">Médecine et santé tropicales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (1), pp.26-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.7b00154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/mst.2016.0652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03485467v1</w:t>
+                <w:t xml:space="preserve">hal-01774344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and Dynamical Impact of a Universal Fluorescent Nucleoside Analogue Inserted Into a DNA Duplex</w:t>
               </w:r>
@@ -1723,51 +1723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loussiné Zargarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akli Ben Imeddourene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishna Gavvala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1825,307 +1825,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02119010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective Zika virus disease cohort: systematic screening</w:t>
+                <w:t xml:space="preserve">Malaria Hyperendemicity and Risk for Artemisinin Resistance among Illegal Gold Miners, French Guiana.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck De Laval</w:t>
+                <w:t xml:space="preserve">Vincent Pommier de Santi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Matheus</w:t>
+                <w:t xml:space="preserve">Félix Djossou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Maquart</w:t>
+                <w:t xml:space="preserve">Herve Bogreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Yvrard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Barthes</w:t>
+                <w:t xml:space="preserve">Georges Hyvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 388 (10047), pp.868. </w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (5), pp.903-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0140-6736(16)31429-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3201/eid2205.151957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455622v1</w:t>
+                <w:t xml:space="preserve">pasteur-01305106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malaria Hyperendemicity and Risk for Artemisinin Resistance among Illegal Gold Miners, French Guiana.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prospective Zika virus disease cohort: systematic screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck De Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Pommier de Santi</w:t>
+                <w:t xml:space="preserve">Séverine Matheus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Djossou</w:t>
+                <w:t xml:space="preserve">Marianne Maquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Yvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Georges Hyvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Lancet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 388 (10047), pp.868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0140-6736(16)31429-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3201/eid2205.151957⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01305106v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of environmentally sensitive fluorescent and dual emissive deoxyuridine analogues.</w:t>
               </w:r>
@@ -2239,350 +2239,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01186176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic structure in a dynamic baboon hybrid zone corroborates behavioural observations in a hybrid population</w:t>
+                <w:t xml:space="preserve">Critical thinking in the chemical ecology of mammalian communication: roadmap for future studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Charpentier</w:t>
+                <w:t xml:space="preserve">Marie Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Fontaine</w:t>
+                <w:t xml:space="preserve">Magali Proffit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Cherel</w:t>
+                <w:t xml:space="preserve">Marie Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Renoult</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Jenkins</w:t>
+                <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2011.05302.x⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (4), pp.769-774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2435.2012.01998.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02079621v1</w:t>
+                <w:t xml:space="preserve">hal-02079627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical thinking in the chemical ecology of mammalian communication: roadmap for future studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic structure in a dynamic baboon hybrid zone corroborates behavioural observations in a hybrid population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Charpentier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Barthes</w:t>
+                <w:t xml:space="preserve">E. Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Proffit</w:t>
+                <w:t xml:space="preserve">J. Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bessière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Grison</w:t>
+                <w:t xml:space="preserve">T. Jenkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (3), pp.715-731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2011.05302.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2435.2012.01998.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02079627v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02079621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First general methods toward aldehyde enolphosphates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 40, pp.48-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2655,51 +2655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2762,51 +2762,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and antibacterial activity of novel enolphosphate derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2891,51 +2891,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-Pot Carbanionic Synthesis of P 1 , P 2 -Diglycosyl, P 1 , P 1 , P 2 -Triglycosyl, and P 1 , P 1 , P 2 , P 2 -Tetraribosyl Methylenediphosphonates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hicham Chibli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3799,52 +3799,155 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04485073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Logiciel (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LUB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barthes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:0ff90d0f08eba3e6eedb8b3ea71e57882005622c;origin=https://src.koda.cnrs.fr/nicolas.barthes.5/lw-umap-knn-boosting.git;visit=swh:1:snp:3a3dbc163d0a202823fe0fc27dea0178529ba245;anchor=swh:1:rev:d297fb5df42418ec90c513c404f7892001fd975e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05525756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId153"/>
+      <w:footerReference w:type="default" r:id="rId155"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3991,51 +4094,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037059v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Br&#233;mond Bostoen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard Orteg&#243;n" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#232;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-025-01581-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893415v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gibert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Buscail" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nguyen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baguette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20190" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193216v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anj&#233;lica Leconte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Coutagne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duval" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.241" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04959510v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neyaz A Khan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace P. Mccormack" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P O'Gara" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Thomas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxad152" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969210v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vernier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapuis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Foucaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Huguenin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2022.104454" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03121517v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Blanchard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Beslay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Bordier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-020-00720-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195011v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaja Wierucka" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin J. Pitcher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charrier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjz008" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262499v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Harcourt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2019.06.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854319v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine El Adouzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonsina Arriaga Jimenez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dormont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Labalette" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182019001379" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102171v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Warneys" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aligon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Anton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01795" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774344v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barthes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pommier De Santi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Briolant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mst.2016.0652" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485467v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bronner" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Kilin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Gavvala" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Michel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b00154" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119010v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loussin&#233; Zargarian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akli Ben Imeddourene" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Michel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b08825" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455622v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck De Laval" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Matheus" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Maquart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Yvrard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(16)31429-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QWK6PWQJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01305106v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pommier de Santi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Djossou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Bogreau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Hyvert" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2205.151957" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186176v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Karpenko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Dziuba" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Auffret" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Spadafora" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra02709h" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079621v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fontaine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cherel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renoult" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jenkins" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05302.x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7HJT2MMB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079627v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charpentier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Proffit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bessi&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2435.2012.01998.x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007957v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2011.11.006" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199349v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delle-Vedove" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Juillet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bessiere" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2011.02.005" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MXVLX8Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01650292v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Finance" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l E. Duval" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2010.06.006" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K1T24L2L-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007998v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Chibli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coutrot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo061087v" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-T2R3CN23-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007971v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Calm&#232;s" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhalid Akkari" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Escale" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2005.05.016" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXDC3DMW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04434774v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485014v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485021v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228447v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485033v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01430507v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NICE4124" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04485073v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006MON20143" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037059v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Br&#233;mond Bostoen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard Orteg&#243;n" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#232;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-025-01581-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893415v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gibert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Buscail" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nguyen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baguette" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20190" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193216v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anj&#233;lica Leconte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Coutagne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Duval" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.241" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04959510v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neyaz A Khan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace P. Mccormack" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P O'Gara" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P Thomas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jambio/lxad152" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969210v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vernier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chapuis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Foucaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Huguenin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2022.104454" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03121517v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Blanchard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Beslay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Bordier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-020-00720-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854319v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine El Adouzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonsina Arriaga Jimenez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dormont" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Labalette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182019001379" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195011v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaja Wierucka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin J. Pitcher" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charrier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjz008" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262499v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Harcourt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2019.06.001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02102171v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Warneys" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aligon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Anton" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01795" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485467v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bronner" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Kilin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Gavvala" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Michel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.7b00154" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774344v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barthes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pommier De Santi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Briolant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mst.2016.0652" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119010v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loussin&#233; Zargarian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akli Ben Imeddourene" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Michel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b08825" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01305106v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pommier de Santi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Djossou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Bogreau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Hyvert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2205.151957" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455622v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck De Laval" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Matheus" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Maquart" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Yvrard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(16)31429-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QWK6PWQJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186176v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Karpenko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Dziuba" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Auffret" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Spadafora" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra02709h" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079627v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Proffit" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bessi&#232;re" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2435.2012.01998.x" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079621v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charpentier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fontaine" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cherel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renoult" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jenkins" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05302.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7HJT2MMB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007957v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2011.11.006" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01199349v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delle-Vedove" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Juillet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bessiere" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2011.02.005" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MXVLX8Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01650292v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Finance" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l E. Duval" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2010.06.006" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K1T24L2L-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007998v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Chibli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coutrot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo061087v" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-T2R3CN23-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007971v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Calm&#232;s" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhalid Akkari" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Escale" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2005.05.016" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZXDC3DMW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04434774v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485014v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485021v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228447v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485033v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01430507v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NICE4124" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04485073v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2006MON20143" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05525756v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0ff90d0f08eba3e6eedb8b3ea71e57882005622c;origin=https://src.koda.cnrs.fr/nicolas.barthes.5/lw-umap-knn-boosting.git;visit=swh:1:snp:3a3dbc163d0a202823fe0fc27dea0178529ba245;anchor=swh:1:rev:d297fb5df42418ec90c513c404f7892001fd975e" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>