--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -621,196 +621,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03274055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « chef d’orchestre » au risque de « l’homme-orchestre » : les chefs de projet dans l’individualisation paradoxale du travail collectif</w:t>
+                <w:t xml:space="preserve">L'équation managementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Herbelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sopr.042.0021⟩</w:t>
+              <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Bureaucratie sublime, Hors-série, pp.72-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terrain.21784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03231390v1</w:t>
+                <w:t xml:space="preserve">halshs-03274064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'équation managementale</w:t>
+                <w:t xml:space="preserve">Le « chef d’orchestre » au risque de « l’homme-orchestre » : les chefs de projet dans l’individualisation paradoxale du travail collectif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joséphine Herbelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Bureaucratie sublime, Hors-série, pp.72-81. </w:t>
+              <w:t xml:space="preserve">Sociologies pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (42), pp.21-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/terrain.21784⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sopr.042.0021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03274064v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03231390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans l’ombre de la décision : les fonctions multiples des rapports d’études dans la délégation marchande de l’expertise en politiques urbaines</w:t>
               </w:r>
@@ -1716,329 +1716,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From expert to consultant:​ the organizational and political work beyond technique in French engineering and consulting firms</w:t>
+                <w:t xml:space="preserve">Experts et consultants au service de l’action publique locale. Une approche pragmatique du travail de l’ingénierie privée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference ISA RC21 on Urban and Regional Development : Sensing the City | Place, People, Power</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Sociological Association Research Committee 21 on Urban and Regional Development, Jul 2021, Antwerpen, Belgium</w:t>
+              <w:t xml:space="preserve">Universités d'été de la Décentralisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Recherche sur l'Administration Locale en Europe (GRALE) et Université de Toulon, Jun 2021, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03395037v1</w:t>
+                <w:t xml:space="preserve">hal-03395103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experts et consultants au service de l’action publique locale. Une approche pragmatique du travail de l’ingénierie privée</w:t>
+                <w:t xml:space="preserve">From expert to consultant:​ the organizational and political work beyond technique in French engineering and consulting firms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Universités d'été de la Décentralisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de Recherche sur l'Administration Locale en Europe (GRALE) et Université de Toulon, Jun 2021, Toulon, France</w:t>
+              <w:t xml:space="preserve">Conference ISA RC21 on Urban and Regional Development : Sensing the City | Place, People, Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Sociological Association Research Committee 21 on Urban and Regional Development, Jul 2021, Antwerpen, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03395103v1</w:t>
+                <w:t xml:space="preserve">hal-03395037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre procédure et expérimentation : le travail du commun dans les espaces à saisir des appels à projets urbains innovants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la &amp;quot;production urbaine&amp;quot; technocratique à la &amp;quot;fabrique urbaine&amp;quot; transversale : l’ingénierie au travail de la frontière entre technique et politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Léonardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espaces à saisir : Interstices et communs urbains</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Tours, France</w:t>
+              <w:t xml:space="preserve">Urban Feedback : Perspectives critiques sur 50 années d’enseignement et de recherche en urbanisme (1968-2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03079172v1</w:t>
+                <w:t xml:space="preserve">hal-02486821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la &amp;quot;production urbaine&amp;quot; technocratique à la &amp;quot;fabrique urbaine&amp;quot; transversale : l’ingénierie au travail de la frontière entre technique et politique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Entre procédure et expérimentation : le travail du commun dans les espaces à saisir des appels à projets urbains innovants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Gatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Léonardi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Feedback : Perspectives critiques sur 50 années d’enseignement et de recherche en urbanisme (1968-2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Espaces à saisir : Interstices et communs urbains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02486821v1</w:t>
+                <w:t xml:space="preserve">hal-03079172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réinventer une politique participative en contexte d'austérité : retour sur un Appel à Projet Urbain Innovant à Grenoble</w:t>
               </w:r>
@@ -2208,96 +2208,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02969607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redéfinition du travail dans les bureaux d’études en aménagement et environnement : l’intérêt général techniciste sous pression managériale</w:t>
+                <w:t xml:space="preserve">Un nouvel esprit de l’ingénierie urbaine ? Reconfiguration des processus et acteurs de la production urbaine dans la &amp;quot;cité par projets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JIST XVIe Journées Internationales de Sociologie du Travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LISE-CNAM, Jul 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">3e Biennale de la sociologie de l’urbain et des territoires de l’AFS RT9 : Ville et Capitalisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EHESS Marseille / Association Française de Sociologie, Oct 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01894703v1</w:t>
+                <w:t xml:space="preserve">halshs-01925359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ingénierie au prisme des usagers</w:t>
               </w:r>
@@ -2372,260 +2372,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01888121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un nouvel esprit de l’ingénierie urbaine ? Reconfiguration des processus et acteurs de la production urbaine dans la &amp;quot;cité par projets</w:t>
+                <w:t xml:space="preserve">Les appropriations multiples de l'injonction à &amp;quot;l'usager&amp;quot; dans la mise en œuvre de l'action publique urbaine : le retour d'une ingénierie urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Thiriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3e Biennale de la sociologie de l’urbain et des territoires de l’AFS RT9 : Ville et Capitalisme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EHESS Marseille / Association Française de Sociologie, Oct 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">IIIe Biennale de de la sociologie de l’urbain et des territoires (RT9/AFS) - Atelier doctoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01925359v1</w:t>
+                <w:t xml:space="preserve">halshs-01972707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les appropriations multiples de l'injonction à &amp;quot;l'usager&amp;quot; dans la mise en œuvre de l'action publique urbaine : le retour d'une ingénierie urbaine</w:t>
+                <w:t xml:space="preserve">Redéfinition du travail dans les bureaux d’études en aménagement et environnement : l’intérêt général techniciste sous pression managériale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarah Thiriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IIIe Biennale de de la sociologie de l’urbain et des territoires (RT9/AFS) - Atelier doctoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Marseille, France</w:t>
+              <w:t xml:space="preserve">JIST XVIe Journées Internationales de Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LISE-CNAM, Jul 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01972707v1</w:t>
+                <w:t xml:space="preserve">halshs-01894703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consulting reports in urban planning as technical tools : an ethnographic study of intricacy between technical writing and political decision</w:t>
+                <w:t xml:space="preserve">Une ingénierie réflexive ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECPR – European Consortium for Political Research General Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Oslo, Norway</w:t>
+              <w:t xml:space="preserve">Le rapport de l’ingénierie aux SHS, Séminaire GRINGAU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRENAU; GRINGAU, Jun 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01894705v1</w:t>
+                <w:t xml:space="preserve">halshs-01972713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les rapports d’études en aménagement : regard ethnographique sur l’imbrication entre rédaction technique et décision politique</w:t>
               </w:r>
@@ -2674,316 +2674,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01972710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une ingénierie réflexive ?</w:t>
+                <w:t xml:space="preserve">Consulting reports in urban planning as technical tools : an ethnographic study of intricacy between technical writing and political decision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le rapport de l’ingénierie aux SHS, Séminaire GRINGAU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRENAU; GRINGAU, Jun 2017, Nantes, France</w:t>
+              <w:t xml:space="preserve">ECPR – European Consortium for Political Research General Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01972713v1</w:t>
+                <w:t xml:space="preserve">halshs-01894705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que nous dit le jeu de &amp;quot;l’approche globale&amp;quot; sur les projets et leurs bureaux d’études</w:t>
+                <w:t xml:space="preserve">Le retour de l’ingénieur-conseil face aux ambiguïtés de la commande publique : les bureaux d’études au secours du monde politique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’urbanisme, l’architecture et le jeu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Lille 1, Dec 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">Que font les consultants au monde social ? Propriétés, pratiques et contributions du « conseil » à la construction de la réalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EHESS, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01972715v1</w:t>
+                <w:t xml:space="preserve">halshs-01972720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le retour de l’ingénieur-conseil face aux ambiguïtés de la commande publique : les bureaux d’études au secours du monde politique ?</w:t>
+                <w:t xml:space="preserve">Ce que nous dit le jeu de &amp;quot;l’approche globale&amp;quot; sur les projets et leurs bureaux d’études</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Que font les consultants au monde social ? Propriétés, pratiques et contributions du « conseil » à la construction de la réalité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EHESS, Jun 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">L’urbanisme, l’architecture et le jeu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lille 1, Dec 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01972720v1</w:t>
+                <w:t xml:space="preserve">halshs-01972715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les études d’urbanisme parmi ses acteurs : les enjeux de pouvoir du processus de fabrication d’une littérature grise technique</w:t>
+                <w:t xml:space="preserve">Discours et pratiques de créativité dans l’ingénierie en aménagement : une injonction du &amp;quot;projet&amp;quot; ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études Littératures grises et pouvoirs : méthodes et pratiques,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Casa De Velázquez, Jun 2015, Madrid, France</w:t>
+              <w:t xml:space="preserve">Colloque du réseau Ingenium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNAM, Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01972767v1</w:t>
+                <w:t xml:space="preserve">hal-01972772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La traversée des mots d’ordre urbains : des discours aux pratiques ce que nous dit l’étude des études</w:t>
               </w:r>
@@ -3032,234 +3032,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01972758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discours et pratiques de créativité dans l’ingénierie en aménagement : une injonction du &amp;quot;projet&amp;quot; ?</w:t>
+                <w:t xml:space="preserve">A la recherche d’un renouvellement des pratiques professionnelles : le prétexte d’une enquête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du réseau Ingenium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNAM, Dec 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque de l’ADCIFRE SHS : la recherche en funambule, établir une approche critique tout enétant engagé par et dans son terrain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rennes 2, Sep 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01972772v1</w:t>
+                <w:t xml:space="preserve">hal-01972764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A la recherche d’un renouvellement des pratiques professionnelles : le prétexte d’une enquête</w:t>
+                <w:t xml:space="preserve">Les enjeux d’une &amp;quot;approche globale&amp;quot; : quand les études cherchent leur place : expertise, conseil ou conception ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l’ADCIFRE SHS : la recherche en funambule, établir une approche critique tout enétant engagé par et dans son terrain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rennes 2, Sep 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">Rencontres Internationales en urbanisme APERAU 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01972764v1</w:t>
+                <w:t xml:space="preserve">hal-01972765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux d’une &amp;quot;approche globale&amp;quot; : quand les études cherchent leur place : expertise, conseil ou conception ?</w:t>
+                <w:t xml:space="preserve">Les études d’urbanisme parmi ses acteurs : les enjeux de pouvoir du processus de fabrication d’une littérature grise technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Internationales en urbanisme APERAU 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journée d’études Littératures grises et pouvoirs : méthodes et pratiques,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Casa De Velázquez, Jun 2015, Madrid, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01972765v1</w:t>
+                <w:t xml:space="preserve">hal-01972767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand l’ingénierie territoriale cherche à appréhender la complexité : le cas de &amp;quot;l’approche globale</w:t>
               </w:r>
@@ -3584,51 +3584,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://1drv.ms/b/s!Alt5VTllVLb7hLQYiWI8Gm6p4IkzBQ?e=bNSSg0" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pacte-grenoble.fr/programmes/grinnurb" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562655v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bataille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gossart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970427v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Gatta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile L&#233;onardi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne D&#8217;orazio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1879" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03726627v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lacroix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thiriot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477197v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274055v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03231390v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.042.0021" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274064v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Herbelin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.21784" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007006v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.264.0083" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103422v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2018.3270" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419363v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612711v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665928v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lemoniteur.fr/droit-et-gestion-des-collectivites-territoriales-2021.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698958v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/92003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487818v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02518433v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736004v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendall Petit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Escar-Otin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Geisler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audubert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4053" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612755v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395037v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079172v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486821v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036603v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969607v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01894703v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888121v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01925359v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972707v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01894705v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972710v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972713v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972715v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972720v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972767v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972758v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972772v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972764v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972765v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972769v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486151v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://1drv.ms/b/s!Alt5VTllVLb7hLQYiWI8Gm6p4IkzBQ?e=bNSSg0" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pacte-grenoble.fr/programmes/grinnurb" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562655v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bataille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gossart" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970427v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Gatta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile L&#233;onardi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne D&#8217;orazio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1879" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03726627v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lacroix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Thiriot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477197v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274055v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03274064v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Herbelin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.21784" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03231390v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.042.0021" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007006v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ripc.264.0083" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103422v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2018.3270" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419363v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612711v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665928v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lemoniteur.fr/droit-et-gestion-des-collectivites-territoriales-2021.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698958v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/92003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487818v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02518433v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736004v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendall Petit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Escar-Otin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Geisler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aumond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audubert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN_2024_4053" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612755v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395103v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395037v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486821v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079172v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036603v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969607v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01925359v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888121v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972707v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01894703v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972713v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972710v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01894705v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972720v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972715v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972772v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972758v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972765v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972767v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972769v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486151v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>