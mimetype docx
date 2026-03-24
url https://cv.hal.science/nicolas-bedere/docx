--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -332,51 +332,51 @@
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Diot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">, 2026, 58 (1), pp.14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12711-026-01036-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -517,429 +517,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles génétiques pour les systèmes d’élevages certifiés en agriculture biologique ?</w:t>
+                <w:t xml:space="preserve">CowPILOT -Piloter la note d'état corporel pour optimiser la reproduction des vaches laitières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurianne Canario</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+                <w:t xml:space="preserve">Fabrice Bidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Dezetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Vandeputte</w:t>
+                <w:t xml:space="preserve">Olivier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Boichard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Raoul</w:t>
+                <w:t xml:space="preserve">Claire Manoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.2.8177⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 94, pp.327-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2024-vol94-art22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04703177v1</w:t>
+                <w:t xml:space="preserve">hal-04617235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CowPILOT -Piloter la note d'état corporel pour optimiser la reproduction des vaches laitières</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The genetics of resilience and its relationships with egg production traits and antibody traits in chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Berghof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Bidan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Dezetter</w:t>
+                <w:t xml:space="preserve">Katrijn Peeters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Martin</w:t>
+                <w:t xml:space="preserve">Marieke Poppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Manoli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Delaby</w:t>
+                <w:t xml:space="preserve">Jeroen Visscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 94, pp.327-343. </w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56, pp.20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2024-vol94-art22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-024-00888-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617235v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genetics of resilience and its relationships with egg production traits and antibody traits in chickens</w:t>
+                <w:t xml:space="preserve">Quelles génétiques pour les systèmes d’élevages certifiés en agriculture biologique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Berghof</w:t>
+                <w:t xml:space="preserve">Laurianne Canario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrijn Peeters</w:t>
+                <w:t xml:space="preserve">Marc Vandeputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marieke Poppe</w:t>
+                <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeroen Visscher</w:t>
+                <w:t xml:space="preserve">Jérôme Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 56, pp.20. </w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (2), pp.8177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12711-024-00888-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.2.8177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04527102v1</w:t>
+                <w:t xml:space="preserve">hal-04703177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between body condition profiles, milk production and reproduction performance in Holstein and Normande cows</w:t>
               </w:r>
@@ -1187,369 +1187,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04533050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nest preference and laying duration traits to select against floor eggs in laying hens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lorry Bécot</w:t>
+                <w:t xml:space="preserve">Egg production in nests and nesting behaviour: genetic correlations with egg quality and BW for laying hens on the floor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12711-023-00780-8⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (10), pp.100958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.100958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04011704v1</w:t>
+                <w:t xml:space="preserve">hal-04271916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Egg production in nests and nesting behaviour: genetic correlations with egg quality and BW for laying hens on the floor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Bécot</w:t>
+                <w:t xml:space="preserve">Nest preference and laying duration traits to select against floor eggs in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Bécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Burlot</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Jenna Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17 (10), pp.100958. </w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (1), pp.8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.100958⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-023-00780-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271916v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using egg production longitudinal recording to study the genetic background of resilience in purebred and crossbred laying hens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Berghof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrijn Peeters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Pinard-van Der Laan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen Visscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 54 (1), 12 p. </w:t>
@@ -1626,64 +1626,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenna Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 16 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1985,51 +1985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorry Bécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRAE Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 34 (1), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2589,248 +2589,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ability of dairy cows to ensure pregnancy according to breed and genetic merit for production traits under contrasted pasture-based systems</w:t>
+                <w:t xml:space="preserve">Characterizing a region on BTA11 affecting β-lactoglobulin content of milk using high-density genotyping and haplotype grouping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Luc Delaby</w:t>
+                <w:t xml:space="preserve">Henk Bovenhuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2016-11588⟩</w:t>
+              <w:t xml:space="preserve">BMC Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12863-017-0483-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605022v1</w:t>
+                <w:t xml:space="preserve">hal-01606293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing a region on BTA11 affecting β-lactoglobulin content of milk using high-density genotyping and haplotype grouping</w:t>
+                <w:t xml:space="preserve">Ability of dairy cows to ensure pregnancy according to breed and genetic merit for production traits under contrasted pasture-based systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henk Bovenhuis</w:t>
+                <w:t xml:space="preserve">Ségolène Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100 (4), pp.2812-2827. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12863-017-0483-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2016-11588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606293v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ability of dairy cows to be inseminated according to breed and genetic merit for production traits under contrasting pasture-based feeding systems</w:t>
               </w:r>
@@ -2842,64 +2842,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2972,64 +2972,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3068,2294 +3068,2294 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01455888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-designing agroecological systems combining poultry and plants to enhance (eco)system services and identify genetic needs for poultry</w:t>
+                <w:t xml:space="preserve">Interactions génotype-environnement entre le sol et la cage pour les principaux critères de sélection en poule pondeuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippine Coeugnet</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emma Desdouets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Bécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbruck, Austria. pp.642</w:t>
+              <w:t xml:space="preserve">16èmes Journées de la Recherche Avicole et Palmipèdes à Foie Gras (JRAPFG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITAVI; INRAE; ANSES; CTCPA, Mar 2026, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266781v1</w:t>
+                <w:t xml:space="preserve">hal-05561015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génétique de la résilience chez la poule : de la théorie à la pratique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Co-designing agroecological systems combining poultry and plants to enhance (eco)system services and identify genetic needs for poultry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippine Coeugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Allais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Techniques Inter-Filières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SYSAAF, Oct 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbruck, Austria. pp.642</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411515v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness: Genetic correlations and trade-offs between life functions</w:t>
+                <w:t xml:space="preserve">Génétique de la résilience chez la poule : de la théorie à la pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium: A single-step toward the future</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Georgia, Apr 2025, Athens, United States</w:t>
+              <w:t xml:space="preserve">Journées Techniques Inter-Filières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SYSAAF, Oct 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05120190v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminisme génétique de l'état des réserves corporelles par l'épaisseur de tissu adipeux dorsal chez la poule pondeuse</w:t>
+                <w:t xml:space="preserve">Robustness: Genetic correlations and trade-offs between life functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz C. D. Cuyabano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journées de la Recherche Avicole et Palmipèdes à Foie Gras (JRAPFG)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium: A single-step toward the future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Georgia, Apr 2025, Athens, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05135582v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05120190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment la sélection génétique accompagne-t-elle la transition vers des élevages de poules pondeuses sans cage ?</w:t>
+                <w:t xml:space="preserve">Déterminisme génétique de l'état des réserves corporelles par l'épaisseur de tissu adipeux dorsal chez la poule pondeuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Baumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Salon des Productions Animales (Space)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15. Journées de la Recherche Avicole et Palmipèdes à Foie Gras (JRAPFG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITAVI, Mar 2024, Tours, France. pp.206, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2024.06.040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04323332v1</w:t>
+                <w:t xml:space="preserve">hal-05135582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behaviour genetics to help improve chicken welfare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. European Symposium on Poultry Genetics (ESPG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of WPSA, Nov 2023, Hanovre, Germany. pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Life-Functions Ratio: a new indicator trait of trade-offs to go beyond genetic correlations</w:t>
+                <w:t xml:space="preserve">Comment la sélection génétique accompagne-t-elle la transition vers des élevages de poules pondeuses sans cage ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.784</w:t>
+              <w:t xml:space="preserve">Salon des Productions Animales (Space)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04192066v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rusticité, robustesse, résilience, adaptation&amp;quot; Quelle est la vision de la communauté des généticiens sur ces concepts ?</w:t>
+                <w:t xml:space="preserve">The Life-Functions Ratio: a new indicator trait of trade-offs to go beyond genetic correlations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid David</w:t>
+                <w:t xml:space="preserve">Olivia Cado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Races rustiques »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Mar 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.784</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322643v1</w:t>
+                <w:t xml:space="preserve">hal-04192066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No G×E on egg qualities and body weight between cage and floor systems, implications for breeding programmes in laying hens</w:t>
+                <w:t xml:space="preserve">Rusticité, robustesse, résilience, adaptation&amp;quot; Quelle est la vision de la communauté des généticiens sur ces concepts ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire « Races rustiques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Mar 2023, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03759804v1</w:t>
+                <w:t xml:space="preserve">hal-04322643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laying hens tweet. They also lead and follow! Implications for genetic selection against gregarious nesting</w:t>
+                <w:t xml:space="preserve">Sélectionner sur le comportement au nid pour améliorer la production d'œufs des poules en systèmes alternatifs à la cage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorry Bécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenna Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. pp.512-515, </w:t>
+              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Itavi, Mar 2022, Tours, France. pp.628, </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.05.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03759755v1</w:t>
+                <w:t xml:space="preserve">hal-03613543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélectionner sur le comportement au nid pour améliorer la production d'œufs des poules en systèmes alternatifs à la cage</w:t>
+                <w:t xml:space="preserve">Laying hens tweet. They also lead and follow! Implications for genetic selection against gregarious nesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorry Bécot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Itavi, Mar 2022, Tours, France. pp.628, </w:t>
+              <w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. pp.512-515, </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.05.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03613543v1</w:t>
+                <w:t xml:space="preserve">hal-03759755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is an optimal body condition profile for reproduction in dairy cows?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">No G×E on egg qualities and body weight between cage and floor systems, implications for breeding programmes in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Bécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12. World congress on genetics applied to livestock production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands. pp.2483-2486, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_600⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03789424v1</w:t>
+                <w:t xml:space="preserve">hal-03759804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existe-t-il un profil d’état corporel optimal favorable à la reproduction des vaches laitières ?</w:t>
+                <w:t xml:space="preserve">What is an optimal body condition profile for reproduction in dairy cows?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Dezetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Bidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Freret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'élevage [IDELE] INRAE, Dec 2022, Paris, France. pp.355-359</w:t>
+              <w:t xml:space="preserve">73. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal. pp.150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03899129v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameters for the oviposition time using high-throughput phenotyping from individual electronic nests in laying hens</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Existe-t-il un profil d’état corporel optimal favorable à la reproduction des vaches laitières ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Dezetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Freret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. World's Poultry Congress (WPC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Paris, France. pp.417</w:t>
+              <w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants (3R 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'élevage [IDELE] INRAE, Dec 2022, Paris, France. pp.355-359</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03789018v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03899129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'amélioration génétique de la résilience chez les poules pondeuses : des caractères prometteurs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jeroen Visscher</w:t>
+                <w:t xml:space="preserve">Effets de l’altération du microbiote intestinal, de la génétique et du mode d’élevage sur des paramètres d’immunocompétence de poules pondeuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fany Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Empeyta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Séminaire Métaprogramme - SANBA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.05.035⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03613532v1</w:t>
+                <w:t xml:space="preserve">hal-04445373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de l’altération du microbiote intestinal, de la génétique et du mode d’élevage sur des paramètres d’immunocompétence de poules pondeuses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic parameters for the oviposition time using high-throughput phenotyping from individual electronic nests in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Bécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenna Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Métaprogramme - SANBA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">26. World's Poultry Congress (WPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Paris, France. pp.417</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04445373v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic variability of nesting behavior and egg production traits for laying hens raised in a cage-free system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'amélioration génétique de la résilience chez les poules pondeuses : des caractères prometteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Berghof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrijn Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Pinard-van Der Laan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Visscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques de l'école doctorale Écologie, Géosciences, Agronomie, Alimentation (Egaal)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Itavi, Mar 2022, Tours, France. pp.631-632, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.05.035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03365289v1</w:t>
+                <w:t xml:space="preserve">hal-03613532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction et géolocalisation des principaux comportements des vaches laitières à partir de capteurs accéléromètres et GPS embarqués, une approche pertinente pour relier le comportement avec les conditions de pâturage</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic variability of nesting behavior and egg production traits for laying hens raised in a cage-free system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Bécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenna Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Rencontres Recherches Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, En ligne, France. pp.38-41</w:t>
+              <w:t xml:space="preserve">Journées scientifiques de l'école doctorale Écologie, Géosciences, Agronomie, Alimentation (Egaal)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, En ligne, France. pp.41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02927298v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Considering pre-processing of accelerometer signal recorded with sensor fixed on dairy cows is a way to improve the classification of behaviours</w:t>
+                <w:t xml:space="preserve">Prédiction et géolocalisation des principaux comportements des vaches laitières à partir de capteurs accéléromètres et GPS embarqués, une approche pertinente pour relier le comportement avec les conditions de pâturage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Riaboff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Couvreur</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien S. Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Madouasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Goumand</w:t>
+                <w:t xml:space="preserve">P. Massabie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. European Conference on Precision Livestock Farming (ECPLF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Cork, Ireland</w:t>
+              <w:t xml:space="preserve">25. Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, En ligne, France. pp.38-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01827948v1</w:t>
+                <w:t xml:space="preserve">hal-02927298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact-calving systems are better suited to dual-purpose than dairy cow breeds, particularly when nutrient supply is limited</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Considering pre-processing of accelerometer signal recorded with sensor fixed on dairy cows is a way to improve the classification of behaviours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Riaboff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Leurent-Colette</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Goumand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. General meeting of the European Grassland Federation (EGF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Cork, Ireland</w:t>
+              <w:t xml:space="preserve">9. European Conference on Precision Livestock Farming (ECPLF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01827928v1</w:t>
+                <w:t xml:space="preserve">hal-01827948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méta-analyse des relations entre les fonctions de reproduction, de production et de gestion des réserves corporelles chez la vache laitière</w:t>
               </w:r>
@@ -5456,96 +5456,83 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02077523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is selecting dairy cows for fat and protein contents an opportunity to maintain yearly compact-calving systems?</w:t>
+                <w:t xml:space="preserve">Compact-calving systems are better suited to dual-purpose than dairy cow breeds, particularly when nutrient supply is limited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Leurent-Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5553,1691 +5540,2062 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. General meeting of the European Grassland Federation (EGF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01827927v1</w:t>
+                <w:t xml:space="preserve">hal-01827928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cow for the system: limiting milk yield and body condition loss to ensure reproduction on time</w:t>
+                <w:t xml:space="preserve">Is selecting dairy cows for fat and protein contents an opportunity to maintain yearly compact-calving systems?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Leurent-Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom</w:t>
+              <w:t xml:space="preserve">27. General meeting of the European Grassland Federation (EGF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743161v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vaches capables de limiter leur production laitière et leur amaigrissement lors d’une restriction alimentaire sont celles qui se reproduisent le mieux</w:t>
+                <w:t xml:space="preserve">The cow for the system: limiting milk yield and body condition loss to ensure reproduction on time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Leurent-Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02743701v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les vaches capables de limiter leur production laitière et leur amaigrissement lors d’une restriction alimentaire sont celles qui se reproduisent le mieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Leurent-Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Resumption of luteal activity in first lactation cows is mainly affected by genetic characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Leurent-Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (10)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-concevoir des systèmes agro-écologiques couplant volailles/cultures afin de favoriser les services (éco)systémiques et identifier les besoins génétiques pour les volailles de ces systèmes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier X Rognon</w:t>
+                <w:t xml:space="preserve">Lipid traits related to body reserves and egg yolks of laying hens at 90 weeks of age: QTL detection and genetic correlations with production traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Becot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PEPR Agroécologie et Numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Dijon, France</w:t>
+              <w:t xml:space="preserve">PAG33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San diego (Californie), United States. , https://plan.core-apps.com/pag33/abstract/415187ea4e428372ccc62388543d4228, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266814v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic architecture of the persistency of production, quality, and efficiency traits in laying hens</w:t>
+                <w:t xml:space="preserve">Body weight variation is a good proxy of abdominal fat weight in laying hens at 90 weeks of age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Berger</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Burlot</w:t>
+                <w:t xml:space="preserve">Alexandre Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Becot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.812, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
+              <w:t xml:space="preserve">PAG33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San diego (Californie), France. , https://plan.core-apps.com/pag33/abstract/f46d3ec29ed9229b5f9cd25e124828bd, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198555v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of early rearing system on later performance of commercial laying hens</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Burlot</w:t>
+                <w:t xml:space="preserve">Co-concevoir des systèmes agro-écologiques couplant volailles/cultures afin de favoriser les services (éco)systémiques et identifier les besoins génétiques pour les volailles de ces systèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippine Coeugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Restoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.418, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
+              <w:t xml:space="preserve">PEPR Agroécologie et Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04198453v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards resilient laying hens: taking the genetics’ course with high-throughput recording</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic architecture of the persistency of production, quality, and efficiency traits in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jeroen Visscher</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26. World's Poultry Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Paris, France. , pp.135, 2022, Book of abstracts 2022 - Abstracts submitted in 2020 and 2021 and selected in 2022</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.812, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03788983v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic determinism of abdominal fat tissue and relationships with body weight and egg quality in Rhode Island Red</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of early rearing system on later performance of commercial laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Herry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Allais</w:t>
+                <w:t xml:space="preserve">Quentin Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Proceedings of the XIth European symposium on Poultry Genetics</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, Book of abstracts, 29, pp.418, 2023, Book of abstracts of the 74th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02352490v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the behaviour of dairy cows at pasture and its association to pasture characteristics using GPS data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Goumand Etienne</w:t>
+                <w:t xml:space="preserve">Towards resilient laying hens: taking the genetics’ course with high-throughput recording</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom V.L. Berghof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrijn Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Pinard-van Der Laan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Visscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISNH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">26. World's Poultry Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Paris, France. , pp.135, 2022, Book of abstracts 2022 - Abstracts submitted in 2020 and 2021 and selected in 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926856v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-budget and location of activities in the paddock can be estimated from GPS-data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic determinism of abdominal fat tissue and relationships with body weight and egg quality in Rhode Island Red</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">E. Goumand</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Picard Druet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Herry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 International Symposium on the Nutrition of Herbivores (ISNH)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Prague, Czech Republic. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guarant International spol. s r.o.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Proceedings of the XIth European symposium on Poultry Genetics</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cambridge University Press</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02165418v1</w:t>
+                <w:t xml:space="preserve">hal-02352490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selecting on fat and protein content instead of milk yield would not improve dairy cows’ fertility</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the behaviour of dairy cows at pasture and its association to pasture characteristics using GPS data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Riaboff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goumand Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Annual Meeting of the European Association for Animal Production, 22, 2016, Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">ISNH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455921v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01926856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’aptitude des vaches laitières à assurer chaque étape de la reproduction dépend de leurs caractéristiques génétiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-budget and location of activities in the paddock can be estimated from GPS-data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Riaboff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Couvreur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Goumand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
+              <w:t xml:space="preserve">10 International Symposium on the Nutrition of Herbivores (ISNH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambridge University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Advances in Animal Biosciences, 9 (3), 2018, Advances in Animal Biosciences</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602333v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Selecting on fat and protein content instead of milk yield would not improve dairy cows’ fertility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Annual Meeting of the European Association for Animal Production, 22, 2016, Annual Meeting of the European Association for Animal Production</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’aptitude des vaches laitières à assurer chaque étape de la reproduction dépend de leurs caractéristiques génétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Colette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage - INRA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 2016, Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Towards a better understanding of the effect of genetic merit for milk production on post-partum cyclicity of first lactation dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Colette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Orlando, United States. ADSA - ASAS, Journal of Dairy Science, 98. Suppl. 2, 2015, Journal of dairy science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7247,396 +7605,396 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des solutions pour favoriser un élevage durable et préserver la santé animale</w:t>
+                <w:t xml:space="preserve">Advancing sustainable aquaculture: behavioral insights for climate-change resilient fishes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
-            </w:r>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pci.animsci.100342⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05312556v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05129932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INRAE au salon de l'agriculture - Des recherches aux solutions : Favoriser l'élevage et préserver la santé animale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing sustainable aquaculture: behavioral insights for climate-change resilient fishes</w:t>
+                <w:t xml:space="preserve">Des solutions pour favoriser un élevage durable et préserver la santé animale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05129932v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05312556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resource acquisition and allocation trade-offs and the link to genetic correlation between traits in agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Douhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic background of body reserves in laying hens through backfat thickness phenotyping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7688,73 +8046,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172576v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of feeding treatment on growth rate and consequences on performance of primiparous Holstein dairy heifers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Cozler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7780,51 +8138,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02410540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7834,100 +8192,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aptitude des vaches laitières à se reproduire en systèmes pâturants contrastés : Quelle vache pour quel système ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génétique animale. Agrocampus Ouest, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016NSARB286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01496897v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7937,91 +8295,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génétique de la sensibilité environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génétique animale. Université de Rennes, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05295666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8031,255 +8389,255 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience: from theory to practice in chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctoral. Genetics of resilience and trade-offs, Wageningen, The Netherlands, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration génétique des animaux d’élevage : Pourquoi ? Comment ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Diot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">École thématique. Intervention en collège (classes de 3e) dans le cadre de la fête de la science, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03381841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schémas expérimentaux et puissance du dispositif expérimental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bedere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">(Schémas expérimentaux et puissance du dispositif expérimental), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId190"/>
+      <w:footerReference w:type="default" r:id="rId198"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8347,51 +8705,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4B84D3E5"/>
+    <w:nsid w:val="BF945B6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8578,51 +8936,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-bedere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7382-9309" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201760800" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/cVhW7KHaKwk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528948v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorry B&#233;cot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burlot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-026-01036-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109827v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dezetter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bidan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-108-6-6511" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703177v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raoul" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8177" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617235v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bidan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manoli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art22" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527102v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Berghof" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrijn Peeters" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Poppe" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Visscher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00888-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-24766" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04533050v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Baumard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Staub" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.412" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011704v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Coton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00780-8" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271916v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. B&#233;cot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Burlot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100958" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657027v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pinard-van Der Laan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00716-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243919v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251037" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03466957v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jurquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bedere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.14" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03292029v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. Brito" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Douhard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Oliveira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Arnal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100292" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243918v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.1.4680" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02919852v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Riaboff" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Couvreur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Madouasse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roig-Pons" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20174741" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453497v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poggi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Couvreur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.105179" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375859v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goumand Etienne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.104961" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627326v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cutullic" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.01.017" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605022v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Colette" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11588" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606293v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Bovenhuis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-017-0483-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455930v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116002111" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455888v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9843" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266781v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Coeugnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labatut" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X Rognon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allais" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411515v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05120190v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz C. D. Cuyabano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135582v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.040" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04323332v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322789v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Collet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192066v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Cado" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322643v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759804v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_600" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759755v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_116" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613543v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.027" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789424v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03899129v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789018v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613532v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.035" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04445373v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Empeyta" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03365289v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927298v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Massabie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827948v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Goumand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827928v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Leurent-Colette" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077523v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827927v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743161v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743701v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739145v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266814v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198555v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788983v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom V.L. Berghof" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352490v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picard Druet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Herry" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://guarant.eu/espg2019/files/espg-2019-proceedings.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926856v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165418v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/journals/advances-in-animal-biosciences" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455921v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602333v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article4305" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194159v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312556v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312580v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129932v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.animsci.100342" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312542v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172576v3" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410540v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01496897v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016NSARB286" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295666v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022066v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03381841v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791515v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-bedere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7382-9309" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201760800" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/cVhW7KHaKwk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05528948v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorry B&#233;cot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burlot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-026-01036-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109827v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dezetter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bidan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-108-6-6511" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617235v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bidan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Manoli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art22" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527102v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Berghof" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrijn Peeters" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Poppe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Visscher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-024-00888-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703177v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandeputte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raoul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.8177" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-24766" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04533050v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dupont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Baumard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Staub" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.412" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271916v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. B&#233;cot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Burlot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100958" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011704v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Coton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00780-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657027v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pinard-van Der Laan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00716-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243919v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251037" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03466957v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Cozler" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jurquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bedere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.14" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03292029v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F. Brito" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Douhard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.R. Oliveira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Arnal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2021.100292" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243918v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.1.4680" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02919852v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Riaboff" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien S. Couvreur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Madouasse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Roig-Pons" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20174741" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453497v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poggi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Couvreur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.105179" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375859v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goumand Etienne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2019.104961" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627326v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cutullic" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2018.01.017" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606293v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Bovenhuis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-017-0483-9" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605022v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Colette" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11588" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455930v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116002111" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455888v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2015-9843" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05561015v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Desdouets" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266781v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Coeugnet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Labatut" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X Rognon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allais" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411515v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05120190v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz C. D. Cuyabano" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135582v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.040" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322789v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Collet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04323332v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192066v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Cado" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322643v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613543v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.027" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759755v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_116" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759804v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_600" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789424v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03899129v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04445373v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bruneau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Empeyta" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03789018v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613532v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.035" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03365289v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927298v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Massabie" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827948v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Goumand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077523v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827928v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Leurent-Colette" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827927v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743161v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743701v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739145v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560674v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hubert" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Degalez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Allain" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorry Becot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560720v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266814v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198555v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04198453v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788983v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom V.L. Berghof" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352490v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picard Druet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Herry" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://guarant.eu/espg2019/files/espg-2019-proceedings.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926856v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165418v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/journals/advances-in-animal-biosciences" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455921v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602333v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article4305" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194159v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129932v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.animsci.100342" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312580v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312556v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312542v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04172576v3" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410540v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01496897v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016NSARB286" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295666v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022066v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03381841v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791515v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>