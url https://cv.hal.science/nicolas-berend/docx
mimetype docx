--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Bérend </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nicolas-berend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7521-9758</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled MDO formulation for interdisciplinary coupling satisfaction under uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIAA Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (1), pp.186 - 205. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.J054121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01185241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stage-Wise MDO Formulation for the Optimal Design of an Expendable Launch Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dépincé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Spacecraft and Rockets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 49 (4), pp.720-730</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of multidisciplinary design optimization methods in launch vehicle design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dépincé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (5), pp.619-642. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00158-011-0701-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00663444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New MDO approaches for Launch Vehicle Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dépincé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part G: Journal of Aerospace Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954410012460013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a fast interstellar medium exploration mission reaching 200 AU in 25 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Valentian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Koppel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lehoucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Cliquet Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th International Astronautical Congress - IAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3AF, Sep 2025, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variant of the Kármán line theory facilitating the identification of a precise altitude boundary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Astronautical Congress 2022 ( IAC 2022 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798830v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ONERA at the Beginning of Space Exploration (1950-1963)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Varnoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Astronautical Congress ( IAC ) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03797345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At Crossroads Of Aeronautics & Space-What Matters For Aerospace Vehicles Featuring Ultra-High Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Desvallées</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Bernelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Valès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chavagnac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd International Astronautical Congress (IAC), 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dubaï, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EUSTM: European Steps towards Space Traffic Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Águeda Maté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Filotico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Zamora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Hrozensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dubaï, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Calculation behind the Original Kármán Line Definition -A Credible Hypothesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dubaï, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALTAIR Semi-Reusable Air-Launch System -Current Design and Status of Flight Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gauvrit-Ledogar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Perrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Conference for Aerospace Sciences (EUCASS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative MDO methodology to design space launch system - application to ALTAIR air-launch system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tromba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danet Brieuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Giuseppe Romano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Brême, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALTAIR -An innovative air-launch system for small satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brieuc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gauvrit-Ledogar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Reinventing Space Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-level hierarchical MDO formulation with functional coupling satisfaction under uncertainty, application to sounding rocket design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Berend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th WCSMO congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01149198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled UMDO formulation for interdisciplinary coupling satisfaction under uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th AIAA/ISSMO Multidisciplinary Analysis and Optimization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Atlanta, United States. 32p., </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/6.2014-3014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01012119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of different global sensitivity analysis methods for aerospace vehicle optimal design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brévault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th World Congress on Structural and Multidisciplinary Optimization, WCSMO-10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00816627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and future trends in Uncertainty-Based Multidisciplinary Design Optimization for space transportation system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Conference for Aeronautics and Space Sciences (EUCASS 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00805106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Space Vehicle Design Taking into Account Multidisciplinary Couplings and Mixed Epistemic/Aleatory Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Price</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Defoort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Engineering: Modeling and Optimization with Case Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114, p. 1-48, 2016, Modeling and Optimization with Case Studies, Springer Optimization and Its Applications, 978-3-319-41506-2. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-41508-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Interior-Point Approach to Trajectory Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Frederic Bonnans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Laurent-Varin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Haddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-5613, INRIA. 2005, pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00070395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Bérend </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nicolas-berend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7521-9758</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled MDO formulation for interdisciplinary coupling satisfaction under uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIAA Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (1), pp.186 - 205. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/1.J054121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01185241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stage-Wise MDO Formulation for the Optimal Design of an Expendable Launch Vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dépincé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Spacecraft and Rockets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 49 (4), pp.720-730</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of multidisciplinary design optimization methods in launch vehicle design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dépincé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Chriette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (5), pp.619-642. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00158-011-0701-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00663444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New MDO approaches for Launch Vehicle Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dépincé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part G: Journal of Aerospace Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954410012460013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00770509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a fast interstellar medium exploration mission reaching 200 AU in 25 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Valentian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Koppel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lehoucq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Cliquet Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th International Astronautical Congress - IAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3AF, Sep 2025, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variant of the Kármán line theory facilitating the identification of a precise altitude boundary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Astronautical Congress 2022 ( IAC 2022 )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798830v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ONERA at the Beginning of Space Exploration (1950-1963)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Varnoteaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Astronautical Congress ( IAC ) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03797345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EUSTM: European Steps towards Space Traffic Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Águeda Maté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Filotico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Zamora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Hrozensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dubaï, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Calculation behind the Original Kármán Line Definition -A Credible Hypothesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAC 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dubaï, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At Crossroads Of Aeronautics & Space-What Matters For Aerospace Vehicles Featuring Ultra-High Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Desvallées</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Bernelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Valès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Chavagnac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd International Astronautical Congress (IAC), 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dubaï, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALTAIR Semi-Reusable Air-Launch System -Current Design and Status of Flight Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gauvrit-Ledogar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Perrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th European Conference for Aerospace Sciences (EUCASS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative MDO methodology to design space launch system - application to ALTAIR air-launch system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tromba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danet Brieuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Giuseppe Romano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Brême, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALTAIR -An innovative air-launch system for small satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brieuc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Gauvrit-Ledogar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Diez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Reinventing Space Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-level hierarchical MDO formulation with functional coupling satisfaction under uncertainty, application to sounding rocket design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Berend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th WCSMO congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01149198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoupled UMDO formulation for interdisciplinary coupling satisfaction under uncertainty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th AIAA/ISSMO Multidisciplinary Analysis and Optimization Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Atlanta, United States. 32p., </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2514/6.2014-3014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-01012119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and future trends in Uncertainty-Based Multidisciplinary Design Optimization for space transportation system design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Conference for Aeronautics and Space Sciences (EUCASS 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00805106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of different global sensitivity analysis methods for aerospace vehicle optimal design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Brévault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th World Congress on Structural and Multidisciplinary Optimization, WCSMO-10</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00816627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Space Vehicle Design Taking into Account Multidisciplinary Couplings and Mixed Epistemic/Aleatory Uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Balesdent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Brevault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Price</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Defoort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Le Riche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Engineering: Modeling and Optimization with Case Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114, p. 1-48, 2016, Modeling and Optimization with Case Studies, Springer Optimization and Its Applications, 978-3-319-41506-2. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-41508-6_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Interior-Point Approach to Trajectory Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bérend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Frederic Bonnans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Laurent-Varin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Haddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Talbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-5613, INRIA. 2005, pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00070395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6B03939A"/>
+    <w:nsid w:val="4D9BA8C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-berend" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7521-9758" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01185241v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brevault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balesdent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;rend" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J054121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770507v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D&#233;pinc&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663444v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Chriette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-011-0701-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5176K7VF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770509v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954410012460013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-PHDP0SN9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411742v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Koppel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lehoucq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cliquet Moreno" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grasset" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798830v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797345v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Varnoteaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Desvall&#233;es" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bernelin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Val&#232;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chavagnac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465134v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto &#193;gueda Mat&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Filotico" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Alves" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zamora" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Hrozensky" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420278v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gauvrit-Ledogar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Perrel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Oswald" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Diez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dupont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tromba" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danet Brieuc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Giuseppe Romano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Danet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Dupont" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01149198v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berend" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01012119v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2014-3014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00816627v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Br&#233;vault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00805106v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475842v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Price" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Defoort" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41508-6_1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070395v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frederic Bonnans" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurent-Varin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Haddou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Talbot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-berend" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7521-9758" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01185241v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brevault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balesdent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;rend" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J054121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770507v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D&#233;pinc&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663444v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Chriette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-011-0701-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5176K7VF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770509v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954410012460013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-PHDP0SN9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411742v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valentian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Koppel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lehoucq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cliquet Moreno" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grasset" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798830v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797345v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Varnoteaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465134v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto &#193;gueda Mat&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Filotico" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Alves" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zamora" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Hrozensky" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420278v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464294v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Desvall&#233;es" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bernelin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Val&#232;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chavagnac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gauvrit-Ledogar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Perrel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Oswald" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Diez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dupont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tromba" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danet Brieuc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Giuseppe Romano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272082v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Danet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Dupont" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01149198v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berend" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01012119v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2014-3014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00805106v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00816627v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Br&#233;vault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475842v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Price" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Defoort" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41508-6_1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070395v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frederic Bonnans" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laurent-Varin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Haddou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Talbot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>