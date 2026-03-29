--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (13)</w:t>
+        <w:t xml:space="preserve">Ouvrages (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -435,926 +435,808 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01615960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La France des 13 Régions</w:t>
+                <w:t xml:space="preserve">Tourisme et périphéries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Carroué</w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">Armand Colin, 319 p., 2017, (Collection U. Géographie), 978-2-200-61536-9</w:t>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.326, 2017, Espaces et Territoires, 978-2-7535-5247-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01481312v1</w:t>
+                <w:t xml:space="preserve">hal-01866027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tourisme et périphéries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'espace au Nouveau Monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.-H. Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Martouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chamerois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">, pp.326, 2017, Espaces et Territoires, 978-2-7535-5247-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rennes, Presses Universitaires de Rennes, pp.308, 2013, 978-2-7535-2770-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866027v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01005493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’espace du Nouveau Monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges-Henry Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Martouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chamerois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2013, 978-2-7535-2770-6. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...53 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pur.86357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'espace au Nouveau Monde</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">L'espace du Nouveau-Monde : mythologies et ancrages territoriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chamerois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges-Henry Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlette Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Martouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Georges-Henry Laffont ; Arlette Gautier ; Denis Martouzet ; Nicolas Bernard ; Gilles Chamerois. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, collection des Amériques, 9782753527706</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Martouzet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-01005493v1</w:t>
+                <w:t xml:space="preserve">hal-01110857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'espace du Nouveau-Monde : mythologies et ancrages territoriaux</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Denis Martouzet</w:t>
+                <w:t xml:space="preserve">Atlas du patrimoine maritime culturel du Finistère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, 2013, collection des Amériques, 9782753527706</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Despretz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Conseil général du Finistère, 132 p., 48 cartes, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01110857v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00285321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atlas du patrimoine maritime culturel du Finistère</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Conseil général du Finistère, 132 p., 48 cartes, 2009</w:t>
+                <w:t xml:space="preserve">Atlas du nautisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J.-P. Gisserot, pp.96, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00285321v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00290794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atlas du nautisme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">La Pampa argentine face aux évolutions récentes des activités agro-industrielles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">J.-P. Gisserot, pp.96, 2008</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">à paraître, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00290794v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00290783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Pampa argentine face aux évolutions récentes des activités agro-industrielles.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Géographie de l'Argentine, Approche régionale d'un espace latino-américain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">à paraître, 2008</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René-Paul Desse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes (http://www.pur-editions.fr/), pp.192, 2005, Didact Géographie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...87 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00082950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1364,1119 +1246,1119 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fêtes maritimes en Bretagne : quand le territoire rencontre le patrimoine, une approche sociogéographique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Peyvel</w:t>
+                <w:t xml:space="preserve">Outdoor recreation in French Coastal and Marine Protected Areas. Exploring recreation experience preference as a way for building conservation support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Saint-Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Peuziat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/norois.10683⟩</w:t>
+              <w:t xml:space="preserve">Journal of Outdoor Recreation and Tourism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33, pp.100332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jort.2020.100332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381767v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les classes de mer finistériennes à l’épreuve de leur diffusion spatiale. L’ancrage territorial d’un modèle éducatif militant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les fêtes maritimes en Bretagne : quand le territoire rencontre le patrimoine, une approche sociogéographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gontier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julien Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Malo Camus-Le pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Peyvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 257, pp.73-89. </w:t>
+              <w:t xml:space="preserve">, 2021, 257, pp.39-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/norois.10753⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/norois.10683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381768v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outdoor recreation in French Coastal and Marine Protected Areas. Exploring recreation experience preference as a way for building conservation support</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les classes de mer finistériennes à l’épreuve de leur diffusion spatiale. L’ancrage territorial d’un modèle éducatif militant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malo Camus-Le pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Peyvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Outdoor Recreation and Tourism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jort.2020.100332⟩</w:t>
+              <w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 257, pp.73-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/norois.10753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03585683v1</w:t>
+                <w:t xml:space="preserve">hal-03381768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhabitables en droit et habités de fait. Emprise et déprise des habitats mobiles et légers en France – Belgique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mésini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habiter. Cahiers transdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03064421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recreation user knowledge, support and engagement in French MPAs: Are there reverse side-effects of the French soft regulation and management approach?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Cosquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Cosquer</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Aude Saint Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Peuziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 104, pp.108-117. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpol.2019.02.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02129550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme littoral et environnement: des relations contre nature?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals geographical series, Roumanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 2/2008, pp.185-194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00430615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plaisance et pollutions des eaux portuaires: équiper, contraindre, sensibiliser.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+                <w:t xml:space="preserve">D'une rive à l'autre : l'Atlantique stade nautique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Desse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eaux et rivières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 145, pp.20-21</w:t>
+              <w:t xml:space="preserve">Terres d'Amérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, à paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00430616v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00071148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D'une rive à l'autre : l'Atlantique stade nautique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Desse</w:t>
+                <w:t xml:space="preserve">Plaisance et pollutions des eaux portuaires: équiper, contraindre, sensibiliser.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terres d'Amérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, à paraître</w:t>
+              <w:t xml:space="preserve">Eaux et rivières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 145, pp.20-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00071148v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00430616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le nautisme, sport naturel des Bretons ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bretagne[s]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, n° 7, p. 32-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00192767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De nouveaux horizons nautiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bretagne[s]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, n° 3, p. 42-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00192766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espaces transfrontaliers et tourisme : l'exemple du Rio de la Plata (Argentine-Uruguay)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Salaun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géoéconomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 33, pp.51-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00071264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tourisme sur le littoral atlantique de l'Argentine : évolution des pratiques et organisation spatiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2491,269 +2373,269 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 79 (2), pp.119-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00071361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'écotourisme littoral en Patagonie argentine : dynamiques socio-économiques et structuration des espaces côtiers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Les mutations de l'économie littorale et maritime en Patagonie argentine : l'exemple de la province du Chubut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Le Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Flamanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information géographique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 2, pp.97-111</w:t>
+              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 59, pp.149-156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00071040v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00071038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mutations de l'économie littorale et maritime en Patagonie argentine : l'exemple de la province du Chubut</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">L'écotourisme littoral en Patagonie argentine : dynamiques socio-économiques et structuration des espaces côtiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Flamanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers Nantais</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 59, pp.149-156</w:t>
+              <w:t xml:space="preserve">L'Information géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 2, pp.97-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00071038v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00071040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Argentine, une puissance maritime ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2773,208 +2655,208 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PIRES NEGRAO Marcelo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Amérique latine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, pp.52-65, 2021, 9782340061668</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04051989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports de nature et apprentissage de l'environnement : réflexions sur un programme de recherche-action concernant la sensibilisation aux espaces naturels protégés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Peuziat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'éducation au voyage. Construction et circulation des savoirs touristiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.209-225, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01871371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tourisme processus d'intégration des marges, réussite et échec des politiques publiques en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Violier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2992,800 +2874,925 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourisme et périphéries. La centralité des lieux en question</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.17-30, 2017, Espace et territoires, 978-2-7535-5247-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01649249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Îles tropicales et tourisme : entre périphéricité instrumentalisée et conquête de centralité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Pébarthe-Désiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tourisme et périphéries, la centralité des lieux en question</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.135-164, 2017, Espace et territoires, 978-2-7535-5247-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02872914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">40 éditions de la course à la voile en solitaire du Figaro</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+                <w:t xml:space="preserve">Normandie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Carroué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Beucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieterich Françoise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas Permanent de la Mer et du Littoral. APML n°6. Golfe de Gascogne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LETG-Nantes Géolittomer UMR 6554 CNRS, pp.43, 2012, 978-2-916134-23-9</w:t>
+              <w:t xml:space="preserve">La France des 13 régions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, 319 p., 2017, (Collection U. Géographie), 978-2-200-61536-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00703028v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01481312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ports de plaisance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">40 éditions de la course à la voile en solitaire du Figaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mra Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pourinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brice Trouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas Permanent de la Mer et du Littoral. APML n°6. Golfe de Gascogne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, LETG-Nantes Géolittomer UMR 6554 CNRS, pp.42, 2012, 978-2-916134-23-9</w:t>
+              <w:t xml:space="preserve">, LETG-Nantes Géolittomer UMR 6554 CNRS, pp.43, 2012, 978-2-916134-23-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00703004v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’une rive à l’autre : l’Atlantique stade nautique</w:t>
+                <w:t xml:space="preserve">Les ports de plaisance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lamberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Trouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les littoraux de la Caraïbe : pratiques sociales et nouvelles dynamiques spatiales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 7, Karthala, pp.95-109, 2010, Terres d'Amérique n°7</w:t>
+              <w:t xml:space="preserve">Atlas Permanent de la Mer et du Littoral. APML n°6. Golfe de Gascogne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LETG-Nantes Géolittomer UMR 6554 CNRS, pp.42, 2012, 978-2-916134-23-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01172396v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00703004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D'une rive à l'autre: l'atlantique stade nautique. Les littoraux de la Caraïbe: pratiques sociales et nouvelles dynamiques spatiales.</w:t>
+                <w:t xml:space="preserve">D’une rive à l’autre : l’Atlantique stade nautique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Desse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Desse Michel, Hartog Thierry. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terre d'Amérique /7</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Kartala, pp.95-109, 2009</w:t>
+              <w:t xml:space="preserve">Les littoraux de la Caraïbe : pratiques sociales et nouvelles dynamiques spatiales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 7, Karthala, pp.95-109, 2010, Terres d'Amérique n°7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00430601v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01172396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le développement touristique en milieu insulaire tropical: enjeux spatiaux et transformations sociétales. L'exemple d'Ilhabela (Etat de Sao Paulo, Brésil).</w:t>
+                <w:t xml:space="preserve">D'une rive à l'autre: l'atlantique stade nautique. Les littoraux de la Caraïbe: pratiques sociales et nouvelles dynamiques spatiales.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Desse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes insulaires tropicaux. Géopolitique, économie et développement durable.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ellipses, pp.147-159, 2008</w:t>
+              <w:t xml:space="preserve">Terre d'Amérique /7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kartala, pp.95-109, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00430613v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00430601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement touristique en milieu insulaire : enjeux spatiaux et transformations sociétales. L'exemple d'Ilhabela (Etat de Sao Paulo, Brésil)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dehoorne O., Saffache P. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géopolitique des ressources des îles tropicales. Enjeux, menaces, perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, à paraître, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00192734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le développement touristique en milieu insulaire tropical: enjeux spatiaux et transformations sociétales. L'exemple d'Ilhabela (Etat de Sao Paulo, Brésil).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O. Dehoorne et P. Saffache. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mondes insulaires tropicaux. Géopolitique, économie et développement durable.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, pp.147-159, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00430613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Economie et société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bonneton, pp.251-297, 2006, Bretagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3842,103 +3849,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La communication auprès du grand public dans les aires protégées littorales et marines : quel rôle des institutions ? Le cas des pratiques sportives de nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronja Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Peuziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hughes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GIS HomMer, Les sciences humaines et sociales dans les aires marines protégées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Brest, France</w:t>
@@ -3961,484 +3968,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02474374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sports de nature et environnement. La communication auprès des pratiquants et du grand public dans les aires protégées littorales et marines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Connaissances, soutien et engagement des pratiquants de sports de nature dans les aires marines protégées : peut-on parler d'effets &amp;quot;revers&amp;quot; de la gestion intégrée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Michot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Saint-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises nationales des randonnées et activités de pleine nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Grand-Champs, France</w:t>
+              <w:t xml:space="preserve">Congrès "Littoraux, Aires Marines Protégées et pratiques récréatives de la nature"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Bastia, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02433489v1</w:t>
+                <w:t xml:space="preserve">hal-02441373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sports de nature et aires marines protégées : explorer les motivations récréatives des pratiquants pour accroître leur soutien environnemental</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Sports de nature et environnement. La communication auprès des pratiquants et du grand public dans les aires protégées littorales et marines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Peuziat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Cosquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronja Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hughes</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès "Littoraux, Aires Marines Protégées et pratiques récréatives de la nature"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Bastia, France</w:t>
+              <w:t xml:space="preserve">Assises nationales des randonnées et activités de pleine nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Grand-Champs, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02442836v1</w:t>
+                <w:t xml:space="preserve">hal-02433489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connaissances, soutien et engagement des pratiquants de sports de nature dans les aires marines protégées : peut-on parler d'effets &amp;quot;revers&amp;quot; de la gestion intégrée ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Sports de nature et aires marines protégées : explorer les motivations récréatives des pratiquants pour accroître leur soutien environnemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Saint-Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Peuziat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Michot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aude Saint-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès "Littoraux, Aires Marines Protégées et pratiques récréatives de la nature"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Bastia, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02441373v1</w:t>
+                <w:t xml:space="preserve">hal-02442836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports de Nature et Aires marines Protégées (« SNAP ») : quelques enseignements de l’enquête sur le rapport des pratiquants à l’environnement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Peuziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national Sport, mer et littoral</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Quiberon, France</w:t>
@@ -4467,103 +4474,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limited awareness by recreation users’ of French marine protected area: is there a flip side to the soft management approach?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hughes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Peuziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Conference on Monitoring and Management of Visitors in Recreational and Protected Areas (MMV9)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Bordeaux, France</w:t>
@@ -4592,103 +4599,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations, sensibilisation et bonnes pratiques dans les aires naturelles protégées littorales : une approche méthodologique interdisciplinaire appliquée aux pratiquants de sports et loisirs de nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Peuziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque national ASTRES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Quimper, France</w:t>
@@ -4881,51 +4888,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un proyecto de desarrollo sustenible en Francia : el parque marino de Iroise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international sur le développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Jujuy, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4982,103 +4989,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports de nature dans les aires protégées littorales et marines. Profils des pratiquants, motivations à la pratique, rapports à la nature. Résultats d’une enquête nationale (2016-2018). Fiches de synthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Peuziat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Cosquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -5113,51 +5120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fourniture d'un état initial du patrimoine culturel maritime sur les communes littorales du Parc naturel marin d'Iroise, sur les îles comprises dans son périmètre et sur l'espace maritime.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Péron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5237,90 +5244,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie d'une opération nationale d'inventaire général du patrimoine culturel sur le territoire littoral français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Despretz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5413,64 +5420,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Base d'information géographique de mise en valeur du patrimoine maritime culturel en Bretagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5805,51 +5812,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144869v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04051892v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Bouvet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Paul Desse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05500221v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615960v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blondy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duhamel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481312v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carrou&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Beucher" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieterich Fran&#231;oise" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubois" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866027v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4322" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654139v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Henry Laffont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Gautier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Martouzet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chamerois" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.86357" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01005493v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-H. Laffont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01110857v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3357" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285321v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise P&#233;ron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Despretz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290794v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bernard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290783v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082950v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381767v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gontier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fuchs" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Camus-Le&#160;pape" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Peyvel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.10683" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381768v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.10753" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585683v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Corre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint-Pierre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hughes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Peuziat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Cosquer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2020.100332" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03064421v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;sini" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129550v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint Pierre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2019.02.044" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430615v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430616v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071148v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouvet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192767v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192766v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071264v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Salaun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071361v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071040v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071038v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bail" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Flamanc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04051989v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871371v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649249v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Violier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872914v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne P&#233;barthe-D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703028v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mra Guillaume" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourinet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703004v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Trouillet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172396v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430601v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430613v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Breton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192734v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Breton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071037v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474374v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronja Schmidt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433489v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442836v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441373v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960384v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871390v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442855v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430623v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192730v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Cossic" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Galliou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082904v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960348v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430662v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430622v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430002v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vincent" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430653v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430000v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amghar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275790v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144869v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04051892v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Bouvet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Paul Desse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05500221v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615960v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blondy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duhamel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866027v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4322" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01005493v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-H. Laffont" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Gautier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Martouzet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chamerois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654139v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-Henry Laffont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.86357" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01110857v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3357" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285321v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise P&#233;ron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Despretz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290794v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bernard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00290783v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082950v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585683v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Corre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint-Pierre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hughes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Peuziat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Cosquer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2020.100332" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381767v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gontier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fuchs" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Camus-Le&#160;pape" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Peyvel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.10683" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381768v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.10753" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03064421v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;sini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129550v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint Pierre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2019.02.044" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430615v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071148v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouvet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desse" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430616v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192767v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192766v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071264v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Salaun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071361v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071038v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bail" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Flamanc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071040v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04051989v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871371v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649249v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Violier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872914v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne P&#233;barthe-D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481312v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carrou&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Beucher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieterich Fran&#231;oise" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703028v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mra Guillaume" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pourinet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703004v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamberts" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Trouillet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172396v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Desse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430601v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192734v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Breton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430613v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Breton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071037v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474374v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronja Schmidt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441373v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433489v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442836v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960384v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871390v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442855v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430623v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192730v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Cossic" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Galliou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082904v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960348v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430662v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430622v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430002v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vincent" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430653v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430000v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Amghar" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275790v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>