--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -878,191 +878,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HETEROFOR 1.0: a spatially explicit model for exploring the response of structurally complex forests to uncertain future conditions – Part 1: Carbon fluxes and tree dimensional growth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HETEROFOR 1.0: a spatially explicit model for exploring the response of structurally complex forests to uncertain future conditions. II. Phenology and water cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis de Wergifosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beudez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Coligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Jonard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Beudez</w:t>
+                <w:t xml:space="preserve">Hugues Goosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 13 (3), pp.905-935. </w:t>
+              <w:t xml:space="preserve">, 2020, 13, pp.1459-1498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-13-905-2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/gmd-13-1459-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077035v1</w:t>
+                <w:t xml:space="preserve">hal-02466109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HETEROFOR 1.0: a spatially explicit model for exploring the response of structurally complex forests to uncertain future conditions. I. Carbon fluxes and tree dimensional growth.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">HETEROFOR 1.0: a spatially explicit model for exploring the response of structurally complex forests to uncertain future conditions – Part 1: Carbon fluxes and tree dimensional growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1095,212 +1095,212 @@
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 13, pp.905-935. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/gmd-2019-101⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 13 (3), pp.905-935. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-13-905-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02466359v1</w:t>
+                <w:t xml:space="preserve">hal-05077035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HETEROFOR 1.0: a spatially explicit model for exploring the response of structurally complex forests to uncertain future conditions. II. Phenology and water cycle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HETEROFOR 1.0: a spatially explicit model for exploring the response of structurally complex forests to uncertain future conditions. I. Carbon fluxes and tree dimensional growth.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Jonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Coligny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis de Wergifosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beudez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hugues Goosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 13, pp.1459-1498. </w:t>
+              <w:t xml:space="preserve">, 2020, 13, pp.905-935. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-13-1459-2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/gmd-2019-101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02466109v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02466359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un outil de simulation : comprendre comment la sylviculture modifie la qualité génétique et les capacités d'adaptation des peuplements</w:t>
               </w:r>
@@ -1679,277 +1679,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05141055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation environnementale de stratégies de protection phytosanitaire viticoles</w:t>
+                <w:t xml:space="preserve">Plot-scale modeling of pesticide fate in soil, water and air, taking into account intra-field heterogeneity in vineyard plots.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Voltz</w:t>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crevoisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Bedos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Beudez</w:t>
+                <w:t xml:space="preserve">François Lafolie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Personne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journée Scientifique de la Vigne et du Vin "Concilier production et performances environnementales en viticulture - Enseignements issus de projets méditerranéens sur les effets des intrants et leur maîtrise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Agro, Mar 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">17. Symposium in Pesticide Chemistry - Advances and new challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Piacenza, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04505443v2</w:t>
+                <w:t xml:space="preserve">hal-04695079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plot-scale modeling of pesticide fate in soil, water and air, taking into account intra-field heterogeneity in vineyard plots.</w:t>
+                <w:t xml:space="preserve">Evaluation environnementale de stratégies de protection phytosanitaire viticoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crevoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Erwan Personne</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Symposium in Pesticide Chemistry - Advances and new challenges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Piacenza, Italy</w:t>
+              <w:t xml:space="preserve">15. Journée Scientifique de la Vigne et du Vin "Concilier production et performances environnementales en viticulture - Enseignements issus de projets méditerranéens sur les effets des intrants et leur maîtrise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Agro, Mar 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695079v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505443v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considering the effects of soil carbon on soil volume change in process based modelling of soil evolution</w:t>
               </w:r>
@@ -1961,51 +1961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Chaif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saba Keyvanshokouhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lafolie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Finke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2073,77 +2073,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation environnementale de stratégies de protection phytosanitaire viticoles en contexte méridional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Dagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Voltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Crevoisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3421,51 +3421,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05404428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pelosi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beltrame" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cazaurang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.110057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198975v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pousse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beudez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174347v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Chaif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caurel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lissy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133791" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05101745v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saba Keyvanshokouhi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Finke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Nouguier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117228" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266725v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Godineau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fririon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Coligny" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courbet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13606" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436069v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Wergifosse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Ligot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01106-8" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077035v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jonard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-905-2020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02466359v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-2019-101" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02466109v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Goosse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-1459-2020" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02878382v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lef&#232;vre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Courbet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314852v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Beudez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Doussan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lefeuve-Mesgouez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mesgouez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proenv.2013.06.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05141055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ardouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Arhab" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04505443v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crevoisier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695079v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Personne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771520v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719108v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03821890v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Callou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Clavreul" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10213" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03106315v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Oddou Muratorio" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606884v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric A&#239;vayan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801643v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clastre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749801v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefeuve Mesgouez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mesgouez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056539v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moitrier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9899" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536440v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pot-Genty" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234752v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courbet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05404428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pelosi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beltrame" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cazaurang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2025.110057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198975v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pousse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beudez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Chanzy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174347v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Chaif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caurel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sammartino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lissy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133791" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05101745v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saba Keyvanshokouhi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Finke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Nouguier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117228" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266725v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Godineau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fririon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Coligny" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courbet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13606" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436069v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Wergifosse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Ligot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-021-01106-8" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02466109v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Goosse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-1459-2020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077035v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jonard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-13-905-2020" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02466359v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-2019-101" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02878382v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lef&#232;vre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Courbet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314852v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Beudez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Doussan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lefeuve-Mesgouez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mesgouez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proenv.2013.06.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05141055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ardouin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Arhab" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695079v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Dag&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crevoisier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafolie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Personne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04505443v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771520v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719108v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03821890v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Callou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Clavreul" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10213" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03106315v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Oddou Muratorio" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606884v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric A&#239;vayan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801643v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clastre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749801v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefeuve Mesgouez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mesgouez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056539v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moitrier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-9899" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536440v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cousin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pot-Genty" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234752v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courbet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>