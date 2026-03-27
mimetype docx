--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -948,96 +948,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrouver la vie au coeur de la guerre. Poétique de l'humour dans Les Croix de bois de Roland Dorgelès</w:t>
+                <w:t xml:space="preserve">Rigolboche. Esthétique et politique du rire dans les journaux de tranchées, 1914-1918</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bianchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Humour : (dé)former le sens ?, Université Hassan II de Casablanca Faculté des Lettres et des Sciences Humaines Ben M’sik Laboratoire de Narratologie, du Discours et des Etudes Comparées Groupe de Recherche en Linguistique et Cultures Francophones, Casablanca, 18 novembre 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Casablanca, Maroc. pp.153-166</w:t>
+              <w:t xml:space="preserve">Premier Congrès Médias 19, La presse et les journalistes au XIXe siècle : identités et modernités Paris 8-12 juin 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03070019v1</w:t>
+                <w:t xml:space="preserve">hal-03070021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rouge, le noir et le jaune. Quand le récit de guerre s'affronte à la part sombre du rire (1914-1940?)</w:t>
               </w:r>
@@ -1086,96 +1086,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rigolboche. Esthétique et politique du rire dans les journaux de tranchées, 1914-1918</w:t>
+                <w:t xml:space="preserve">Retrouver la vie au coeur de la guerre. Poétique de l'humour dans Les Croix de bois de Roland Dorgelès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bianchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Premier Congrès Médias 19, La presse et les journalistes au XIXe siècle : identités et modernités Paris 8-12 juin 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international Humour : (dé)former le sens ?, Université Hassan II de Casablanca Faculté des Lettres et des Sciences Humaines Ben M’sik Laboratoire de Narratologie, du Discours et des Etudes Comparées Groupe de Recherche en Linguistique et Cultures Francophones, Casablanca, 18 novembre 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Casablanca, Maroc. pp.153-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03070021v1</w:t>
+                <w:t xml:space="preserve">hal-03070019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2266,51 +2266,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03914344v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bianchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34096/hyg.n2.11203" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067960v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067959v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063462v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby Garfitt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4148/2334-4415.1947" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532434v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.129.0175" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067958v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.121.0071" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067957v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066466v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863528v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chassot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Bail" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070020v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070019v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070018v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070021v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888732v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Meynier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04531507v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques M&#233;ny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Alain Morello" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Quaranta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Lacaze" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/giono-paysages" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054533v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Balant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051348v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107768v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chabrier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057704v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057703v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057702v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057701v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057700v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057699v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03914344v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bianchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34096/hyg.n2.11203" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067960v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067959v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063462v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby Garfitt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4148/2334-4415.1947" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03532434v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.129.0175" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067958v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.121.0071" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067957v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066466v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863528v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chassot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Bail" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070020v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070021v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070018v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070019v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888732v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Meynier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04531507v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques M&#233;ny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Alain Morello" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Quaranta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Lacaze" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/giono-paysages" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054533v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Balant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051348v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107768v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Chabrier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057704v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057703v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057702v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057701v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057700v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057699v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>