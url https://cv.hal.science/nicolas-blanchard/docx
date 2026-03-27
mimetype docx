--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -256,1995 +256,1995 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homolytic Photocleavage of the B–N Bond in N-Heterocyclic Carbene Borane Scaffolds: Towards Efficient Type I Photoinitiators</w:t>
+                <w:t xml:space="preserve">Synthesis of α ‐Pentafluorosulfanylated‐ β 2,3 ‐Amino Esters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Telitel</w:t>
+                <w:t xml:space="preserve">Thi Mo Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Guilhem Colomer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Maugue-Sauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Lacôte</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Bizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">ChemistryEurope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0043-1773518⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ceur.202500255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04975615v1</w:t>
+                <w:t xml:space="preserve">hal-05375749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Straightforward Access to Pentafluorosulfanylated Phenols and Aminophenols via [4 + 2] Diels–Alder Cycloaddition Reaction</w:t>
+                <w:t xml:space="preserve">Homolytic Photocleavage of the B–N Bond in N-Heterocyclic Carbene Borane Scaffolds: Towards Efficient Type I Photoinitiators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Abd El Sater</w:t>
+                <w:t xml:space="preserve">Sofia Telitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane René</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Juan Cabrera-Trujillo</w:t>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karinne Miqueu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Lacôte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Organic &amp; Inorganic Au</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsorginorgau.5c00042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0043-1773518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05136864v1</w:t>
+                <w:t xml:space="preserve">hal-04975615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of α ‐Pentafluorosulfanylated‐ β 2,3 ‐Amino Esters</w:t>
+                <w:t xml:space="preserve">Straightforward Access to Pentafluorosulfanylated Phenols and Aminophenols via [4 + 2] Diels–Alder Cycloaddition Reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Mo Nguyen</w:t>
+                <w:t xml:space="preserve">Mariam Abd El Sater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Colomer</w:t>
+                <w:t xml:space="preserve">Floriane René</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Maugue-Sauze</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+                <w:t xml:space="preserve">Jorge Juan Cabrera-Trujillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bizet</w:t>
+                <w:t xml:space="preserve">Karinne Miqueu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistryEurope</w:t>
+              <w:t xml:space="preserve">ACS Organic &amp; Inorganic Au</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ceur.202500255⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsorginorgau.5c00042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375749v1</w:t>
+                <w:t xml:space="preserve">hal-05136864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances in the Chemistry and Application of SF&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;-Compounds</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Synthesis of Pentafluorosulfanylated Ynamides and Further Functionalizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Popek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Debrauwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Roubaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-2383-6620⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (48), pp.10369-10375. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c03972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759144v1</w:t>
+                <w:t xml:space="preserve">hal-04975519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium‐Catalyzed Regioselective Synthesis of 2‐SF 5 ‐Indenols and Further Derivatizations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ambiphilic Reactivity of SF&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;‐Alkynes Applied to Regioselective and Stereodivergent Halogenation Reactions: An Experimental and Theoretical Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Matchavariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Popek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Cabrera-Trujillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Mo Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202315909⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 366 (16), pp.3481-3493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.202400446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04757412v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04606248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent achievements in the synthesis and reactivity of pentafluorosulfanyl-alkynes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Floriane René</w:t>
+                <w:t xml:space="preserve">Expanding Radical Chloropentafluorosulfanylation of Alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Mo Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Popek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leo Clement-Comoy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">David Matchavariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crchim.350⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (1), pp.365-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.3c04043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05377233v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of N -Alkyl Substituted Benzimidazoquinazolinones</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Palladium‐Catalyzed Regioselective Synthesis of 2‐SF 5 ‐Indenols and Further Derivatizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Popek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murat Cihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Krishna P Kaliappan</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202315909⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsomega.4c03327⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04666610v1</w:t>
+                <w:t xml:space="preserve">hal-04757412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Pentafluorosulfanylated Ynamides and Further Functionalizations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent Advances in the Chemistry and Application of SF&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;-Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Abd El Sater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Popek</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.4c03972⟩</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57, pp.1117-1137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/a-2383-6620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04975519v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expanding Radical Chloropentafluorosulfanylation of Alkynes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Recent achievements in the synthesis and reactivity of pentafluorosulfanyl-alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane René</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Clement-Comoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.3c04043⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (G1), pp.227-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crchim.350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04631759v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambiphilic Reactivity of SF&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;‐Alkynes Applied to Regioselective and Stereodivergent Halogenation Reactions: An Experimental and Theoretical Case Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucas Popek</w:t>
+                <w:t xml:space="preserve">Synthesis of N -Alkyl Substituted Benzimidazoquinazolinones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaurav G Dake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Cabrera-Trujillo</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Krishna P Kaliappan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 366 (16), pp.3481-3493. </w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adsc.202400446⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.4c03327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04606248v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking SF5I in the Iodopentafluorosulfanylation of Alkynes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Copper-Catalyzed, Ligand-Controlled N(sp3)- or N(sp)-Selective Arylation of Cyanamides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Legault</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Jiaqi Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumaïma Bekkouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Zeiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yurii Zubchuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202302914⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (34), pp.6446-6451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.3c02622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04234753v1</w:t>
+                <w:t xml:space="preserve">hal-04264724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper-Catalyzed Regiodivergent Borylation of Fluorinated Alkynes and Palladium-Catalyzed Regiospecific Suzuki-Miyaura cross-coupling</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A common mechanism of Sec61 translocon inhibition by small molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Itskanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Junne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumi Sherriff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYNLETT</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Chemical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (9), pp.1063-1071. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41589-023-01337-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/a-2192-6996⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04252372v1</w:t>
+                <w:t xml:space="preserve">hal-04262928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regio‐ and Stereoselective Hydroelementation of SF5‐Alkynes and Further Functionalizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Popek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Cabrera-Trujillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Debrauwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karinne Miqueu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 62 (19), pp.e202300685. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/anie.202300685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04022814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper-Catalyzed, Ligand-Controlled N(sp3)- or N(sp)-Selective Arylation of Cyanamides</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Copper-Catalyzed Regiodivergent Borylation of Fluorinated Alkynes and Palladium-Catalyzed Regiospecific Suzuki-Miyaura cross-coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lénaic Rummler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Abd El Sater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.3c02622⟩</w:t>
+              <w:t xml:space="preserve">SYNLETT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/a-2192-6996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04264724v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04252372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A common mechanism of Sec61 translocon inhibition by small molecules</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tina Junne</w:t>
+                <w:t xml:space="preserve">Tracking SF5I in the Iodopentafluorosulfanylation of Alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Mo Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumi Sherriff</w:t>
+                <w:t xml:space="preserve">Claude Legault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li Xiao</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Cahard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Chemical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19 (9), pp.1063-1071. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41589-023-01337-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202302914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04262928v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ring-closing enyne metathesis of allylic and propargylic cyanamides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiaqi Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Van Laethem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2343,51 +2343,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
@@ -2438,51 +2438,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radical Cyclization of Ynamides to Nitrogen Heterocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chunyang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2542,90 +2542,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and further use of SF5 -alkynes as platforms for the design of more complex SF5 -containing products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Popek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Mo Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Cahard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 117-118, pp.132814. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2793,64 +2793,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Physicochemical Properties of 2-SF5-(Aza)Indoles, a New Family of SF5 Heterocycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Debrauwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivo Leito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2921,2121 +2921,2121 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03357583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DABCO‐promoted Diaryl Thioether Formation by Metal‐catalyzed Coupling of Sodium Sulfinates and Aryl Iodides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ligand-Controlled Regiodivergent Palladium-Catalyzed Hydrogermylation of Ynamides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Debrauwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanpeng Liu</w:t>
+                <w:t xml:space="preserve">Aneta Turlik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lénaic Rummler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long Yin Lam</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Alessandro Prescimone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.202000221⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 142 (25), pp.11153-11164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.0c03556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02991822v1</w:t>
+                <w:t xml:space="preserve">hal-02868667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal analysis of mycolactone distribution in vivo reveals partial diffusion in the central nervous system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DABCO‐promoted Diaryl Thioether Formation by Metal‐catalyzed Coupling of Sodium Sulfinates and Aryl Iodides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanpeng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Yin Lam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Colucci-Guyon</w:t>
+                <w:t xml:space="preserve">Jiqing Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Rifflet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cong Ma</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0008878⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 362 (12), pp.2326-2331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.202000221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03046953v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02991822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized Synthesis of 7-Azaindazole by a Diels–Alder Cascade and Associated Process Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Brach</w:t>
+                <w:t xml:space="preserve">Spatiotemporal analysis of mycolactone distribution in vivo reveals partial diffusion in the central nervous system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Colucci-Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Rifflet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Saint-Auret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Le Fouler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bizet</w:t>
+                <w:t xml:space="preserve">Anaëlle da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marian Lanz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Gallou</w:t>
+                <w:t xml:space="preserve">Laurent Boucontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Process Research and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.oprd.0c00184⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (12), pp.e0008878. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0008878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02991836v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03046953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligand-Controlled Regiodivergent Palladium-Catalyzed Hydrogermylation of Ynamides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Debrauwer</w:t>
+                <w:t xml:space="preserve">Optimized Synthesis of 7-Azaindazole by a Diels–Alder Cascade and Associated Process Safety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le Fouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aneta Turlik</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lénaic Rummler</w:t>
+                <w:t xml:space="preserve">Marian Lanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Prescimone</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+                <w:t xml:space="preserve">Fabrice Gallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 142 (25), pp.11153-11164. </w:t>
+              <w:t xml:space="preserve">Organic Process Research and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24 (5), pp.776-786. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.0c03556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.oprd.0c00184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02868667v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02991836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruthenium-catalyzed ring-opening reaction of a 3-aza-2-oxabicyclo[2.2.1]hept-5-ene with amines — an unexpected mode of ring-opening</w:t>
+                <w:t xml:space="preserve">Recombinant Antibodies against Mycolactone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrina Tait</w:t>
+                <w:t xml:space="preserve">Leslie Naranjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Koh</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fortunato Ferrara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Tam</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Caroline Demangel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara D’angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/cjc-2018-0444⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (6), pp.346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins11060346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323304v1</w:t>
+                <w:t xml:space="preserve">hal-02323359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ipomoeassin F Binds Sec61α to Inhibit Protein Translocation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design, Synthesis and Biological Evaluation of Antimicrobial Diarylimine and -amine Compounds Targeting the Interaction between the Bacterial NusB and NusE Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhijian Hu</w:t>
+                <w:t xml:space="preserve">Yangyi Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah O’keefe</w:t>
+                <w:t xml:space="preserve">Shu Ting Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dale Tranter</w:t>
+                <w:t xml:space="preserve">Lin Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Iannotti</w:t>
+                <w:t xml:space="preserve">Tsun Lam Shek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tsz Fung Tsang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.8b13506⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 178, pp.214-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2019.05.090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323236v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nusbiarylins, a new class of antimicrobial agents: Rational design of bacterial transcription inhibitors targeting the interaction between the NusB and NusE proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yangyi Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shu Ting Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsun Lam Shek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsz Fung Tsang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 92, pp.103203. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bioorg.2019.103203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02323331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activating Pyrimidines by Pre-distortion for the General Synthesis of 7-Aza-indazoles from 2-Hydrazonylpyrimidines via Intramolecular Diels–Alder Reactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Le Fouler</w:t>
+                <w:t xml:space="preserve">Ipomoeassin F Binds Sec61α to Inhibit Protein Translocation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guanghui Zong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhijian Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah O’keefe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dale Tranter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Chen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Salomé</w:t>
+                <w:t xml:space="preserve">Michael Iannotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 141 (40), pp.15901-15909. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.9b07037⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 141 (21), pp.8450-8461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.8b13506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323378v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acid Fluorides in Transition-Metal Catalysis: A Good Balance between Stability and Reactivity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ruthenium-catalyzed ring-opening reaction of a 3-aza-2-oxabicyclo[2.2.1]hept-5-ene with amines — an unexpected mode of ring-opening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrina Tait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Koh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Tam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201900591⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 97 (4), pp.310-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/cjc-2018-0444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289563v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion Addendum for: Synthesis of Ynamides by Copper-Mediated Coupling of 1,1-Dibromo-1-alkenes with Nitrogen Nucleophiles. Preparation of 4-Methyl-N-(2-phenylethynyl)-N-(phenylmethyl)benzenesulfonamide</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Acid Fluorides in Transition-Metal Catalysis: A Good Balance between Stability and Reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Syntheses : An annual publication of satisfactory methods for the preparation of organic chemicals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15227/orgsyn.096.0195⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (21), pp.6814-6817. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201900591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323280v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recombinant Antibodies against Mycolactone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Activating Pyrimidines by Pre-distortion for the General Synthesis of 7-Aza-indazoles from 2-Hydrazonylpyrimidines via Intramolecular Diels–Alder Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le Fouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Naranjo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sara D’angelo</w:t>
+                <w:t xml:space="preserve">Christophe Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins11060346⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 141 (40), pp.15901-15909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.9b07037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323359v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, Synthesis and Biological Evaluation of Antimicrobial Diarylimine and -amine Compounds Targeting the Interaction between the Bacterial NusB and NusE Proteins</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discussion Addendum for: Synthesis of Ynamides by Copper-Mediated Coupling of 1,1-Dibromo-1-alkenes with Nitrogen Nucleophiles. Preparation of 4-Methyl-N-(2-phenylethynyl)-N-(phenylmethyl)benzenesulfonamide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Theunissen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Thilmany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounsef Lahboubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwilherm Evano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 178, pp.214-231. </w:t>
+              <w:t xml:space="preserve">Organic Syntheses : An annual publication of satisfactory methods for the preparation of organic chemicals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 96, pp.195-213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2019.05.090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15227/orgsyn.096.0195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03079069v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel applications of fluorescent brighteners in aqueous visible-light photopolymerization: high performance water-based coating and LED-assisted hydrogel synthesis</w:t>
+                <w:t xml:space="preserve">Aryl transition metal chemical warheads for protein bioconjugation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X Zuo</w:t>
+                <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8PY00584B⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.5132-5144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8SC00780B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02168643v1</w:t>
+                <w:t xml:space="preserve">hal-02153059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-mediated synthesis of N-vinyl ynamides from N-vinyl carbamates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Fouler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 59 (36), pp.3349-3352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tetlet.2018.07.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02159670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aryl transition metal chemical warheads for protein bioconjugation</w:t>
+                <w:t xml:space="preserve">Novel applications of fluorescent brighteners in aqueous visible-light photopolymerization: high performance water-based coating and LED-assisted hydrogel synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bisseret</w:t>
+                <w:t xml:space="preserve">X Zuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">D Nouën</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.5132-5144. </w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (28), pp.3952-3958. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C8SC00780B⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C8PY00584B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153059v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02168643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acid-catalyzed ring-opening reactions of a cyclopropanated 3-aza-2-oxabicyclo[2.2.1]hept-5-ene with alcohols</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intramolecular inverse electron-demand [4+2] cycloadditions of ynamidyl-tethered pyrimidines: Comparative studies in trifluorotoluene and sulfolane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alysia Horvath</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Morgan Donnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bisseret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Tam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 13, pp.2888-2894. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (6), pp.643-647. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3762/bjoc.13.281⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crci.2017.01.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02153056v1</w:t>
+                <w:t xml:space="preserve">hal-02105042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetic strategies towards mycolactone A/B, an exotoxin secreted by Mycobacterium ulcerans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Saint-Auret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Nouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Chemistry Frontiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 4, pp.2380-2386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5063,174 +5063,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02153057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramolecular inverse electron-demand [4+2] cycloadditions of ynamidyl-tethered pyrimidines: Comparative studies in trifluorotoluene and sulfolane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acid-catalyzed ring-opening reactions of a cyclopropanated 3-aza-2-oxabicyclo[2.2.1]hept-5-ene with alcohols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrina Tait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Donnard</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Alysia Horvath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Tam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 20 (6), pp.643-647. </w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13, pp.2888-2894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crci.2017.01.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3762/bjoc.13.281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02105042v1</w:t>
+                <w:t xml:space="preserve">hal-02153056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intramolecular Inverse Electron-Demand [4+2] Cycloadditions of Ynamides with Pyrimidines: Scope and DFT Insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Quinlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5238,51 +5238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boyang Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rainer Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 82 (3), pp.1726-1742. </w:t>
@@ -5320,51 +5320,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Syntheses of Mycolactone A/B and its Analogues for the Exploration of the Biology of Buruli Ulcer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Saint-Auret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Chany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5454,103 +5454,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diels-Alder and Formal Diels-Alder Cycloaddition Reactions of Ynamines and Ynamides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Fouler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5584,103 +5584,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular total syntheses of mycolactone A/B and its [ 2 H]- isotopologue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Saint-Auret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Abdelkafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Nouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guenin-Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Demangel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 15, pp.7518-7522. </w:t>
@@ -5712,925 +5712,925 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01666631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescent Brighteners as Visible LED-Light Sensitive Photoinitiators for Free Radical Photopolymerizations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inverse Electron-Demand [4 + 2]-Cycloadditions of Ynamides: Access to Novel Pyridine Scaffolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Quinlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rainer Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bisseret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoling Zuo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Goddard</w:t>
+                <w:t xml:space="preserve">Markus Neuburger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/marc.201600103⟩</w:t>
+              <w:t xml:space="preserve">Organic Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (7), pp.1610-1613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.orglett.6b00464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04081790v1</w:t>
+                <w:t xml:space="preserve">hal-04874519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Journey in the Chemistry of Ynamides: From Synthesis to Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Compain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Demmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 45 (6), pp.574-585. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1246/cl.160260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Straightforward Entry to γ-Trifluoromethylated Allenamides and Their Synthetic Applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gwilherm Evano</w:t>
+                <w:t xml:space="preserve">Fluorescent Brighteners as Visible LED-Light Sensitive Photoinitiators for Free Radical Photopolymerizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoling Zuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Goddard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYNLETT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0035-1562518⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (10), pp.840-844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201600103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04601397v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04081790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stereodivergent Hydrosilylation, Hydrostannylation, and Hydrogermylation of α-Trifluoromethylated Alkynes and Their Synthetic Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Straightforward Entry to γ-Trifluoromethylated Allenamides and Their Synthetic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guissart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Dolbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Tresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Saint-Auret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 48 (19), pp.3317-3330. </w:t>
+              <w:t xml:space="preserve">SYNLETT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27 (18), pp.2575-2580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-0035-1561487⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/s-0035-1562518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259242v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04601397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mycolactone subverts immunity by selectively blocking the Sec61 translocon.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stereodivergent Hydrosilylation, Hydrostannylation, and Hydrogermylation of α-Trifluoromethylated Alkynes and Their Synthetic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Tresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludivine Baron</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laure Guenin-Macé</w:t>
+                <w:t xml:space="preserve">Stéphane Schweizer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bisseret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1084/jem.20160662⟩</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (19), pp.3317-3330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0035-1561487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01432024v1</w:t>
+                <w:t xml:space="preserve">hal-04259242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inverse Electron-Demand [4 + 2]-Cycloadditions of Ynamides: Access to Novel Pyridine Scaffolds</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bisseret</w:t>
+                <w:t xml:space="preserve">Mycolactone subverts immunity by selectively blocking the Sec61 translocon.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Onerva Paatero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-David Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Neuburger</w:t>
+                <w:t xml:space="preserve">Francis Impens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Guenin-Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 18 (7), pp.1610-1613. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 213 (13), pp.2885-2896. </w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.orglett.6b00464⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1084/jem.20160662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04874519v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01432024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping mycolactone for therapeutic use against inflammatory disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guenin-Mace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Chany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Tresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Saint-Auret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Translational Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (289), pp.289ra85 - 289ra85. </w:t>
@@ -6668,90 +6668,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boron chemistry in a new light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Quinlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6 (10), pp.5366-5382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6785,77 +6785,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonogashira reactions for the synthesis of polarized pentacene derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Erbland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6932,77 +6932,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of cyclopropanated [2.2.1] heterobicycloalkenes: An improved procedure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily Carlson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Tam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthetic Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 46 (1), pp.55-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7036,90 +7036,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stereodivergent Hydrogermylations of α-Trifluoromethylated Alkynes and Their Applications in Cross-Coupling Reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Tresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bisseret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7183,64 +7183,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Practical Methods for the Synthesis of Trifluoromethylated Alkynes: Oxidative Trifluoromethylation of Copper Acetylides and Alkynes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Tresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guissart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7476,51 +7476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwilherm Evano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Jouvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Theunissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guissart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7597,51 +7597,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Synthesis, Characterization and Reactivity of N-Heteroaryl-Boryl Radicals, a New Radical Class Based on Five-Membered Ring Ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Chany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7724,3142 +7724,3142 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01460546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taming sulfur dioxide: a breakthrough for its wide utilization in chemistry and biology</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mechanistic and preparative studies of radical chain homolytic substitution reactions of N-heterocyclic carbene boranes and disulfides.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiangcheng Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Schweizer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Dahbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c3ob40997j⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 135 (28), pp.10484-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja403627k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016765v1</w:t>
+                <w:t xml:space="preserve">hal-00853043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Photopolymerizations Initiated by Dye-Sensitized Formation of NHC-Boryl Radicals under Visible Light</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Formation of N-heterocyclic carbene-boryl radicals through electrochemical and photochemical cleavage of the B-S bond in N-heterocyclic carbene-boryl sulfides.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Telitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Théophile Tschamber</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma302009p⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 135 (45), pp.16938-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja4066267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00799223v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BODIPY derivatives and boranil as new photoinitiating systems of cationic polymerization exhibiting a tunable absorption in the 400–600 nm spectral range</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Taming sulfur dioxide: a breakthrough for its wide utilization in chemistry and biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bisseret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2013.02.013⟩</w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (33), pp.5393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3ob40997j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04392000v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Location of the CD8 T cell epitope within the antigenic precursor determines immunogenicity and protection against the Toxoplasma gondii parasite</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Vasseur</w:t>
+                <w:t xml:space="preserve">Soft Photopolymerizations Initiated by Dye-Sensitized Formation of NHC-Boryl Radicals under Visible Light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Telitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Schweizer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harshita S Grover</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mark J Brown</w:t>
+                <w:t xml:space="preserve">Théophile Tschamber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (1), pp.43-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma302009p⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04999840v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00799223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of N-heterocyclic carbene-boryl radicals through electrochemical and photochemical cleavage of the B-S bond in N-heterocyclic carbene-boryl sulfides.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">BODIPY derivatives and boranil as new photoinitiating systems of cationic polymerization exhibiting a tunable absorption in the 400–600 nm spectral range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Telitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Schweizer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja4066267⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54 (8), pp.2071-2076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2013.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933829v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic and preparative studies of radical chain homolytic substitution reactions of N-heterocyclic carbene boranes and disulfides.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Location of the CD8 T cell epitope within the antigenic precursor determines immunogenicity and protection against the Toxoplasma gondii parasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Feliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiangcheng Pan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Schweizer</w:t>
+                <w:t xml:space="preserve">Harshita S Grover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Dahbi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Delpech</w:t>
+                <w:t xml:space="preserve">H Hamlet Chu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark J Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00853043v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iridium Photocatalysts in Free Radical Photopolymerization under Visible Lights</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable Organophotocatalysts for Polymerization Reactions Under Visible Lights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Macro Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/mz2001753⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (4), pp.1746-1752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma300050n⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01020217v1</w:t>
+                <w:t xml:space="preserve">hal-04288252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photopolymerization of Cationic Monomers and Acrylate/Divinylether Blends under Visible Light Using Pyrromethene Dyes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
+                <w:t xml:space="preserve">Photoredox Catalysis for Polymerization Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ali Tehfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma301293m⟩</w:t>
+              <w:t xml:space="preserve">CHIMIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 66, pp.439-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2533/chimia.2012.439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234058v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoredox Catalysis for Polymerization Reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photopolymerization of Cationic Monomers and Acrylate/Divinylether Blends under Visible Light Using Pyrromethene Dyes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Telitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Lalevée</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuba Kavalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHIMIA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2533/chimia.2012.439⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (17), pp.6864-6868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma301293m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020212v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Organophotocatalysts for Polymerization Reactions Under Visible Lights</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Iridium Photocatalysts in Free Radical Photopolymerization under Visible Lights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ali Tehfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gigmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 45 (4), pp.1746-1752. </w:t>
+              <w:t xml:space="preserve">ACS Macro Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, pp.286−290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ma300050n⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/mz2001753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288252v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tandem Cationic and Sol-Gel Photopolymerizations of a Vinyl Ether Alkoxysilane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New thioxanthone and xanthone photoinitiators based on silyl radical chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Ali Tehfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abraham Chemtob</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Loïc Vidal</w:t>
+                <w:t xml:space="preserve">Cédric Fries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pen.21951⟩</w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2 (5), pp.1077--1084. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C0PY00392A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04241841v1</w:t>
+                <w:t xml:space="preserve">hal-01460320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic Photocatalyst for Polymerization Reactions: 9,10-Bis[(triisopropylsilyl)ethynyl]anthracene</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ruthenium-catalyzed [2+2] cycloaddition reactions of a 2-oxa-3-azabicyclo[2.2.1]hept-5-ene with unsymmetrical alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Durham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Mandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Tam</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Macro Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/mz200140y⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (12), pp.1494-1505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/V11-135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234063v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subtle Ligand Effects in Oxidative Photocatalysis with Iridium Complexes: Application to Photopolymerization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reaction between aminoalkyl radicals and akyl halides: Dehalogenation by electron transfer?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Fouassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Lalevée</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith U. Ingold</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 511 (1-3), pp.156-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2011.05.055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201101445⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020222v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Diverted Total Synthesis of Mycolactone Analogues: An Insight into Buruli Ulcer Toxins</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Casarotto</w:t>
+                <w:t xml:space="preserve">Household LED irradiation under air: cationic polymerization using iridium or ruthenium complex photocatalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Tehfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Schmitt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laure Guenin-Macé</w:t>
+                <w:t xml:space="preserve">Mathieu Peter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polymer Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 68, pp.341-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00289-011-0541-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201102542⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128753v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Photopolymerization Initiating System Based on an Iridium Complex Photocatalyst</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Decatungstate (W10O324-)/Silane: A New and Promising Radical Source Under Soft Light Irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Fouassier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 32 (12), pp.917-920. </w:t>
+              <w:t xml:space="preserve">, 2011, 32 (11), pp.838-843. </w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201100098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.201100099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04042064v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04042076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Approach Toward Homocalystegines and Silyl-homocalystegines. Acid-Mediated Migrations of Acetates in Seven-Membered Ring Systems</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Organic Photocatalyst for Polymerization Reactions: 9,10-Bis[(triisopropylsilyl)ethynyl]anthracene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jo101945h⟩</w:t>
+              <w:t xml:space="preserve">ACS Macro Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1 (1), pp.198-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/mz200140y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05258570v1</w:t>
+                <w:t xml:space="preserve">hal-04234063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decatungstate (W10O324-)/Silane: A New and Promising Radical Source Under Soft Light Irradiation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
+                <w:t xml:space="preserve">Tandem Cationic and Sol-Gel Photopolymerizations of a Vinyl Ether Alkoxysilane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abraham Chemtob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Belon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Croutxe-Barghorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverinne Rigolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Fouassier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Loïc Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 32 (11), pp.838-843. </w:t>
+              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 51 (8), pp.1466-1475. </w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201100099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pen.21951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04042076v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04241841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Household LED irradiation under air: cationic polymerization using iridium or ruthenium complex photocatalysts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">An Approach Toward Homocalystegines and Silyl-homocalystegines. Acid-Mediated Migrations of Acetates in Seven-Membered Ring Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redouane Beniazza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Desvergnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goverdhan Mehta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00289-011-0541-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 76 (3), pp.791-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jo101945h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04247063v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05258570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruthenium-catalyzed [2+2] cycloaddition reactions of a 2-oxa-3-azabicyclo[2.2.1]hept-5-ene with unsymmetrical alkynes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A Novel Photopolymerization Initiating System Based on an Iridium Complex Photocatalyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Peter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (12), pp.917-920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201100098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/V11-135⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04880603v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04042064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reaction between aminoalkyl radicals and akyl halides: Dehalogenation by electron transfer?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+                <w:t xml:space="preserve">A Diverted Total Synthesis of Mycolactone Analogues: An Insight into Buruli Ulcer Toxins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Caroline Chany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Casarotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Fouassier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchard</w:t>
+                <w:t xml:space="preserve">Marjorie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keith U. Ingold</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Céline Tarnus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Guenin-Macé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 511 (1-3), pp.156-158. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (51), pp.14413-14419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cplett.2011.05.055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.201102542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04234026v1</w:t>
+                <w:t xml:space="preserve">hal-02128753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled synthesis of branched poly(vinyl acetate) s by xanthate-mediated RAFT self-condensing vinyl (co)polymerization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Subtle Ligand Effects in Oxidative Photocatalysis with Iridium Complexes: Application to Photopolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Peter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gigmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c1py00231g⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17, pp.15027 - 15031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201101445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04471933v1</w:t>
+                <w:t xml:space="preserve">hal-01020222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient dual radical/cationic photoinitiator under visible light: a new concept</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlled synthesis of branched poly(vinyl acetate) s by xanthate-mediated RAFT self-condensing vinyl (co)polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Lalevée</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Poly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 2 (9), pp.1986--1991. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C1PY00140J⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 2 (10), pp.2231-2238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c1py00231g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01460319v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New thioxanthone and xanthone photoinitiators based on silyl radical chemistry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient dual radical/cationic photoinitiator under visible light: a new concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Lalevée</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Peter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 2 (5), pp.1077--1084. </w:t>
+              <w:t xml:space="preserve">, 2011, 2 (9), pp.1986--1991. </w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C0PY00392A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C1PY00140J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01460320v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01460319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silyloxyamines as Sources of Silyl Radicals: ESR Spin Trapping, Laser Flash Photolysis Investigation and Photopolymerization Ability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David-Louis Versace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Ali Tehfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Casarotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 24 (4), pp.342. </w:t>
@@ -10922,51 +10922,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silyl radical chemistry and conventional photoinitiators: A route for the design of efficient systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Chany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11047,51 +11047,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Lewis base coordination on boryl radical reactivity: investigation using laser flash photolysis and kinetic ESR?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Chany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11162,394 +11162,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00408131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tris(trimethylsilyl)silyl versus tris(trimethylsilyl)germyl: radical reactivity and oxidation ability</w:t>
+                <w:t xml:space="preserve">New photoinitiators based on the silyl radical chemistry: polymerization ability, ESR spin trapping and laser flash photolysis investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Roz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Allonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 693, pp.3643-3649</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 41 (12), pp.4180-4186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00335788v1</w:t>
+                <w:t xml:space="preserve">hal-00292718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Photoiniferters: Respective Role of the Initiating and Persistent Radicals</w:t>
+                <w:t xml:space="preserve">Tris(trimethylsilyl)silyl versus tris(trimethylsilyl)germyl: radical reactivity and oxidation ability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamad El Roz</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Allonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Fouassier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 41 (7), pp.2347-2352</w:t>
+              <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 693, pp.3643-3649</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00292708v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00335788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New photoinitiators based on the silyl radical chemistry: polymerization ability, ESR spin trapping and laser flash photolysis investigation</w:t>
+                <w:t xml:space="preserve">New Photoiniferters: Respective Role of the Initiating and Persistent Radicals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Roz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Allonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Fouassier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 41 (12), pp.4180-4186</w:t>
+              <w:t xml:space="preserve">, 2008, 41 (7), pp.2347-2352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00292718v1</w:t>
+                <w:t xml:space="preserve">hal-00292708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11567,51 +11567,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pericyclic reactions of ynamides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaic Rummler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Brach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11619,51 +11619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Delmée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logan Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gwilherm Evano; Junfeng Zhao. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The chemistry of ynamides. Development, Syntheses, and Applications in Organic Synthesis</w:t>
@@ -11731,77 +11731,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiaolan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diksha Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Debrauwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The chemistry of ynamides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Taylor And Francis, 2024, 9781032670997. </w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11835,103 +11835,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxetanes and Oxetenes: Fused-ring Derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Brach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaïc Rummler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishna P Kaliappan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">David StC Black; Janine Cossy; Christian V. Stevens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprehensive Heterocyclic Chemistry IV: Reference Module in Chemistry, Molecular Sciences and Chemical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Elsevier, pp.257-286, 2021, 978-0-12-818656-5. </w:t>
@@ -11969,64 +11969,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-Catalyzed C-C Bond Formation in Natural Product Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgan Donnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Copper‐Mediated Cross‐Coupling Reactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.683-723, 2014, 978-1-118-06045-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12064,90 +12064,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal redox and photoinduced ring opening polymerization reactions: Initiating systems based on organosilanes bearing Si-Si bond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad-Ali Tehfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El-Roz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Lalevée</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radical Polymerization: New Developments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nova Science Publishers, pp.223-238, 2012, Polymer science and technology series, 978-1-62100-475-2</w:t>
@@ -12208,103 +12208,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A common mechanism of Sec61 translocon inhibition by small molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Itskanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tina Junne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumi Sherriff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -12352,342 +12352,342 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chimie des radicaux silyles: une application originale au domaine des polymères</w:t>
+                <w:t xml:space="preserve">New Photoinitiators based on the silyl radical chemistry: ESR Spin trapping and laser flash photolysis investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Roz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Allonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Laboratoire de Chimie Organique (COB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Mulhouse, France</w:t>
+              <w:t xml:space="preserve">Congrès SPIN 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, ANCONA, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00323896v1</w:t>
+                <w:t xml:space="preserve">hal-00326569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESR Spin trapping technique: Application to the cleavage process of photoinitiators</w:t>
+                <w:t xml:space="preserve">La chimie des radicaux silyles: une application originale au domaine des polymères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Roz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Allonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Fouassier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SPIN 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, ANCONA, Italy</w:t>
+              <w:t xml:space="preserve">Journée du Laboratoire de Chimie Organique (COB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00326570v1</w:t>
+                <w:t xml:space="preserve">hal-00323896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Photoinitiators based on the silyl radical chemistry: ESR Spin trapping and laser flash photolysis investigation</w:t>
+                <w:t xml:space="preserve">ESR Spin trapping technique: Application to the cleavage process of photoinitiators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Roz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Allonas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12699,51 +12699,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SPIN 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, ANCONA, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00326569v1</w:t>
+                <w:t xml:space="preserve">hal-00326570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -12787,51 +12787,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mira Al Lakkis-Wehbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Eustache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12959,51 +12959,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CFDEA4C6"/>
+    <w:nsid w:val="7E405D3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13190,51 +13190,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-blanchard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3097-0548" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15864039X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsm.unistra.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lima.unistra.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://section12conrs.info" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975615v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Telitel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Graff" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalev&#233;e" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lac&#244;te" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-1773518" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136864v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Abd El Sater" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Ren&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Juan Cabrera-Trujillo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinne Miqueu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsorginorgau.5c00042" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375749v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mo Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Colomer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Maugue-Sauze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bizet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500255" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759144v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Popek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2383-6620" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757412v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Cihan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202315909" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377233v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Clement-Comoy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.350" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666610v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav G Dake" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna P Kaliappan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c03327" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975519v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Lefebvre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debrauwer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roubaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c03972" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04631759v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Matchavariani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.3c04043" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04606248v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cabrera-Trujillo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202400446" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234753v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Legault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cahard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302914" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252372v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naic Rummler" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2192-6996" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022814v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202300685" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264724v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Fang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouma&#239;ma Bekkouch" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Zeiser" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurii Zubchuk" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.3c02622" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262928v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Itskanov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Wang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Junne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumi Sherriff" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Xiao" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-023-01337-y" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666617v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Van Laethem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Evano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24820/ark.5550190.p012.098" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262921v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brach" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Truong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.3c03052" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795794v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyang Zhang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1868-8092" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717188v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2022.132814" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358263v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tello Rubio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bugault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Baudon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.733496" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357583v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Leito" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#228;rt Lokov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofja Tshepelevitsh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsorginorgau.1c00010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991822v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanpeng Liu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Yin Lam" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiqing Ye" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Ma" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000221" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03046953v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Colucci-Guyon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rifflet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Saint-Auret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle da Costa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boucontet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008878" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991836v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Fouler" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Lanz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gallou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.oprd.0c00184" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868667v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Turlik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Prescimone" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c03556" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323304v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Tait" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Koh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Tam" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2018-0444" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323236v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanghui Zong" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhijian Hu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah O&#8217;keefe" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Tranter" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Iannotti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b13506" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323331v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyi Qiu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Ting Chan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Lin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsun Lam Shek" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz Fung Tsang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2019.103203" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323378v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gandon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salom&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.9b07037" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289563v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201900591" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323280v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Theunissen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thilmany" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounsef Lahboubi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15227/orgsyn.096.0195" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323359v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Naranjo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunato Ferrara" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Demangel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara D&#8217;angelo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11060346" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079069v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2019.05.090" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168643v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Zuo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlet-Savary" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schmitt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Nou&#235;n" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PY00584B" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159670v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duret" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bisseret" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2018.07.053" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153059v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Abdelkafi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SC00780B" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153056v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysia Horvath" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.13.281" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153057v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Nouen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QO00608J" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105042v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Donnard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2017.01.007" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161657v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Quinlan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyang Yin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Martin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02986" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166539v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Chany" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Casarotto" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tresse" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Parmentier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2017.836" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161658v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201700986" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01666631v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guenin-Mac&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB01943B" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081790v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoling Zuo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goddard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201600103" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-92VJST3F-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007853v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Compain" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coste" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Demmer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.160260" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601397v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guissart" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dolbois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1562518" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259242v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schweizer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1561487" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01432024v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Baron" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Onerva Paatero" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Morel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Impens" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20160662" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874519v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neuburger" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b00464" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01382767v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guenin-Mace" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aab0458" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017297v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sc02207j" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259241v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Erbland" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalevee" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Nou&#235;n" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3906/kim-1505-117" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875928v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Carlson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00397911.2015.1118124" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017008v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00579" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730658v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouhoute" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;caroline Chany" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201400057" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VRWZP144-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03320888v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Veyron-Churlet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mayau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm5008819" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848082v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jouvin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guissart" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laouiti" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC03198A" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460546v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Ali Tehfe" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ysacco" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cl&#233;ment" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201400197" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S5SD3WVL-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016765v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40997j" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799223v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Tschamber" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302009p" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392000v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.02.013" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXKWX1F6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999840v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Feliu" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vasseur" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshita S Grover" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hamlet Chu" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J Brown" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933829v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vallet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delpech" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja4066267" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853043v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangcheng Pan" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Dahbi" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja403627k" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020217v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ali Tehfe" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mz2001753" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234058v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuba Kavalli" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma301293m" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020212v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2012.439" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288252v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300050n" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241841v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Chemtob" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Belon" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Croutxe-Barghorn" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vidal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.21951" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234063v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mz200140y" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020222v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Peter" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201101445" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3DWLMGHS-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128753v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Schmitt" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tarnus" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201102542" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MC7CBGFF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042064v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100098" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HRN53M3Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258570v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Beniazza" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desvergnes" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goverdhan Mehta" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo101945h" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042076v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Fouassier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100099" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N4QW282B-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247063v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Tehfe" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00289-011-0541-9" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-R9JC8GS3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880603v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Durham" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mandel" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/V11-135" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234026v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Fouassier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith U. Ingold" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2011.05.055" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8THR5X2L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471933v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmitt" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poly" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1py00231g" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460319v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1PY00140J" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460320v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fries" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0PY00392A" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599801v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Louis Versace" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/poc.1762" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C54592C3AA80C5723FF4E98266E505230894A51E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422938v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Roz" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Souane" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408131v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ali Tehfe" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Allonas" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/poc.1549(2009)" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335788v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fouassier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292708v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292718v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730303v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delm&#233;e" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Charton" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781032670997-9" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730294v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaolan Yang" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diksha Singh" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781032670997" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358269v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;c Rummler" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818655-8.00150-5" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078900v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740628v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El-Roz" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795805v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323896v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326570v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326569v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541280v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Hamon" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Al Lakkis-Wehbe" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Eustache" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-blanchard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3097-0548" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15864039X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsm.unistra.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lima.unistra.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://section12conrs.info" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375749v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mo Nguyen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Colomer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Maugue-Sauze" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bizet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ceur.202500255" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975615v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Telitel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Graff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalev&#233;e" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lac&#244;te" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-1773518" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136864v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Abd El Sater" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Ren&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Juan Cabrera-Trujillo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinne Miqueu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsorginorgau.5c00042" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975519v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Popek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Lefebvre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debrauwer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roubaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.4c03972" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04606248v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Matchavariani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cabrera-Trujillo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202400446" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04631759v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.3c04043" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757412v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Cihan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202315909" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759144v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2383-6620" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377233v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Clement-Comoy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.350" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666610v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav G Dake" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna P Kaliappan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c03327" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264724v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaqi Fang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouma&#239;ma Bekkouch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Zeiser" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurii Zubchuk" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.3c02622" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262928v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Itskanov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Wang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Junne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumi Sherriff" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Xiao" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-023-01337-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022814v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202300685" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252372v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;naic Rummler" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-2192-6996" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234753v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Legault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cahard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302914" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666617v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Van Laethem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Evano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24820/ark.5550190.p012.098" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262921v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brach" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Truong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurent" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.3c03052" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795794v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyang Zhang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1868-8092" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717188v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2022.132814" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358263v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tello Rubio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bugault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Baudon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Raynal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.733496" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357583v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Leito" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#228;rt Lokov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofja Tshepelevitsh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsorginorgau.1c00010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868667v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Turlik" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Prescimone" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c03556" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991822v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanpeng Liu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Yin Lam" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiqing Ye" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Ma" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000221" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03046953v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Colucci-Guyon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rifflet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Saint-Auret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle da Costa" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boucontet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008878" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991836v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Fouler" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Lanz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gallou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.oprd.0c00184" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323359v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Naranjo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunato Ferrara" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Demangel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara D&#8217;angelo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11060346" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079069v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangyi Qiu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Ting Chan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Lin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsun Lam Shek" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz Fung Tsang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2019.05.090" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323331v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioorg.2019.103203" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323236v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanghui Zong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhijian Hu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah O&#8217;keefe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dale Tranter" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Iannotti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.8b13506" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323304v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Tait" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Koh" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Tam" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2018-0444" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289563v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201900591" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323378v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gandon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salom&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.9b07037" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323280v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Theunissen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thilmany" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounsef Lahboubi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15227/orgsyn.096.0195" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153059v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bisseret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Abdelkafi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SC00780B" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159670v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duret" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2018.07.053" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168643v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Zuo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlet-Savary" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schmitt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Nou&#235;n" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PY00584B" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105042v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Donnard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2017.01.007" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153057v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Nouen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7QO00608J" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153056v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alysia Horvath" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.13.281" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161657v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Quinlan" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyang Yin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Martin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02986" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166539v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Chany" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Casarotto" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tresse" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Parmentier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2017.836" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161658v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201700986" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01666631v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guenin-Mac&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB01943B" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874519v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Neuburger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b00464" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007853v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Compain" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coste" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Demmer" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.160260" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081790v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoling Zuo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goddard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201600103" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-92VJST3F-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601397v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guissart" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dolbois" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1562518" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259242v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schweizer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0035-1561487" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01432024v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Baron" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Onerva Paatero" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Morel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Impens" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20160662" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01382767v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guenin-Mace" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aab0458" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017297v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sc02207j" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259241v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Erbland" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalevee" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Nou&#235;n" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3906/kim-1505-117" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875928v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Carlson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00397911.2015.1118124" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017008v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00579" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730658v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouhoute" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;caroline Chany" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201400057" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VRWZP144-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03320888v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Veyron-Churlet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Mayau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm5008819" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01848082v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jouvin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guissart" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laouiti" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC03198A" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460546v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Ali Tehfe" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ysacco" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cl&#233;ment" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201400197" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S5SD3WVL-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853043v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangcheng Pan" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vallet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Dahbi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delpech" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja403627k" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933829v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja4066267" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016765v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ob40997j" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799223v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Tschamber" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302009p" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392000v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.02.013" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXKWX1F6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999840v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Feliu" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vasseur" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harshita S Grover" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hamlet Chu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J Brown" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288252v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300050n" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020212v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ali Tehfe" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2533/chimia.2012.439" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234058v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuba Kavalli" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma301293m" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020217v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mz2001753" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460320v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fries" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0PY00392A" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880603v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Durham" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mandel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/V11-135" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234026v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Fouassier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith U. Ingold" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2011.05.055" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8THR5X2L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247063v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Tehfe" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Peter" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00289-011-0541-9" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-R9JC8GS3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042076v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Fouassier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100099" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N4QW282B-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234063v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/mz200140y" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241841v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Chemtob" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Belon" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Croutxe-Barghorn" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vidal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.21951" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258570v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Beniazza" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Desvergnes" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goverdhan Mehta" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo101945h" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042064v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100098" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HRN53M3Q-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128753v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Schmitt" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tarnus" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201102542" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MC7CBGFF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020222v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201101445" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3DWLMGHS-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471933v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmitt" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Poly" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1py00231g" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460319v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1PY00140J" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599801v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David-Louis Versace" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/poc.1762" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C54592C3AA80C5723FF4E98266E505230894A51E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422938v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Roz" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Souane" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408131v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ali Tehfe" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Allonas" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/poc.1549(2009)" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292718v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335788v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fouassier" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292708v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730303v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delm&#233;e" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Charton" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781032670997-9" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730294v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiaolan Yang" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diksha Singh" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781032670997" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358269v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;c Rummler" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818655-8.00150-5" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078900v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740628v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El-Roz" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795805v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326569v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323896v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326570v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541280v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Hamon" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Al Lakkis-Wehbe" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Eustache" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>