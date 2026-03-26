--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -312,1468 +312,2035 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transforming gradient-based techniques into interpretable methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
+                <w:t xml:space="preserve">Cyberattack detection through GPML: Graph Processing for Machine Learnin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Parrend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SoftwareX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04414672v2</w:t>
+                <w:t xml:space="preserve">hal-05213762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing PC n-Manifolds and P-well-composedness in Partially Ordered Sets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unsupervised discovery of Interpretable Visual Concepts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10851-023-01159-6⟩</w:t>
+              <w:t xml:space="preserve">Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 661, pp.120159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ins.2024.120159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579595v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190721v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some equivalence relation between persistent homology and morphological dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transforming gradient-based techniques into interpretable methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10851-022-01104-z⟩</w:t>
+              <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 184, pp.66-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patrec.2024.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03676854v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414672v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Intensity Order Transformation for Robust Curvilinear Object Segmentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tianyi Shi</w:t>
+                <w:t xml:space="preserve">Discrete Morse Functions and Watersheds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIP.2022.3155954⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65, pp.787--801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-023-01157-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579617v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03928064v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous Well-Composedness Implies Digital Well-Composedness in n-D</w:t>
+                <w:t xml:space="preserve">Introducing PC n-Manifolds and P-well-composedness in Partially Ordered Sets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 64 (2), pp.131-150. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10851-021-01058-8⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 66, pp.1--21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-023-01159-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03575456v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong Euler well-composedness</w:t>
+                <w:t xml:space="preserve">Some equivalence relation between persistent homology and morphological dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Paluzo-Hildago</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Combinatorial Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10878-021-00837-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64, pp.807--824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-022-01104-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871345v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalence between Digital Well-Composedness and Well-Composedness in the Sense of Alexandrov on n-D Cubical Grids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local Intensity Order Transformation for Robust Curvilinear Object Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianyi Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10851-020-00988-z⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31, pp.2557--2569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIP.2022.3155954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02990817v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological Properties of the First Non-Local Digitally Well-Composed Interpolation on n-D Cubical Grids</w:t>
+                <w:t xml:space="preserve">Continuous Well-Composedness Implies Digital Well-Composedness in n-D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 62 (9), pp.1256-1284. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10851-020-00989-y⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 64 (2), pp.131-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-021-01058-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02990810v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03575456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weakly well-composed cell complexes over nD pictures</w:t>
+                <w:t xml:space="preserve">Strong Euler well-composedness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maria-Jose Jimenez</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Jose J Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Paluzo-Hildago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ins.2018.06.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Combinatorial Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44 (4), pp.3038-3055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10878-021-00837-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871225v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connected filters on generalized shape-Spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep learning for detection and segmentation of artefact and disease instances in gastrointestinal endoscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sharib Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Duy Huỳnh</w:t>
+                <w:t xml:space="preserve">Mariia Dmitrieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Huỳnh</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Noha Ghatwary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Bano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gorkem Polat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patrec.2019.09.018⟩</w:t>
+              <w:t xml:space="preserve">Medical Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 70, pp.102002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.media.2021.102002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871384v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Make n-D Plain Maps defined on Discrete Surfaces Alexandrov-Well-Composed in a Self-dual Way</w:t>
+                <w:t xml:space="preserve">Equivalence between Digital Well-Composedness and Well-Composedness in the Sense of Alexandrov on n-D Cubical Grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 61, pp.849-973. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10851-019-00873-4⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 62 (9), pp.1285-1333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-020-00988-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02005579v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02990817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Tutorial on Well-Composedness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A minimum barrier distance for multivariate images with applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Ôn Vũ Ngọc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer Vision and Image Understanding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 197-198, pp.102993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cviu.2020.102993⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04873027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Topological Properties of the First Non-Local Digitally Well-Composed Interpolation on n-D Cubical Grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 62 (9), pp.1256-1284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-020-00989-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02990810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connected filters on generalized shape-Spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Duy Huỳnh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 128, pp.348-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patrec.2019.09.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to Make n-D Plain Maps defined on Discrete Surfaces Alexandrov-Well-Composed in a Self-dual Way</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 61, pp.849-973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10851-019-00873-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weakly well-composed cell complexes over nD pictures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Jose Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 499, pp.62-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ins.2018.06.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Tutorial on Well-Composedness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mathematical Imaging and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2018, 60 (3), pp.443-478. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10851-017-0769-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01609892v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Found in Translation: semantic approaches for enhancing AI interpretability in face verification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Doh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matei Mancas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04864048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging Human Concepts and Computer Vision for Explainable Face Verification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Doh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1781,2297 +2348,4045 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matei Mancas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04416562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">BuyTheDips: PathLoss for improved topology-preserving deep learning-based image segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vũ Ngọc Minh Ôn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yizi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Proof of the Tree of Shapes in n-D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Crozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph-Based Spectral Analysis for Detecting Cyber Attacks</w:t>
+                <w:t xml:space="preserve">Spectral Graph Analysis of Bipartite Graphs for Advanced Attack Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majed Jaber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Parrend</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Parrend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Availability, Reliability and Security (ARES'24)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Interdisciplinary Cybersecurity Conference (EICC25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599705v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residual 3D U-Net with Localization for Brain Tumor Segmentation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lucien Martin-Gaffé</w:t>
+                <w:t xml:space="preserve">Spectral Analysis for Attack Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Jaber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Parrend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International MICCAI Brainlesion Workshop</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">RESSI (Rendez-Vous de la Recherche et de l'Enseignement de la Sécurité des Systèmes d'Information), Eppe-Sauvage, France, mai 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Eppe-Sauvage, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579593v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradients Intégrés Renforcés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
+                <w:t xml:space="preserve">Graph-Based Spectral Analysis for Detecting Cyber Attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Jaber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Parrend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explain'AI - EGC Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Conference on Availability, Reliability and Security (ARES'24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Vienne, Austria. pp.23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3664476.3664498⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579609v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Efficient Cascade of U-Net-like Convolutional Neural Networks devoted to Brain Tumor Segmentation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural and spectral analysis of dynamic graphs for attack detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Parrend</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BrainLes 2022: Brainlesion: Glioma, Multiple Sclerosis, Stroke and Traumatic Brain Injuries</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PFIA/RJCIA conference, Strasbourg, France, mai 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579594v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04103055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient Vector Fields of Discrete Morse Functions and Watershed-cuts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards attack detection in traffic data based on spectral graph analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Parrend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DGMM 2022 -- IAPR Second International Conference on Discrete Geometry and Mathematical Morphology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Complex Computational Ecosystems 2023 (CCE'23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Bakou, Azerbaïdjan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03614850v2</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04103064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology-Aware Method to Segment 3D Plan Tissue Images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Ôn Vũ Ngoc</w:t>
+                <w:t xml:space="preserve">Gradients Intégrés Renforcés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th Conference on Neural Information Processing Systems, AI for Science Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">Explain'AI - EGC Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579611v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual xAI techniques</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An Efficient Cascade of U-Net-like Convolutional Neural Networks devoted to Brain Tumor Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Deloges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Canton-Bacara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaätan Pusel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Pinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Jeunes Chercheuses et Chercheurs en Informatique Mathématique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BrainLes 2022: Brainlesion: Glioma, Multiple Sclerosis, Stroke and Traumatic Brain Injuries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Singapore, Singapore. pp.149--161, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-33842-7_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03709709v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FOANet: A Focus of Attention Network with Application to Myocardium Segmentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhou Zhao</w:t>
+                <w:t xml:space="preserve">Residual 3D U-Net with Localization for Brain Tumor Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Demoustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Khemir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Duon Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Martin-Gaffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 25th International Conference on Pattern Recognition (ICPR)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICPR48806.2021.9412016⟩</w:t>
+              <w:t xml:space="preserve">International MICCAI Brainlesion Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, virtual event, Unknown Region. pp.389--399, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-08999-2_33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579622v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Matching Algorithm between Trees of Shapes and its Application to Brain Tumor Segmentation</w:t>
+                <w:t xml:space="preserve">Gradient Vector Fields of Discrete Morse Functions and Watershed-cuts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the IAPR International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-76657-3_4⟩</w:t>
+              <w:t xml:space="preserve">DGMM 2022 -- IAPR Second International Conference on Discrete Geometry and Mathematical Morphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Étienne Baudrier; Benoît Naegel; Adrien Krähenbühl; Mohamed Tajine, Oct 2022, Strasbourg, France. pp.1--13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-19897-7_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579591v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614850v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Equivalence Relation between Morphological Dynamics and Persistent Homology in n-D</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topology-Aware Method to Segment 3D Plan Tissue Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Ôn Vũ Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Najman</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">36th Conference on Neural Information Processing Systems, AI for Science Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03171063v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do not Treat Boundaries and Regions Differently: An Example on Heart Left Atrial Segmentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhou Zhao</w:t>
+                <w:t xml:space="preserve">Visual xAI techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mazini Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 25th International Conference on Pattern Recognition (ICPR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ecole Jeunes Chercheuses et Chercheurs en Informatique Mathématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de la Modélisation, de la Simulation et des Interactions [MSI], Jun 2022, Nice, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579623v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of the Tree of Shapes to Additive Noise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introducing the Boundary-Aware loss for deep image segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Ôn Vû Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yizi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Chazalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the IAPR International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">British Machine Vision Conference (BMVC) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Virtual, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579592v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03417244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stacked and parallel U-nets with multi-output for myocardial pathology segmentation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A New Matching Algorithm between Trees of Shapes and its Application to Brain Tumor Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Élodie Puybareau</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Myocardial Pathology Segmentation Combining Multi-Sequence CMR Challenge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-65651-5_13⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the IAPR International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Uppsala, Sweden. pp.67--78, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-76657-3_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579618v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Separated Inputs for Multimodal Brain Tumor Segmentation with 3D U-Net-like Architectures</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FOANet: A Focus of Attention Network with Application to Myocardium Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhou Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Puybareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brainlesion: Glioma, Multiple Sclerosis, Stroke and Traumatic Brain Injuries: 5th International Workshop,</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-46640-4_18⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the 25th International Conference on Pattern Recognition (ICPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Milan, Italy. pp.1120--1127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICPR48806.2021.9412016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04580407v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two-Stage Temporal-Like Fully Convolutional Network Framework for Left Ventricle Segmentation and Quantification on MR Images</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Do not Treat Boundaries and Regions Differently: An Example on Heart Left Atrial Segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhou Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistical Atlases and Computational Models of the Heart. Multi-Sequence CMR Segmentation, CRT-EPiggy and LV Full Quantification Challenges−-10th International Workshop, STACOM 2019, Held in Conjunction with MICCAI 2019, Shenzhen, China, October 13, 2019, Revised Selected Papers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-39074-7_42⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the 25th International Conference on Pattern Recognition (ICPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Milan, Italy. pp.7447--7453, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICPR48806.2021.9412755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579620v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euler Well-Composedness</w:t>
+                <w:t xml:space="preserve">An Equivalence Relation between Morphological Dynamics and Persistent Homology in n-D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Paluzo-Hildago</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combinatorial Image Analysis: Proceedings of the 20th International Workshop (IWCIA 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Uppsala, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579590v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One More Step Towards Well-Composedness of Cell Complexes over n-D Pictures</w:t>
+                <w:t xml:space="preserve">Stability of the Tree of Shapes to Additive Noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maria-Jose Jimenez</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tochon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 21st International Conference on Discrete Geometry for Computer Imagery (DGCI)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-14085-4_9⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the IAPR International Conference on Discrete Geometry and Mathematical Morphology (DGMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Uppsala, Sweden. pp.365--377, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-76657-3_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579589v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pseudo-distance du dahu</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Using Separated Inputs for Multimodal Brain Tumor Segmentation with 3D U-Net-like Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chazalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Puybareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Talbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brainlesion: Glioma, Multiple Sclerosis, Stroke and Traumatic Brain Injuries: 5th International Workshop,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Shenzhen, China. pp.187-199, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-46640-4_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866710v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A Two-Stage Temporal-Like Fully Convolutional Network Framework for Left Ventricle Segmentation and Quantification on MR Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhou Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Puybareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Statistical Atlases and Computational Models of the Heart. Multi-Sequence CMR Segmentation, CRT-EPiggy and LV Full Quantification Challenges−-10th International Workshop, STACOM 2019, Held in Conjunction with MICCAI 2019, Shenzhen, China, October 13, 2019, Revised Selected Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Shenzhen, China. pp.405--413, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-39074-7_42⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacked and parallel U-nets with multi-output for myocardial pathology segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhou Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Puybareau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Myocardial Pathology Segmentation Combining Multi-Sequence CMR Challenge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lima, Peru. pp.138--145, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-65651-5_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A 4D counter-example showing that DWCness does not imply CWCness in n-D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Combinatorial Image Analysis. IWCIA 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Novi Sad, Serbia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-51002-2_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Euler Well-Composedness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Jose Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Paluzo-Hildago</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Combinatorial Image Analysis: Proceedings of the 20th International Workshop (IWCIA 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Novi Sad, Serbia. pp.3--19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-51002-2_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Equivalence Relation between Morphological Dynamics and Persistent Homology in 1D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Morphology and Its Applications to Signal and Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Burgeth, Bernhard; Kleefeld, Andreas; Naegel, Benoît; Passat, Nicolas; Perret, Benjamin, 2019, Strasbourg, France. pp.57-68, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-20867-7_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01978607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">One More Step Towards Well-Composedness of Cell Complexes over n-D Pictures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Gonzalez-Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Jose Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 21st International Conference on Discrete Geometry for Computer Imagery (DGCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Marne-la-Vallée, France. pp.101--114, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-14085-4_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pseudo-distance du dahu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORASIS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GREYC, Jun 2017, Colleville-sur-Mer, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introducing the Dahu Pseudo-Distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongchao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Symposium on Mathematical Morphology (ISMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Fontainebleau, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-57240-6_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Well-composedness in Alexandrov spaces implies digital well-composedness in Z^n</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th IAPR International Conference on Discrete Geometry for Computer Imagery (DGCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Well-Composedness in Alexandrov Spaces Implies Digital Well-Composedness in $\mathbb {Z}^n$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Najman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Conference on Discrete Geometry for Computer Imagery (DGCI 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Vienne, Austria. pp.225-237, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-66272-5_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01586418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to make nD images Well-composed without interpolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Quebec City, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIP.2015.7351181⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01134166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to Make nD Functions Digitally Well-Composed in a Self-dual Way</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Morphology and Its Applications to Signal and Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Benediktsson, J.A.; Chanussot, J.; Najman, L.; Talbot, H., May 2015, Reykjavik, Iceland. pp.561-572, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-18720-4_47⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01168723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On making nD images well-composed by a self-dual local interpolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th IAPR International Conference, DGCI 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Sienna, Italy. pp.320-331, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-09955-2_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01071624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Standardised procedures for ultrasound imaging in paediatric rheumatology: progress of EULAR/PRES task force.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Vojinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paz Collado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Janta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loreto Carmona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Malattia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual European Congress of Rheumatology, EULAR 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Amsterdam, Netherlands. Annals of the Rheumatic Diseases, The EULAR Journal, 77, pp.476</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Study of Well-composedness in n-D.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Modeling and Simulation. Université Paris-Est, 2016. English. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2016PESC1025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-01531035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">About the equivalence between AWCness and DWCness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Najman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] LIGM - Laboratoire d'Informatique Gaspard-Monge; LRDE - Laboratoire de Recherche et de Développement de l'EPITA. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01375621v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId157"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4218,51 +6533,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614933v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazini Rodrigues" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boutry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Najman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280132v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Jaber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Michel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parrend" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2025.102308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414672v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2024.06.006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579595v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-023-01159-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676854v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-022-01104-z" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579617v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Shi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongchao Xu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2022.3155954" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575456v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Gonzalez-Diaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-021-01058-8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871345v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose J Jimenez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Paluzo-Hildago" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-021-00837-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990817v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00988-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990810v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00989-y" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871225v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose Jimenez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2018.06.005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871384v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Duy Hu&#7923;nh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hu&#7923;nh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.09.018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005579v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-019-00873-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609892v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-017-0769-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864048v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Doh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutry" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Najman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei Mancas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416562v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690353v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Crozet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599705v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3664498" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579593v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Demoustier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Khemir" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Duon Nguyen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Martin-Gaff&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-08999-2_33" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579609v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579594v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouchet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Deloges" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Canton-Bacara" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#228;tan Pusel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pinot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33842-7_13" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614850v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bertrand" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579611v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#361; Ngoc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fabrizio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709709v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579622v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Zhao" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Puybareau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171063v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579623v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412755" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579592v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tochon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_26" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579618v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-65651-5_13" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580407v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chazalon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Puybareau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tochon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Talbot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46640-4_18" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579620v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39074-7_42" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579590v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51002-2_1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579589v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-14085-4_9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866710v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586418v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66272-5_19" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614933v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazini Rodrigues" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boutry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Najman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280132v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Jaber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Michel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parrend" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2025.102308" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213762v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190721v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2024.120159" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414672v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2024.06.006" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928064v3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bertrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-023-01157-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579595v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-023-01159-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676854v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-022-01104-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579617v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyi Shi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongchao Xu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2022.3155954" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575456v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Gonzalez-Diaz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-021-01058-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871345v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose J Jimenez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Paluzo-Hildago" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-021-00837-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251181v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharib Ali" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Dmitrieva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Ghatwary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Bano" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorkem Polat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2021.102002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990817v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00988-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873027v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#361; Ng&#7885;c" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fabrizio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cviu.2020.102993" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990810v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-020-00989-y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871384v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Duy Hu&#7923;nh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2019.09.018" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005579v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-019-00873-4" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871225v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose Jimenez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2018.06.005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609892v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10851-017-0769-6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864048v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Doh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutry" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Najman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei Mancas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416562v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725431v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#361; Ng&#7885;c Minh &#212;n" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizi Chen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mallet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690353v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Crozet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038776v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510385v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599705v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3664476.3664498" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103055v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103064v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579609v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579594v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bouchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Deloges" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Canton-Bacara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#228;tan Pusel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pinot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33842-7_13" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579593v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Demoustier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Khemir" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Duon Nguyen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Martin-Gaff&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-08999-2_33" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614850v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-19897-7_4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579611v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#361; Ngoc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709709v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417244v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#251; Ngoc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chazalon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579591v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579622v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhou Zhao" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Puybareau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412016" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579623v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR48806.2021.9412755" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171063v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579592v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tochon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76657-3_26" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580407v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chazalon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Puybareau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tochon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Talbot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46640-4_18" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579620v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39074-7_42" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579618v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-65651-5_13" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455798v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51002-2_6" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579590v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51002-2_1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978607v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20867-7_5" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579589v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-14085-4_9" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866710v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01476258v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57240-6_5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01744455v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586418v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66272-5_19" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134166v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351181" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168723v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18720-4_47" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071624v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09955-2_27" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829469v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Vojinovic" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paz Collado" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Janta" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loreto Carmona" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Malattia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01531035v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PESC1025" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01375621v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>