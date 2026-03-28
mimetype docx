--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -118,295 +118,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Switching From Immediate- or Prolonged-Release to Once-Daily Extended-Release Tacrolimus (LCPT) on Tremor in Stable Kidney Transplant Recipients: The Observational ELIT Study</w:t>
+                <w:t xml:space="preserve">(1-3)-ß-D-glucan for the diagnosis of Nocardia infection in solid organ transplant recipients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Giral</w:t>
+                <w:t xml:space="preserve">Margot Paumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Grimbert</w:t>
+                <w:t xml:space="preserve">Julien Coussement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Morin</w:t>
+                <w:t xml:space="preserve">Marie Matignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cécile Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 37, pp.11571. </w:t>
+              <w:t xml:space="preserve">Diagnostic Microbiology and Infectious Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 108 (4), pp.116184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/ti.2024.11571⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.diagmicrobio.2024.116184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266708v1</w:t>
+                <w:t xml:space="preserve">hal-05491152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(1-3)-ß-D-glucan for the diagnosis of Nocardia infection in solid organ transplant recipients</w:t>
+                <w:t xml:space="preserve">Impact of Switching From Immediate- or Prolonged-Release to Once-Daily Extended-Release Tacrolimus (LCPT) on Tremor in Stable Kidney Transplant Recipients: The Observational ELIT Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Paumier</w:t>
+                <w:t xml:space="preserve">Magali Giral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Coussement</w:t>
+                <w:t xml:space="preserve">Philippe Grimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Matignon</w:t>
+                <w:t xml:space="preserve">Baptiste Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Chauvet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bouvier</w:t>
+                <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostic Microbiology and Infectious Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 108 (4), pp.116184. </w:t>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37, pp.11571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.diagmicrobio.2024.116184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/ti.2024.11571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491152v1</w:t>
+                <w:t xml:space="preserve">hal-05266708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The FcγRIIIA-158 VV genotype increased the risk of post-transplant lymphoproliferative disorder in T-cell-depleted kidney transplant recipients – a retrospective study</w:t>
               </w:r>
@@ -686,51 +686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Roland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -803,51 +803,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification by GC-O and GC-MS of new odorous compounds in natural rubber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niramol Juntarachat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Lepoutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1007,51 +1007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Rigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1132,51 +1132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bloem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Rigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1218,51 +1218,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des composés d’arômes dans les vins : l’exemple du sotolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Lepoutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1495,51 +1495,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266708v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Giral" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grimbert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Buchler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2024.11571" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491152v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Paumier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Coussement" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Matignon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chauvet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2024.116184" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02638433v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lajoie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Stojanova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Halimi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13624" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02444985v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Jaureguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garrouste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Sayegh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000003055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606005v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Caille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roland" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.08.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672465v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niramol Juntarachat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Lepoutre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sainte-Beuve" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.39356" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L7S0RXCW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605426v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Johansson Filote" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lorenzi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603624v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804717v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Lepoutre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491152v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Paumier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Coussement" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Matignon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chauvet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2024.116184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266708v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Giral" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grimbert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Buchler" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2024.11571" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02638433v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lajoie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Stojanova" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Halimi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13624" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02444985v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Jaureguy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garrouste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Sayegh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000003055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606005v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Caille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roland" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Samson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.08.001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672465v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niramol Juntarachat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Lepoutre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sainte-Beuve" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.39356" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L7S0RXCW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605426v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Johansson Filote" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bloem" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lorenzi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rigou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603624v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804717v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Lepoutre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>