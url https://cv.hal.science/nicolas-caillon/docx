--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,8206 +66,8457 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (60)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (62)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen in the Orgueil meteorite: Abundant ammonium among other reservoirs of variable isotopic compositions</w:t>
+                <w:t xml:space="preserve">Open Path Incoherent Broadband Cavity Enhanced Absorption Spectrometer for in situ measurement of nitrogen oxides, iodine oxide, and glyoxal in the atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Laize-Générat</w:t>
+                <w:t xml:space="preserve">Filip Pastierovič</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lison Soussaintjean</w:t>
+                <w:t xml:space="preserve">Roberto Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Poch</w:t>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Bonal</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.10.001⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 19 (5), pp.1943-1950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/amt-19-1943-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759968v1</w:t>
+                <w:t xml:space="preserve">hal-05557699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling Urban NO&amp;lt;sub&amp;gt;&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt; Emission Sources in Polluted Arctic Wintertime Using NO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Nitrogen Isotopes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preparation and Calibration of 17 O-Enriched Nitrite Isotope Standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Albertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slimane Bekki</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Zhuang Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathy S Law</w:t>
+                <w:t xml:space="preserve">Jiayu Duan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 129 (20), pp.e2024JD041842. </w:t>
+              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024jd041842⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.5c00399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04747838v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diurnal variations in oxygen and nitrogen isotopes of atmospheric nitrogen dioxide and nitrate: implications for tracing NOx oxidation pathways and emission sources</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Nitrogen in the Orgueil meteorite: Abundant ammonium among other reservoirs of variable isotopic compositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Laize-Générat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lison Soussaintjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Poch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Savarino</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Roberto Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-24-1361-2024⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 387, pp.111-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04095457v2</w:t>
+                <w:t xml:space="preserve">hal-04759968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multitracer approach towards an improved understanding of shallow hard rock aquifers and a more sustainable groundwater management, case of Yaounde, Cameroon</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Celle</w:t>
+                <w:t xml:space="preserve">Unraveling Urban NO&amp;lt;sub&amp;gt;&amp;lt;i&amp;gt;x&amp;lt;/i&amp;gt;&amp;lt;/sub&amp;gt; Emission Sources in Polluted Arctic Wintertime Using NO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Nitrogen Isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Albertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Nlend</w:t>
+                <w:t xml:space="preserve">Slimane Bekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ngo Boum-Nkot</w:t>
+                <w:t xml:space="preserve">Natalie Brett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ako</w:t>
+                <w:t xml:space="preserve">Kathy S Law</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 82 (4), pp.106. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (20), pp.e2024JD041842. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12665-023-10783-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024jd041842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04272371v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04747838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mont Blanc ice core data for NH3 source investigation in Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diurnal variations in oxygen and nitrogen isotopes of atmospheric nitrogen dioxide and nitrate: implications for tracing NOx oxidation pathways and emission sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Albertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Bekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Lamothe</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anja Eichler</w:t>
+                <w:t xml:space="preserve">Albane Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Grilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Zenodo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.10055461⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (2), pp.1361-1388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-24-1361-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04802889v1</w:t>
+                <w:t xml:space="preserve">insu-04095457v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An extraction method for nitrogen isotope measurement of ammonium in a low-concentration environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Lamothe</w:t>
+                <w:t xml:space="preserve">Multitracer approach towards an improved understanding of shallow hard rock aquifers and a more sustainable groundwater management, case of Yaounde, Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Fongoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Celle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Nlend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Savarino</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lison Soussaintjean</w:t>
+                <w:t xml:space="preserve">S. Ngo Boum-Nkot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Gautier</w:t>
+                <w:t xml:space="preserve">A. Ako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (17), pp.4015-4030. </w:t>
+              <w:t xml:space="preserve">Environmental Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 82 (4), pp.106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/amt-16-4015-2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12665-023-10783-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310338v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NH4_method_in_low_concentrated_environment-size_correction_and_calibration_scripts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Mont Blanc ice core data for NH3 source investigation in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pete Akers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ginot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elsa Gautier</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Albertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Eichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Zenodo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://doi.org/10.5281/zenodo.7728982. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.7728982⟩</w:t>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.10055461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04802926v1</w:t>
+                <w:t xml:space="preserve">hal-04802889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Summer variability of the atmospheric NO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; : NO ratio at Dome C on the East Antarctic Plateau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albane Barbero</w:t>
+                <w:t xml:space="preserve">NH4_method_in_low_concentrated_environment-size_correction_and_calibration_scripts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ginot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Grilli</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Detlev Helmig</w:t>
+                <w:t xml:space="preserve">Lison Soussaintjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Zenodo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://doi.org/10.5281/zenodo.7728982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7728982⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-22-12025-2022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04306835v1</w:t>
+                <w:t xml:space="preserve">hal-04802926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunlight-driven nitrate loss records Antarctic surface mass balance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Le Meur</w:t>
+                <w:t xml:space="preserve">An extraction method for nitrogen isotope measurement of ammonium in a low-concentration environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ginot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lison Soussaintjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-31855-7⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (17), pp.4015-4030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/amt-16-4015-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877291v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04310338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photolytic modification of seasonal nitrate isotope cycles in East Antarctica</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Sunlight-driven nitrate loss records Antarctic surface mass balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pete Akers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Servettaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Magand</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Le Meur</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (24), pp.15637-15657. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.4274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-22-15637-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-31855-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04418360v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement report: Nitrogen isotopes (δ&amp;lt;sup&amp;gt;15&amp;lt;/sup&amp;gt;N) and first quantification of oxygen isotope anomalies (Δ&amp;lt;sup&amp;gt;17&amp;lt;/sup&amp;gt;O, δ&amp;lt;sup&amp;gt;18&amp;lt;/sup&amp;gt;O) in atmospheric nitrogen dioxide</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Summer variability of the atmospheric NO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; : NO ratio at Dome C on the East Antarctic Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Grilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus M Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Blouzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detlev Helmig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 21 (13), pp.10477-10497. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-21-10477-2021⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 22 (18), pp.12025-12054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-22-12025-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03066334v3</w:t>
+                <w:t xml:space="preserve">hal-04306835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New estimation of NO x snow-source on the Antarctic Plateau for a better global model parameterization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Frey</w:t>
+                <w:t xml:space="preserve">Photolytic modification of seasonal nitrate isotope cycles in East Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pete Akers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Picard</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Magand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 126 (20), </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (24), pp.15637-15657. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021JD035062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-22-15637-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03402244v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04418360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratospheric ozone changes from explosive tropical volcanoes: Modelling and ice core constraints</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measurement report: Nitrogen isotopes (δ&amp;lt;sup&amp;gt;15&amp;lt;/sup&amp;gt;N) and first quantification of oxygen isotope anomalies (Δ&amp;lt;sup&amp;gt;17&amp;lt;/sup&amp;gt;O, δ&amp;lt;sup&amp;gt;18&amp;lt;/sup&amp;gt;O) in atmospheric nitrogen dioxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Albertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Bekki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019jd032290⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (13), pp.10477-10497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-21-10477-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03402301v1</w:t>
+                <w:t xml:space="preserve">insu-03066334v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A compact incoherent broadband cavity-enhanced absorption spectrometer for trace detection of nitrogen oxides, iodine oxide and glyoxal at levels below parts per billion for field applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">New estimation of NO x snow-source on the Antarctic Plateau for a better global model parameterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Dommergue</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blouzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/amt-13-4317-2020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (20), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JD035062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03042590v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deposition, recycling, and archival of nitrate stable isotopes between the air–snow interface: comparison between Dronning Maud Land and Dome C, Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Holly L. Holly L Winton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Ming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Holly L. Holly L Winton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+                <w:t xml:space="preserve">Lisa Hauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna E Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20 (9), pp.5861 - 5885. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-20-5861-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03402284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intercomparison measurements of two 33 S-enriched sulfur isotope standards</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratospheric ozone changes from explosive tropical volcanoes: Modelling and ice core constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Ming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Holly L. Winton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Geng</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Savarino</w:t>
+                <w:t xml:space="preserve">James Keeble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Caillon</w:t>
+                <w:t xml:space="preserve">Nathan L Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gautier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Farquhar</w:t>
+                <w:t xml:space="preserve">Mohit C Dalvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8ja00451j⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019jd032290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02179729v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2600-years of stratospheric volcanism through sulfate isotopes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Caillon</w:t>
+                <w:t xml:space="preserve">A compact incoherent broadband cavity-enhanced absorption spectrometer for trace detection of nitrogen oxides, iodine oxide and glyoxal at levels below parts per billion for field applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Barbero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Blouzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-08357-0⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (8), pp.4317-4331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/amt-13-4317-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350375v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03042590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foliar uptake of atmospheric nitrate by two dominant subalpine plants: insights from in situ triple‐isotope analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intercomparison measurements of two 33 S-enriched sulfur isotope standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilann Bourgeois</w:t>
+                <w:t xml:space="preserve">E. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Clement</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Farquhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 223 (4), pp.1784-1794. </w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (6), pp.1263-1271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.15761⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c8ja00451j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350376v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02179729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric nitrate export in streams along a montane to urban gradient</w:t>
+                <w:t xml:space="preserve">2600-years of stratospheric volcanism through sulfate isotopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilann Bourgeois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joel Savarino</w:t>
+                <w:t xml:space="preserve">E. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Nemery</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sarah Albertin</w:t>
+                <w:t xml:space="preserve">J. Hoek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Erbland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.03.141⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-08357-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350367v1</w:t>
+                <w:t xml:space="preserve">hal-02350375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing the Fate of Atmospheric Nitrate in a Subalpine Watershed Using Δ17 O</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Foliar uptake of atmospheric nitrate by two dominant subalpine plants: insights from in situ triple‐isotope analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilann Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Savarino</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.7b02395⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 223 (4), pp.1784-1794. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.15761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801964v2</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple and reliable method reducing sulfate to sulfide for multiple sulfur isotope analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Atmospheric nitrate export in streams along a montane to urban gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilann Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Cartigny</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Albertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 32 (4), pp.333-341. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 633, pp.329-340. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rcm.8048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.03.141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02187037v2</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal variations of triple oxygen isotopic compositions of atmospheric sulfate, nitrate, and ozone at Dumont d'Urville, coastal Antarctica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tracing the Fate of Atmospheric Nitrate in a Subalpine Watershed Using Δ17 O</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilann Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sakiko Ishino</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Susanne Preunkert</w:t>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-17-3713-2017⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 52 (10), pp.5561 - 5570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.7b02395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04418361v1</w:t>
+                <w:t xml:space="preserve">hal-01801964v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mg/Ca thermometry in planktic foraminifera: Improving paleotemperature estimations for G. bulloides and N. pachyderma left</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seasonal variations of triple oxygen isotopic compositions of atmospheric sulfate, nitrate, and ozone at Dumont d'Urville, coastal Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakiko Ishino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shohei Hattori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Vázquez Riveiros</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Michel</w:t>
+                <w:t xml:space="preserve">Susanne Preunkert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015GC006234⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (5), pp.3713-3727. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-17-3713-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01388742v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04418361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated system measuring triple oxygen and nitrogen isotope ratios in nitrate using the bacterial method and N 2 O decomposition by microwave discharge</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">A simple and reliable method reducing sulfate to sulfide for multiple sulfur isotope analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jens Dyckmans</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara A Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cartigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 30 (24), pp.2635-2644. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rcm.7747⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 32 (4), pp.333-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.8048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04765508v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02187037v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen isotope mass balance of atmospheric nitrate at Dome C, East Antarctica, during the OPALE campaign</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joël Savarino</w:t>
+                <w:t xml:space="preserve">Mg/Ca thermometry in planktic foraminifera: Improving paleotemperature estimations for G. bulloides and N. pachyderma left</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Vázquez Riveiros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Govin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Waelbroeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Mackensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William C. Vicars</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bruno Jourdain</w:t>
+                <w:t xml:space="preserve">Elisabeth Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-16-2659-2016⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (4), pp.1249-1264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015GC006234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01282571v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01388742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen isotope mass balance of atmospheric nitrate at Dome C, East Antarctica, during the OPALE campaign</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Automated system measuring triple oxygen and nitrogen isotope ratios in nitrate using the bacterial method and N 2 O decomposition by microwave discharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shohei Hattori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Legrand</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuki Kamezaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Preunkert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Jourdain</w:t>
+                <w:t xml:space="preserve">Sakiko Ishino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Dyckmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acpd-15-24041-2015⟩</w:t>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 30 (24), pp.2635-2644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.7747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03577055v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04765508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of 240 ka long organic carbon and carbonate records along a depth transect in the Timor Sea: Primary signals versus preservation changes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxygen isotope mass balance of atmospheric nitrate at Dome C, East Antarctica, during the OPALE campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William C. Vicars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Liu</w:t>
+                <w:t xml:space="preserve">Michel Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Baudin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+                <w:t xml:space="preserve">Suzanne Preunkert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2013PA002539⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (4), pp.2659-2673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-2659-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01059545v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01282571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interlaboratory study for coral Sr/Ca and other element/Ca ratio measurements</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ryuji Asami</w:t>
+                <w:t xml:space="preserve">Oxygen isotope mass balance of atmospheric nitrate at Dome C, East Antarctica, during the OPALE campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Savarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Vicars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Preunkert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ggge.20230⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15, pp.24041-24083. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acpd-15-24041-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01495290v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03577055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-phase change in CO2, Antarctic temperature and global climate during Termination II</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
+                <w:t xml:space="preserve">Comparison of 240 ka long organic carbon and carbonate records along a depth transect in the Timor Sea: Primary signals versus preservation changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Dewilde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ngeo1985⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.389-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2013PA002539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02396021v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mg/Ca-paleothermometry in the western Mediterranean Sea on planktonic foraminifer species Globigerina bulloides: Constraints and implications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Duplessy</w:t>
+                <w:t xml:space="preserve">Interlaboratory study for coral Sr/Ca and other element/Ca ratio measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed C. Hathorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Felis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jess Adkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryuji Asami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2012.02.001⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 14 (9), pp.3730 - 3750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ggge.20230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02917095v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01495290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-latitude obliquity as a dominant forcing in the Agulhas current system</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Laepple</w:t>
+                <w:t xml:space="preserve">Two-phase change in CO2, Antarctic temperature and global climate during Termination II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dreyfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Capron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/cp-7-1285-2011⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (12), pp.1062-1065. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ngeo1985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03201655v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02396021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further constraints on the diagenetic influences and salinity effect on Globigerinoides ruber (white) Mg/Ca thermometry : implications in the Mediterranean Sea</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Rebaubier</w:t>
+                <w:t xml:space="preserve">Mg/Ca-paleothermometry in the western Mediterranean Sea on planktonic foraminifer species Globigerina bulloides: Constraints and implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nejib Kallel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labeyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Duplessy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2011GC003675⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 344 (5), pp.267-276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2012.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00640730v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagenetic Mg-rich calcite in Mediterranean sediments: Quantification and impact on foraminiferal Mg/Ca thermometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Further constraints on the diagenetic influences and salinity effect on Globigerinoides ruber (white) Mg/Ca thermometry : implications in the Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sabbatini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">F. Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">S. Boussetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J. Nouet</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Negri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Rebaubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2010.12.011⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (10), pp.Q1005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2011GC003675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02921830v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00640730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Further constraints on the diagenetic influences and salinity effect on Globigerinoides ruber (white) Mg/Ca thermometry: Implications in the Mediterranean Sea</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Rebaubier</w:t>
+                <w:t xml:space="preserve">Diagenetic Mg-rich calcite in Mediterranean sediments: Quantification and impact on foraminiferal Mg/Ca thermometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sabbatini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Nouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2011GC003675⟩</w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 280 (1-4), pp.195-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2010.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917314v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The monsoon imprint during the ‘atypical’ MIS 13 as seen through north and equatorial Indian Ocean records</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-latitude obliquity as a dominant forcing in the Agulhas current system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Caley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-H. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Malaizé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Caley</w:t>
+                <w:t xml:space="preserve">J. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Malaizé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+                <w:t xml:space="preserve">T. Laepple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.yqres.2011.07.001⟩</w:t>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (4), pp.1285-1296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/cp-7-1285-2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02917315v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03201655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speleothem record of the last 180 ka in Villars cave (SW France): Investigation of a large δ18O shift between MIS6 and MIS5</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Further constraints on the diagenetic influences and salinity effect on Globigerinoides ruber (white) Mg/Ca thermometry: Implications in the Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Sabbatini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya Boussetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Negri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Wainer</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Bar-Matthews</w:t>
+                <w:t xml:space="preserve">Hélène Rebaubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2010.07.004⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (10), pp.n/a-n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2011GC003675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02904292v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraining ventilation during deepwater formation using deep ocean measurements of the dissolved gas ratios 40 Ar/ 36 Ar, N 2 /Ar, and Kr/Ar</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Speleothem record of the last 180 ka in Villars cave (SW France): Investigation of a large δ18O shift between MIS6 and MIS5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Wainer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Blamart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Daeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bar-Matthews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2010JC006152⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30 (1-2), pp.130-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2010.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108528v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imprints of high-salinity water plumes originating from the Red Sea during termination II.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Caillon</w:t>
+                <w:t xml:space="preserve">The monsoon imprint during the ‘atypical’ MIS 13 as seen through north and equatorial Indian Ocean records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Caley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Malaizé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Clemens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2009.02.027⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 76 (2), pp.285-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.yqres.2011.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00549000v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interlaboratory comparison study of calibration standards for foraminiferal Mg/Ca thermometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constraining ventilation during deepwater formation using deep ocean measurements of the dissolved gas ratios 40 Ar/ 36 Ar, N 2 /Ar, and Kr/Ar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Emerson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Greaves</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roberta C. Hamme</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2008GC001974⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 115 (C11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2010JC006152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01463328v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mg/Ca and Sr/Ca ratios in planktonic foraminifera: Proxies for upper water column temperature reconstruction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Franck Bassinot</w:t>
+                <w:t xml:space="preserve">Imprints of high-salinity water plumes originating from the Red Sea during termination II.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Malaizé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T. Vénec-Peyré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2007PA001505⟩</w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 279 (1-4), pp.69-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2009.02.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02921805v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-latitude hydrological cycle and rapid climate changes during the last deglaciation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mg/Ca and Sr/Ca ratios in planktonic foraminifera: Proxies for upper water column temperature reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Cléroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Cortijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Levi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
+                <w:t xml:space="preserve">Pallavi Anand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Labeyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bassinot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elsa Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2006GC001514⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 23 (3), pp.n/a-n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2007PA001505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00869301v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary productivity response to Heinrich events in the North Atlantic Ocean and Norwegian Sea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interlaboratory comparison study of calibration standards for foraminiferal Mg/Ca thermometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Greaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Rebaubier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Nave</w:t>
+                <w:t xml:space="preserve">G. Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Labeyrie</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Cortijo</w:t>
+                <w:t xml:space="preserve">S. Bohaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2006PA001335⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2008GC001974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959669v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01463328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Firn-air δ&amp;lt;sup&amp;gt;15&amp;lt;/sup&amp;gt;N in modern polar sites and glacial–interglacial ice: a model-data mismatch during glacial periods in Antarctica?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Delmotte</w:t>
+                <w:t xml:space="preserve">Low-latitude hydrological cycle and rapid climate changes during the last deglaciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Levi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Labeyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2005.06.007⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 8, pp.Q05N12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GC001514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">insu-00375513v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00869301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase lag between Intertropical Convergence Zone migration and subtropical monsoon onset over the northwestern Indian Ocean during Marine Isotopic Substage 6.5 (MIS 6.5).</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Primary productivity response to Heinrich events in the North Atlantic Ocean and Norwegian Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Nave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Labeyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gherardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2006GC001353⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 22 (3), pp.n/a-n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006PA001335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00162959v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02959669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large temperature variations over rapid climatic events in Greenland: a method based on air isotopic measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+                <w:t xml:space="preserve">Firn-air δ&amp;lt;sup&amp;gt;15&amp;lt;/sup&amp;gt;N in modern polar sites and glacial–interglacial ice: a model-data mismatch during glacial periods in Antarctica?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaelle Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Barnola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Kawamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.CRTE.2005.04.003⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 25 (1-2), pp.49-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2005.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103761v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00375513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid climate variability during warm and cold periods in polar regions and Europe</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Jouzel</w:t>
+                <w:t xml:space="preserve">Phase lag between Intertropical Convergence Zone migration and subtropical monsoon onset over the northwestern Indian Ocean during Marine Isotopic Substage 6.5 (MIS 6.5).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Malaizé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.T. Vénec-Peyré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bassinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2005.04.001⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7, pp.Q12N08. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006GC001353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00374866v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00162959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for stratigraphic distortion in the Greenland Ice Core Project (GRIP) ice core during Event 5e1 (120 kyr BP) from gas isotopes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+                <w:t xml:space="preserve">Large temperature variations over rapid climatic events in Greenland: a method based on air isotopic measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaelle Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 109 (D6), pp.n/a-n/a. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 337 (10-11), pp.947-956. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2003JD004193⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/J.CRTE.2005.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103789v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on “Greenland-Antarctic phase relations and millennial time-scale climate fluctuations in the Greenland ice-cores” by C. Wunsch</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+                <w:t xml:space="preserve">Rapid climate variability during warm and cold periods in polar regions and Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaelle Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Combourieu-Nebout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich von Grafenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jouzel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christof Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 23 (18-19), pp.2053-2054. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 337 (10-11), pp.935 à 946. </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2004.05.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2005.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03109118v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00374866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution record of Northern Hemisphere climate extending into the last interglacial period</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification of rapid temperature change during DO event 12 and phasing with methane inferred from air isotopic measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.K. Andersen</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+                <w:t xml:space="preserve">A.M. Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Barnola</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Biscaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature02805⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 225 (1-2), pp.221-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.EPSL.2004.06.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03109819v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse isotopique de l'air piégé dans la glace pour quantifier les variations de température</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Goujon</w:t>
+                <w:t xml:space="preserve">A continuous record of temperature evolution over a sequence of Dansgaard-Oeschger events during Marine Isotopic Stage 4 (76 to 62 kyr BP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M., Barnola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J., Chappellaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.CRTE.2004.03.013⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 31 (22), pp.L22211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2004GL021193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03105291v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A continuous record of temperature evolution over a sequence of Dansgaard-Oeschger events during Marine Isotopic Stage 4 (76 to 62 kyr BP)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Age of Himalayan bottom ice cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hou Shugui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qin Dahe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J., Chappellaz</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich von Grafenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2004GL021193⟩</w:t>
+              <w:t xml:space="preserve">Journal of Glaciology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 50 (170), pp.467-468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3189/172756504781829981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01103745v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02470608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age of Himalayan bottom ice cores</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ulrich von Grafenstein</w:t>
+                <w:t xml:space="preserve">High-resolution record of Northern Hemisphere climate extending into the last interglacial period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.K. Andersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Azuma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Barnola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bigler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Biscaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Glaciology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3189/172756504781829981⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 431 (7005), pp.147-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature02805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02470608v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of rapid temperature change during DO event 12 and phasing with methane inferred from air isotopic measurements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Caillon</w:t>
+                <w:t xml:space="preserve">Comment on “Greenland-Antarctic phase relations and millennial time-scale climate fluctuations in the Greenland ice-cores” by C. Wunsch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey P. Severinghaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Stocker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Goujon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J.M. Barnola</w:t>
+                <w:t xml:space="preserve">Christof Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 23 (18-19), pp.2053-2054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2004.05.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.EPSL.2004.06.009⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103003v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timing of Atmospheric CO2 and Antarctic Temperature Changes Across Termination III</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Evidence for stratigraphic distortion in the Greenland Ice Core Project (GRIP) ice core during Event 5e1 (120 kyr BP) from gas isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaelle Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jørgen Peder Steffensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jouzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jiancheng Kang</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.1078758⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 109 (D6), pp.n/a-n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2003JD004193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03109920v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tentative reconstruction of the last interglacial and glacial inception in Greenland based on new gas measurements in the Greenland Ice Core Project (GRIP) ice core</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+                <w:t xml:space="preserve">Analyse isotopique de l'air piégé dans la glace pour quantifier les variations de température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaelle Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Severinghaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme J Chappellaz</w:t>
+                <w:t xml:space="preserve">Jean-Marc Barnola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Delmotte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blunier</w:t>
+                <w:t xml:space="preserve">Céline Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 336 (11), pp.963-970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.CRTE.2004.03.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2002JD003147⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03105301v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03105291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A method for precise measurement of argon 40/36 and krypton/argon ratios in trapped air in polar ice with applications to past firn thickness and abrupt climate change in Greenland and at Siple Dome, Antarctica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnitude of isotope/temperature scaling for interpretation of central Antarctic ice cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Severinghaus</w:t>
+                <w:t xml:space="preserve">F. Vimeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexi Grachev</w:t>
+                <w:t xml:space="preserve">G. Delaygue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boaz Luz</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 67 (3), pp.325-343. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 108 (D12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0016-7037(02)00965-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2002JD002677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03131198v1</w:t>
+                <w:t xml:space="preserve">hal-03101222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new Andean deep ice core from Nevado Illimani (6350 m), Bolivia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A novel method to study the phase relationship between Antarctic and Greenland climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Ramirez</w:t>
+                <w:t xml:space="preserve">J. Severinghaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Hoffmann</w:t>
+                <w:t xml:space="preserve">J. Chappellaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.D Taupin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. Blunier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0012-821X(03)00240-1⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 30 (17), pp.n/a-n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2003GL017838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03131391v1</w:t>
+                <w:t xml:space="preserve">hal-03109903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnitude of isotope/temperature scaling for interpretation of central Antarctic ice cores</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Hoffmann</w:t>
+                <w:t xml:space="preserve">Timing of Atmospheric CO2 and Antarctic Temperature Changes Across Termination III</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey P. Severinghaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Barnola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiancheng Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2002JD002677⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 299 (5613), pp.1728-1731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1078758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03101222v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel method to study the phase relationship between Antarctic and Greenland climate</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A tentative reconstruction of the last interglacial and glacial inception in Greenland based on new gas measurements in the Greenland Ice Core Project (GRIP) ice core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaelle Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme J Chappellaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2003GL017838⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 108 (D18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2002JD003147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03109903v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03105301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A new Andean deep ice core from Nevado Illimani (6350 m), Bolivia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.D Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Francou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Ribstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 212 (3-4), pp.337-350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0012-821X(03)00240-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03131391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A method for precise measurement of argon 40/36 and krypton/argon ratios in trapped air in polar ice with applications to past firn thickness and abrupt climate change in Greenland and at Siple Dome, Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Severinghaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexi Grachev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boaz Luz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 67 (3), pp.325-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0016-7037(02)00965-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03131198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Estimation of temperature change and of gas age-ice age difference, 108 kyr B.P., at Vostok, Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Severinghaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Barnola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chappellaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Jouzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 106 (D23), pp.31893-31901. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2001JD900145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03110137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId312"/>
+      <w:footerReference w:type="default" r:id="rId320"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8412,51 +8663,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759968v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laize-G&#233;n&#233;rat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Soussaintjean" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Poch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bonal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Savarino" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.10.001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04747838v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Albertin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Bekki" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Brett" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy S Law" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024jd041842" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04095457v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Grilli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-1361-2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272371v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fongoh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Celle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nlend" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngo Boum-Nkot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ako" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-023-10783-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802889v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lamothe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete Akers" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ginot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Eichler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10055461" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310338v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gautier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-16-4015-2023" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802926v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7728982" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306835v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M Frey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blouzon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlev Helmig" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-12025-2022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877291v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Servettaz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Meur" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31855-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418360v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-15637-2022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03066334v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-10477-2021" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402244v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savarino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blouzon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frey" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Picard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD035062" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Ming" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Holly L. Winton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Keeble" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan L Abraham" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohit C Dalvi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019jd032290" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042590v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dommergue" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-4317-2020" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402284v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Holly L. Holly L Winton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hauge" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna E Jones" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-5861-2020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02179729v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Geng" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caillon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gautier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Farquhar" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ja00451j" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350375v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hoek" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Erbland" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-08357-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350376v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilann Bourgeois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15761" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350367v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.03.141" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801964v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02395" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02187037v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Geng" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara A Savarino" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cartigny" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8048" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418361v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakiko Ishino" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Hattori" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jourdain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-3713-2017" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388742v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia V&#225;zquez Riveiros" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Govin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Waelbroeck" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Mackensen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GC006234" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765508v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuki Kamezaki" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dyckmans" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7747" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JKLNJGTC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01282571v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William C. Vicars" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Preunkert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-2659-2016" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03577055v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Vicars" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Legrand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acpd-15-24041-2015" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059545v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moreno" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dewilde" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013PA002539" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495290v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed C. Hathorne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gagnon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Felis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Adkins" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuji Asami" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20230" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396021v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landais" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dreyfus" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Capron" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jouzel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1985" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917095v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Boussetta" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejib Kallel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labeyrie" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duplessy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2012.02.001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201655v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Caley" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Kim" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malaiz&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giraudeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Laepple" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-7-1285-2011" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640730v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabbatini" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bassinot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boussetta" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Negri" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rebaubier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GC003675" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921830v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nouet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2010.12.011" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6V30M8LD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917314v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sabbatini" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Negri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rebaubier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917315v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Caley" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Malaiz&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Clemens" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yqres.2011.07.001" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8K3WB454-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904292v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wainer" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genty" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blamart" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Daeron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bar-Matthews" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2010.07.004" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4RQTJNH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108528v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nicholson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Emerson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jouzel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta C. Hamme" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010JC006152" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549000v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. V&#233;nec-Peyr&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joly" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2009.02.027" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCZ1NC9B-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463328v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Greaves" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bartoli" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohaty" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008GC001974" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921805v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cl&#233;roux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cortijo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Anand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007PA001505" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869301v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Levi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guichard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GC001514" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959669v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nave" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Labeyrie" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gherardi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cortijo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006PA001335" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00375513v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Barnola" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Kawamura" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmotte" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2005.06.007" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GD5SWX5C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162959v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. V&#233;nec-Peyr&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GC001353" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103761v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CRTE.2005.04.003" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-38N1D0FL-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374866v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich von Grafenstein" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2005.04.001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103789v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rgen Peder Steffensen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JD004193" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109118v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey P. Severinghaus" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stocker" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Huber" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2004.05.002" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-217HRM8B-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109819v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.K. Andersen" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azuma" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bigler" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Biscaye" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature02805" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105291v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Severinghaus" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Barnola" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Goujon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CRTE.2004.03.013" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X794PRZM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103745v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M., Barnola" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J., Chappellaz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004GL021193" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470608v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hou Shugui" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Dahe" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3189/172756504781829981" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103003v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goujon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Grachev" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2004.06.009" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JKXJ8403-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109920v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiancheng Kang" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1078758" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105301v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J Chappellaz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delmotte" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blunier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002JD003147" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131198v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Severinghaus" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexi Grachev" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boaz Luz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-7037(02)00965-1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RDS3ZJR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131391v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ramirez" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hoffmann" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D Taupin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Francou" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ribstein" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(03)00240-1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WS4P8HR8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101222v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vimeux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delaygue" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hoffmann" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002JD002677" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VQ2F9NPH-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109903v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Severinghaus" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chappellaz" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blunier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003GL017838" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110137v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Barnola" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JD900145" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557699v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Pastierovi&#269;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Grilli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-19-1943-2026" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554581v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Zhou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Albertin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuang Jiang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Savarino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayu Duan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.5c00399" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759968v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laize-G&#233;n&#233;rat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Soussaintjean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Poch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bonal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.10.001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04747838v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Bekki" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Brett" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy S Law" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024jd041842" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04095457v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-1361-2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272371v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fongoh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Celle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nlend" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ngo Boum-Nkot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ako" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-023-10783-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802889v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lamothe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete Akers" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ginot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Eichler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10055461" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802926v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Gautier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7728982" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310338v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-16-4015-2023" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877291v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Servettaz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Meur" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31855-7" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306835v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus M Frey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blouzon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlev Helmig" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-12025-2022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418360v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-15637-2022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03066334v3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-10477-2021" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402244v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savarino" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blouzon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Picard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD035062" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402284v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Holly L. Holly L Winton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Ming" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hauge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna E Jones" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-5861-2020" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402301v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Holly L. Winton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Keeble" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan L Abraham" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohit C Dalvi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019jd032290" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042590v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dommergue" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-13-4317-2020" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02179729v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Geng" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caillon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gautier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Farquhar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ja00451j" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350375v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hoek" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Erbland" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-08357-0" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350376v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilann Bourgeois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15761" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350367v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nemery" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.03.141" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801964v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02395" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418361v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakiko Ishino" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Hattori" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jourdain" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-3713-2017" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02187037v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Geng" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara A Savarino" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cartigny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8048" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01388742v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia V&#225;zquez Riveiros" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Govin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Waelbroeck" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Mackensen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Michel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GC006234" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765508v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuki Kamezaki" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Dyckmans" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7747" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JKLNJGTC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01282571v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William C. Vicars" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Preunkert" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-2659-2016" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03577055v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Vicars" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Legrand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acpd-15-24041-2015" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059545v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liu" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moreno" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dewilde" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013PA002539" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495290v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed C. Hathorne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gagnon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Felis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Adkins" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuji Asami" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ggge.20230" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396021v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landais" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dreyfus" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Capron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jouzel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo1985" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917095v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Boussetta" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejib Kallel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labeyrie" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Duplessy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2012.02.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640730v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sabbatini" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bassinot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boussetta" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Negri" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rebaubier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GC003675" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921830v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nouet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2010.12.011" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6V30M8LD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201655v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Caley" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-H. Kim" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malaiz&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giraudeau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Laepple" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-7-1285-2011" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917314v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sabbatini" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Negri" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rebaubier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904292v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wainer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genty" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blamart" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Daeron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bar-Matthews" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2010.07.004" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4RQTJNH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917315v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Caley" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Malaiz&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Clemens" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yqres.2011.07.001" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8K3WB454-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108528v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nicholson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Emerson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jouzel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta C. Hamme" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010JC006152" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549000v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. V&#233;nec-Peyr&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Joly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2009.02.027" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCZ1NC9B-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921805v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cl&#233;roux" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cortijo" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallavi Anand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007PA001505" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463328v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Greaves" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bartoli" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohaty" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008GC001974" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869301v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Levi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guichard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GC001514" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959669v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nave" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Labeyrie" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gherardi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cortijo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006PA001335" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00375513v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Barnola" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Kawamura" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmotte" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2005.06.007" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GD5SWX5C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162959v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. V&#233;nec-Peyr&#233;" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006GC001353" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103761v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CRTE.2005.04.003" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-38N1D0FL-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00374866v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Combourieu-Nebout" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich von Grafenstein" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2005.04.001" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103003v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goujon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Grachev" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.EPSL.2004.06.009" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JKXJ8403-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103745v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M., Barnola" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J., Chappellaz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004GL021193" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470608v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hou Shugui" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Dahe" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3189/172756504781829981" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109819v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.K. Andersen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azuma" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bigler" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Biscaye" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature02805" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109118v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey P. Severinghaus" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stocker" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Huber" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2004.05.002" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-217HRM8B-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103789v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#248;rgen Peder Steffensen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003JD004193" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105291v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Severinghaus" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Barnola" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Goujon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CRTE.2004.03.013" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X794PRZM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101222v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vimeux" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delaygue" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hoffmann" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002JD002677" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VQ2F9NPH-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109903v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Severinghaus" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chappellaz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Blunier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2003GL017838" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109920v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiancheng Kang" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1078758" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105301v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J Chappellaz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delmotte" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blunier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2002JD003147" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131391v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ramirez" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hoffmann" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D Taupin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Francou" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ribstein" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(03)00240-1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WS4P8HR8-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131198v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Severinghaus" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexi Grachev" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boaz Luz" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0016-7037(02)00965-1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RDS3ZJR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110137v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Barnola" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2001JD900145" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>