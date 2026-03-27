--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -1480,291 +1480,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-term response to waterlogging in Quercus petraea and Quercus robur: a study of the root hydraulic responses and the transcriptional pattern of aquaporins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential Expression of Metallothionein Isoforms in Terrestrial Snail Embryos Reflects Early Life Stage Adaptation to Metal Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Baurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronika Pedrini-Martha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Rasheed-Depardieu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Claire Parent</w:t>
+                <w:t xml:space="preserve">Annette De Vaufleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Niederwanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Capelli</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2015.10.016⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (2), pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0116004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01378595v1</w:t>
+                <w:t xml:space="preserve">hal-01119921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Expression of Metallothionein Isoforms in Terrestrial Snail Embryos Reflects Early Life Stage Adaptation to Metal Stress</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Veronika Pedrini-Martha</w:t>
+                <w:t xml:space="preserve">Short-term response to waterlogging in Quercus petraea and Quercus robur: a study of the root hydraulic responses and the transcriptional pattern of aquaporins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rasheed-Depardieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Tatin-Froux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annette De Vaufleury</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Niederwanger</w:t>
+                <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Capelli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (2), pp.14. </w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 97, pp.323-330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0116004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2015.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01119921v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01378595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New High-Throughput Approach to Genotype Ancient Human Gastrointestinal Parasites.</w:t>
               </w:r>
@@ -1884,77 +1884,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cause–effect relationship among morphological adaptations, growth, and gas exchange response of pedunculate oak seedlings to waterlogging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Tatin-Froux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Capelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 71 (3), pp.363-369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2173,51 +2173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Capelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Scheifler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette De Vaufleury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 110, pp.89-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2257,345 +2257,345 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First evidence of fish genotoxicity induced by heavy metals from landfill leachates: The advantage of using the RAPD-PCR technique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zohra Ben Salem</w:t>
+                <w:t xml:space="preserve">First amplification of Eimeria hessei DNA from the lesser horseshoe bat (Rhinolophus hipposideros) and its phylogenetic relationships with Eimeria species from other bats and rodents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Afonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Baurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierline Tournant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Capelli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2013.12.014⟩</w:t>
+              <w:t xml:space="preserve">Experimental Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 139, pp.58-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.exppara.2014.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01104810v1</w:t>
+                <w:t xml:space="preserve">hal-01115204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First amplification of Eimeria hessei DNA from the lesser horseshoe bat (Rhinolophus hipposideros) and its phylogenetic relationships with Eimeria species from other bats and rodents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eve Afonso</w:t>
+                <w:t xml:space="preserve">First evidence of fish genotoxicity induced by heavy metals from landfill leachates: The advantage of using the RAPD-PCR technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zohra Ben Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grisey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Baurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habib Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 139, pp.58-62. </w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 101, pp.90-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.exppara.2014.02.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2013.12.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01115204v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01104810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling of random amplified polymorphic DNA profiles analysis and high resolution capillary electrophoresis system for the assessment of chemical genotoxicity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Baurand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette De Vaufleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Scheifler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2655,103 +2655,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and Expression of Nine Oak Aquaporin Genes in the Primary Root Axis of Two Oak Species, Quercus petraea and Quercus robur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Rasheed-Depardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Crèvecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Tatin-Froux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (12), pp.11. </w:t>
@@ -2789,51 +2789,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting growth and adaptive responses of two oak species to flooding stress: role of non-symbiotic haemoglobin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Crevècoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2906,51 +2906,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting growth and adaptive responses of two oak species to flooding stress: role of non-symbiotic hemoglobin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Crevècoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3014,51 +3014,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel nonsymbiotic hemoglobin from oak: cellular and tissue specificity of gene expression.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3148,51 +3148,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An overview of plant responses to soil waterlogging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capelli Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3269,51 +3269,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel non-symbiotic hemoglobin from oak: roles in root signalling and development?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3390,51 +3390,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Reactive oxygen species, stress and cell death in plants]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Capelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5068,64 +5068,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Assad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Capelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Tatin-Froux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on the Biogeochemistry of Trace Elements (ICOBTE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Zurich, Switzerland</w:t>
@@ -5462,51 +5462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Dat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Folzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5664,51 +5664,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A65CE1EB"/>
+    <w:nsid w:val="AEC870B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5895,51 +5895,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-capelli" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3634-7578" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515489v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Meyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pfendler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Mei" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Wang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2026.101069" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440435v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Roche" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1249884" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152835v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.115185" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233400v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louzon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette de Vaufleury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrrev.2023.108472" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197784v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Belly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Amiot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pauget" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-13618-x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526941v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pacciani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Lelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquino Pallecchi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2021.104713" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861474v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Zahn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Massemin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.110766" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182790v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zappelini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lopez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guyeux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01772" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526954v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Baurand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Dallinger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Niederwanger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Pedrini-Martha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5320-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864783v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5649-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378595v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rasheed-Depardieu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Tatin-Froux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parent" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2015.10.016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119921v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette De Vaufleury" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0116004" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305600v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M L C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Daligault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pruvost" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Andrew Bennett" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorg&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146230" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101530v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-013-0340-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104893v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Ben Salem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Grisey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Ayadi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2014.03.072" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8392T2QM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065091v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Scheifler" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2014.08.017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K9J6DCND-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104810v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2013.12.014" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBGDG3J1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115204v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierline Tournant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2014.02.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7M6G02Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926041v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es4021519" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794717v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Cr&#232;vecoeur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051838" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644075v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Crev&#232;coeur" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James F. Dat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2011.02309.x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561055v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374582v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Berger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Folzer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Dat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2007.02250.x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425503v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capelli Nicolas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berger Audrey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425509v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374617v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2008.02.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02RM98CW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662108v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieffel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645333v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Capelli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rieffel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/26.6.759" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672309v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbaexp.2004.12.009" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4GH2SQK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637455v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680434v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2004.09.014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02DB764R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681996v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bourgeade" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2004.02.003" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637259v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barja" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik van Tuinen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monnat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Turian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706773v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ortega-Perez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Irminger-Finger" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Arrighi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710420v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Capelli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Ortega Perez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Arrighi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Turian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(93)80622-2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634747v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Millet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05351465v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Mishra" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Franco" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gil-Guerrero" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03189725v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Assad" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282252v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Drouhot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tougard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pompanon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faure" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Druart" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777595v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B N Nguyen The" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Barja" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425513v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.archives-ouvertes.fr/hal-00425513" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-capelli" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3634-7578" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515489v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Meyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pfendler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyu Mei" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Wang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2026.101069" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440435v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Roche" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1249884" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152835v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.115185" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233400v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louzon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette de Vaufleury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mrrev.2023.108472" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197784v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Belly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Amiot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pauget" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-13618-x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526941v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pacciani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Lelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquino Pallecchi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2021.104713" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861474v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Zahn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Massemin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2020.110766" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182790v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Zappelini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Lopez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guyeux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01772" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526954v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Baurand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Dallinger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Niederwanger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Pedrini-Martha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5320-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864783v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5649-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119921v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette De Vaufleury" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0116004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378595v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rasheed-Depardieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parelle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Tatin-Froux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parent" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2015.10.016" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305600v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M L C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Daligault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pruvost" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Andrew Bennett" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorg&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146230" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101530v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-013-0340-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104893v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Ben Salem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laffray" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Grisey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Ayadi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2014.03.072" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8392T2QM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065091v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Scheifler" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2014.08.017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K9J6DCND-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115204v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Afonso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierline Tournant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2014.02.013" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P7M6G02Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01104810v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2013.12.014" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBGDG3J1-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926041v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es4021519" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794717v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Cr&#232;vecoeur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051838" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644075v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Crev&#232;coeur" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James F. Dat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2011.02309.x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561055v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374582v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Berger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Folzer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Dat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2007.02250.x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425503v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capelli Nicolas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berger Audrey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425509v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374617v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2008.02.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02RM98CW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662108v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieffel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645333v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Capelli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rieffel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/26.6.759" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672309v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbaexp.2004.12.009" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4GH2SQK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637455v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680434v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2004.09.014" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02DB764R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681996v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bourgeade" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2004.02.003" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637259v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barja" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik van Tuinen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Monnat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Turian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706773v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ortega-Perez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Irminger-Finger" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Arrighi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710420v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Capelli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Ortega Perez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Arrighi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Turian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(93)80622-2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634747v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Millet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05351465v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Mishra" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Franco" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Gil-Guerrero" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03189725v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Assad" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282252v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Drouhot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tougard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pompanon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faure" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Druart" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777595v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B N Nguyen The" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Barja" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425513v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.archives-ouvertes.fr/hal-00425513" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>