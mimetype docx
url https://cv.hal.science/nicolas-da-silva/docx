--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -462,235 +462,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03228435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamics of conventions: the case of the French Social Security System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A theory of predatory welfare state and citizen welfare: the French case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Vahabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Batifoulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12759/hsr.44.2019.1.258-284⟩</w:t>
+              <w:t xml:space="preserve">Public Choice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11127-019-00660-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994383v1</w:t>
+                <w:t xml:space="preserve">hal-02196935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A theory of predatory welfare state and citizen welfare: the French case</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehrdad Vahabi</w:t>
+                <w:t xml:space="preserve">The dynamics of conventions: the case of the French Social Security System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Batifoulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Batifoulier</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas da Silva</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Choice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (1), pp.258-284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11127-019-00660-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12759/hsr.44.2019.1.258-284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196935v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01994383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution du financement de la dépense de santé en France</w:t>
               </w:r>
@@ -856,165 +856,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L'industrialisation de la médecine libérale : une approche par l'économie des conventions »</w:t>
+                <w:t xml:space="preserve">La médecine libérale entre Sécurité sociale et capitalisme sanitaire : vers une prolétarisation du travail médical ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
+              <w:t xml:space="preserve">L'Économie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306255v1</w:t>
+                <w:t xml:space="preserve">hal-02306254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médecine libérale entre Sécurité sociale et capitalisme sanitaire : vers une prolétarisation du travail médical ?</w:t>
+                <w:t xml:space="preserve">« L'industrialisation de la médecine libérale : une approche par l'économie des conventions »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Économie politique</w:t>
+              <w:t xml:space="preserve">Management &amp; Avenir Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306254v1</w:t>
+                <w:t xml:space="preserve">hal-02306255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling precipitation extremes with temperature in the Mediterranean: past climate assessment and projection in anthropogenic scenarios</w:t>
               </w:r>
@@ -1197,706 +1197,706 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is physician behavior too serious a business to be left to economics?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Batifoulier</w:t>
+                <w:t xml:space="preserve">La médecine de ville en France : la grande transformation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas da Silva</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Gadreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Social Economy</w:t>
+              <w:t xml:space="preserve">La vie des idées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01386030v1</w:t>
+                <w:t xml:space="preserve">hal-01480888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La télémédecine, un instrument de renouvellement de l'action publique ? Une lecture par l'économie des conventions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scaling of precipitation extremes with temperature in the French Mediterranean region: What explains the hook shape?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Drobinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Alonzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amandine Rauly</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et institutions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 121 (7), pp.3100-3119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015JD023497⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01478311v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01298539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling of precipitation extremes with temperature in the French Mediterranean region: What explains the hook shape?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Drobinski</w:t>
+                <w:t xml:space="preserve">Is physician behavior too serious a business to be left to economics?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Batifoulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of Social Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015JD023497⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-01298539v1</w:t>
+                <w:t xml:space="preserve">hal-01386030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médecine de ville en France : la grande transformation ?</w:t>
+                <w:t xml:space="preserve">La télémédecine, un instrument de renouvellement de l'action publique ? Une lecture par l'économie des conventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryse Gadreau</w:t>
+                <w:t xml:space="preserve">Amandine Rauly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie des idées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Economie et institutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 24, pp.155-180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01480888v1</w:t>
+                <w:t xml:space="preserve">hal-01478311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les liens entre la performance médicale et la composition de la patientèle : une étude économétrique sur les médecins d’Ile de France</w:t>
+                <w:t xml:space="preserve">La médecine libérale en France. Une régulation située entre contingence et déterminisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Henri Bréchat</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Gadreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de gestion et d’économie médicales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01386031v1</w:t>
+                <w:t xml:space="preserve">hal-01410667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La médecine libérale en France. Une régulation située, entre contingence et déterminisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Gadreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 17 (1er semestre/spring), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/regulation.11120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01226497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médecine libérale en France. Une régulation située entre contingence et déterminisme</w:t>
+                <w:t xml:space="preserve">Les liens entre la performance médicale et la composition de la patientèle : une étude économétrique sur les médecins d’Ile de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maryse Gadreau</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Batifoulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Vanhille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Bréchat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal de gestion et d’économie médicales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33, pp.191-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/jgem.153.0191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01410667v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01386031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medical altruism in mainstream health economics: theoretical and political paradoxes</w:t>
               </w:r>
@@ -2183,234 +2183,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les médecins sont-ils intéressés à l'intéressement ?</w:t>
+                <w:t xml:space="preserve">Quelle éthique médicale ? Une relecture à partir de l'hypothèse de « crowding out effect »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du MAUSS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, supplément</w:t>
+              <w:t xml:space="preserve">Éthique et économique/Ethics and economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01480874v1</w:t>
+                <w:t xml:space="preserve">hal-01480861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle éthique médicale ? Une relecture à partir de l'hypothèse de 'crowding out effect</w:t>
+                <w:t xml:space="preserve">Les médecins sont-ils intéressés à l'intéressement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éthique et économique/Ethics and economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 9, pp.65 - 84</w:t>
+              <w:t xml:space="preserve">Revue du MAUSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, supplément</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01410612v1</w:t>
+                <w:t xml:space="preserve">hal-01480874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle éthique médicale ? Une relecture à partir de l'hypothèse de « crowding out effect »</w:t>
+                <w:t xml:space="preserve">Quelle éthique médicale ? Une relecture à partir de l'hypothèse de 'crowding out effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éthique et économique/Ethics and economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">, 2012, 9, pp.65 - 84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01480861v1</w:t>
+                <w:t xml:space="preserve">hal-01410612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2428,51 +2428,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementary health insurance: more expensive and more unequal?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2527,51 +2527,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les complémentaires santé : plus chères et plus inégalitaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2801,186 +2801,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assurance et métrologie : le grand tournant de la médecine capitaliste</w:t>
+                <w:t xml:space="preserve">MOTIVATIONS Payer plus pour motiver moins : quand travailler c'est dire qui on est</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Anne Fretel; Anne Bory; Sylvie Célérier; Florence Jany-Catrice. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Batifoulier P., Bessis F., Ghirardello A., de Larquier G. et Remillion D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques sociales en mutation : quelles opportunités et quels risques pour l’État social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Louvain, pp.181-196, 2016, 978-2-87558-489-2</w:t>
+              <w:t xml:space="preserve">Dictionnaire des conventions. Autour des travaux d’Olivier Favereau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Septentiron, pp.189-193, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02068434v1</w:t>
+                <w:t xml:space="preserve">hal-01480884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MOTIVATIONS Payer plus pour motiver moins : quand travailler c'est dire qui on est</w:t>
+                <w:t xml:space="preserve">Assurance et métrologie : le grand tournant de la médecine capitaliste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Batifoulier P., Bessis F., Ghirardello A., de Larquier G. et Remillion D. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Domin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Fretel; Anne Bory; Sylvie Célérier; Florence Jany-Catrice. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire des conventions. Autour des travaux d’Olivier Favereau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Septentiron, pp.189-193, 2016</w:t>
+              <w:t xml:space="preserve">Politiques sociales en mutation : quelles opportunités et quels risques pour l’État social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Louvain, pp.181-196, 2016, 978-2-87558-489-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01480884v1</w:t>
+                <w:t xml:space="preserve">hal-02068434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nouvelle régulation de la médecine libérale : le salut par la quantification ?</w:t>
               </w:r>
@@ -3125,51 +3125,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le difficile déploiement de la télémédecine : une lecture par l'économie des conventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rauly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Lamotte; Anne Le Roy; Cécile Massit; Emmanuelle Puissant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations sociales, innovations économiques : XXXIVes Journées de l'Association d'économie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Louvain, pp.145-162, 2014, Cahiers du CIRTES, 978-2-87558-315-4</w:t>
@@ -3760,51 +3760,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’histoire conflictuelle de la sécurité sociale. Une approche en termes de conventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3855,51 +3855,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repenser l’ESS à partir de l’histoire de la sécurité sociale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4090,51 +4090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Abecassis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duchesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4535,51 +4535,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020032v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Batifoulier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas da Silva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Domin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185634v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.46.2021.1.85-111" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228414v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228435v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Vahabi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994383v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Duchesne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.44.2019.1.258-284" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196935v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11127-019-00660-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01744067v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mailler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-36-321-2018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306255v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306254v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01294073v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Panthou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-016-3083-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306257v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386030v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478311v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rauly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01298539v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Alonzo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JD023497" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480888v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gadreau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386031v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fleury" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Vanhille" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Br&#233;chat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.153.0191" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01226497v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11120" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410667v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385938v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00346764.2014.927727" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01449938v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410613v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480859v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.041.0093" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480874v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410612v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480861v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04451415v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iode.univ-rennes.fr/actualites/more-competition-between-health-insurers-less-protection-patients-health-insurance" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iode.univ-rennes1.fr/collection-en-ligne-amplitude-du-droit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621013v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Ginon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306253v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068434v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480884v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480882v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480883v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480878v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480872v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410747v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480867v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073247v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141359v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141330v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140946v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872684v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541303v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077563v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421197v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Abecassis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Moulin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01480851v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228401v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020032v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Batifoulier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas da Silva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Domin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185634v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.46.2021.1.85-111" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228414v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228435v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Vahabi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196935v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11127-019-00660-0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994383v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Duchesne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12759/hsr.44.2019.1.258-284" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01744067v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mailler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drobinski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-36-321-2018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306254v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306255v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01294073v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Panthou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bastin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Muller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-016-3083-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306257v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480888v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gadreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01298539v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Alonzo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JD023497" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386030v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478311v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rauly" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410667v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01226497v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11120" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386031v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fleury" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Vanhille" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Br&#233;chat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.153.0191" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01385938v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00346764.2014.927727" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01449938v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410613v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480859v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.041.0093" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480861v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480874v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410612v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04451415v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iode.univ-rennes.fr/actualites/more-competition-between-health-insurers-less-protection-patients-health-insurance" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iode.univ-rennes1.fr/collection-en-ligne-amplitude-du-droit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621013v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Ginon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306253v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480884v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068434v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480882v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480883v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480878v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480872v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410747v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480867v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073247v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141359v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141330v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140946v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872684v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541303v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077563v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421197v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Abecassis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Moulin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01480851v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228401v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>