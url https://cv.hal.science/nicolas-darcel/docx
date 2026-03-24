--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -212,295 +212,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein valuation is positively associated with habitual intake of protein of animal origin in a sample of French adults</w:t>
+                <w:t xml:space="preserve">Adaptation of eating behaviour to reduced dietary protein intake in rats: influence of the amount of protein and amino acid composition in the diet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tristan Dadillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marjorie Gourru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Brunstrom</w:t>
+                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annika Flynn</w:t>
+                <w:t xml:space="preserve">Véronique Mathé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 216, pp.108274. </w:t>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 304, pp.115131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2025.108274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2025.115131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516316v1</w:t>
+                <w:t xml:space="preserve">hal-05516321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of eating behaviour to reduced dietary protein intake in rats: influence of the amount of protein and amino acid composition in the diet</w:t>
+                <w:t xml:space="preserve">Protein valuation is positively associated with habitual intake of protein of animal origin in a sample of French adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marjorie Gourru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tristan Dadillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
+                <w:t xml:space="preserve">Jeffrey Brunstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Mathé</w:t>
+                <w:t xml:space="preserve">Annika Flynn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 304, pp.115131. </w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 216, pp.108274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2025.115131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2025.108274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516321v1</w:t>
+                <w:t xml:space="preserve">hal-05516316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de gouvernance pour l’éducation à l’alimentation de la jeunesse en France</w:t>
               </w:r>
@@ -584,425 +584,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principles and Validations of an Artificial Intelligence-Based Recommender System Suggesting Acceptable Food Changes</w:t>
+                <w:t xml:space="preserve">The effect of social norms on vegetarian choices is moderated by intentions to follow a vegetarian diet in the future: Evidence from a laboratory and field study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Vandeputte</w:t>
+                <w:t xml:space="preserve">Alya Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierrick Herold</w:t>
+                <w:t xml:space="preserve">Armelle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mykyt Kuslii</w:t>
+                <w:t xml:space="preserve">Suzanne Higgs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Viappiani</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olga Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tjnut.2022.12.022⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1081700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03975185v1</w:t>
+                <w:t xml:space="preserve">hal-04151664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rats chirp with their mouth full : During an experimental meal, adult male Wistar rats emitted flat ultrasonic vocalisations upon feeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Champeil-Potokar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Champeil-Potokar</w:t>
+                <w:t xml:space="preserve">Léa Kreichati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Kreichati</w:t>
+                <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 17, pp.1089631. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fnbeh.2023.1089631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of social norms on vegetarian choices is moderated by intentions to follow a vegetarian diet in the future: Evidence from a laboratory and field study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Principles and Validations of an Artificial Intelligence-Based Recommender System Suggesting Acceptable Food Changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Vandeputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alya Hammami</w:t>
+                <w:t xml:space="preserve">Pierrick Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armelle Garcia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+                <w:t xml:space="preserve">Mykyt Kuslii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Higgs</w:t>
+                <w:t xml:space="preserve">Paolo Viappiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Davidenko</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, </w:t>
+              <w:t xml:space="preserve">Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 153 (2), pp.598-604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1081700⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tjnut.2022.12.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04151664v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03975185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Women’s Concerns about Dietary Recommendations Relate to Taste, Affordability, Convenience, Aesthetics, and Self-Confidence: A Qualitative Evaluation in Egypt</w:t>
               </w:r>
@@ -1116,377 +1116,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04151657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermittent sucrose solution intake and its schedule of access modulate energy intake and weight gain in response to chronic variable stress in mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dopamine Modulates the Processing of Food Odour in the Ventral Striatum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rampin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Gharibeh</w:t>
+                <w:t xml:space="preserve">Audrey Saint Albin Deliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
+                <w:t xml:space="preserve">Christian Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Darcel</w:t>
+                <w:t xml:space="preserve">Jasmine Burguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Fromentin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">I. Denis</w:t>
+                <w:t xml:space="preserve">Elisa Gry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2022.106123⟩</w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.1126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines10051126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151706v1</w:t>
+                <w:t xml:space="preserve">hal-03738444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dopamine Modulates the Processing of Food Odour in the Ventral Striatum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rampin</w:t>
+                <w:t xml:space="preserve">Intermittent sucrose solution intake and its schedule of access modulate energy intake and weight gain in response to chronic variable stress in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Gharibeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Saint Albin Deliot</w:t>
+                <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Ouali</w:t>
+                <w:t xml:space="preserve">N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jasmine Burguet</w:t>
+                <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Gry</w:t>
+                <w:t xml:space="preserve">I. Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (5), pp.1126. </w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 176, pp. 106123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biomedicines10051126⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2022.106123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03738444v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutritional labeling modifies meal composition strategies in a computer-based food selection task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Abou Jaoudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Beugnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Quality and Preference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 100, pp.104618. </w:t>
@@ -1652,377 +1652,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03907831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social modeling of food choices in real life conditions concerns specific food categories</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alya Hammami</w:t>
+                <w:t xml:space="preserve">Diet Protein Content and Individual Phenotype Affect Food Intake and Protein Appetence in Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Mazellier</w:t>
+                <w:t xml:space="preserve">Lucas Crossouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2021.105162⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 151 (5), pp.1311-1319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jn/nxaa455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03419408v1</w:t>
+                <w:t xml:space="preserve">hal-03271469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet Protein Content and Individual Phenotype Affect Food Intake and Protein Appetence in Rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
+                <w:t xml:space="preserve">Social modeling of food choices in real life conditions concerns specific food categories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alya Hammami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Crossouard</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Julien Lagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 151 (5), pp.1311-1319. </w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 162, pp.105162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jn/nxaa455⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2021.105162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03271469v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03419408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations between Perceived Social Eating Norms and Initiation and Maintenance of Changes in Dietary Habits during the First COVID-19 Lockdown in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Higgs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lluch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (11), pp.2745. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2050,377 +2050,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03454290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein Status Modulates an Appetite for Protein To Maintain a Balanced Nutritional State—A Perspective View</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Urban Egyptian Women Aged 19–30 Years Display Nutrition Transition-Like Dietary Patterns, with High Energy and Sodium Intakes, and Insufficient Iron, Vitamin D, and Folate Intakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé M C Brouzes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick C Even</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+                <w:t xml:space="preserve">Maria Carlota Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Thornton</w:t>
+                <w:t xml:space="preserve">Raphaëlle Bourdet-Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 68 (7), pp.1830-1836. </w:t>
+              <w:t xml:space="preserve">Current Developments in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.9b05990⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cdn/nzz143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02386504v1</w:t>
+                <w:t xml:space="preserve">hal-02458164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban Egyptian Women Aged 19–30 Years Display Nutrition Transition-Like Dietary Patterns, with High Energy and Sodium Intakes, and Insufficient Iron, Vitamin D, and Folate Intakes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé M C Brouzes</w:t>
+                <w:t xml:space="preserve">Protein Status Modulates an Appetite for Protein To Maintain a Balanced Nutritional State—A Perspective View</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Tomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick C Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Bourdet-Sicard</w:t>
+                <w:t xml:space="preserve">Simon Thornton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Developments in Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 4 (2), </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 68 (7), pp.1830-1836. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cdn/nzz143⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.9b05990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02458164v1</w:t>
+                <w:t xml:space="preserve">hal-02386504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinatal exposure of rats to a maternal diet with varying protein quantity and quality affects the risk of overweight in female adult offspring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Carlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Blachier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre M Barbillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nutritional Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 79, pp.108333. </w:t>
@@ -2471,51 +2471,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-declared attitudes and beliefs regarding protein sources are a good prediction of the degree of transition to a low-meat diet in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan de Gavelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2605,51 +2605,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein status modulates the rewarding value of foods and meals to maintain an adequate protein intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P. Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2735,51 +2735,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal high-protein diet during pregnancy modifies rat offspring body weight and insulin signalling but not macronutrient preference in adulthood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Carlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Blachier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2869,90 +2869,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Willingness to Modify Portion Sizes or Eat New Protein Foods Largely Depends on the Dietary Pattern of Protein Intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan de Gavelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11 (7), pp.1556. </w:t>
@@ -3137,51 +3137,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expected satiation alone does not predict actual intake of desserts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Guillocheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Marsset-Baglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3258,51 +3258,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The protein status of rats affects the rewarding value of meals due to their protein content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isidra Recio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3503,278 +3503,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02091625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural measures of child's eating temperament and their link with BMI</w:t>
+                <w:t xml:space="preserve">Manger Top, une démarche de marketing social bénéfique en milieu défavorisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Godefroy</w:t>
+                <w:t xml:space="preserve">Axel Gamburzew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Trinchera</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+                <w:t xml:space="preserve">Rozenn Gazan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalie Rigal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2016.12.005⟩</w:t>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 52 (4), pp.181 - 192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2017.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01495100v1</w:t>
+                <w:t xml:space="preserve">hal-01777461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manger Top, une démarche de marketing social bénéfique en milieu défavorisé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axel Gamburzew</w:t>
+                <w:t xml:space="preserve">Behavioural measures of child's eating temperament and their link with BMI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Godefroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Trinchera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Maillot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Natalie Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 52 (4), pp.181 - 192. </w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 110, pp.6--14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cnd.2017.03.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2016.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01777461v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01495100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fructo-oligosaccharides reduce energy intake but do not affect adiposity in rats fed a low-fat diet but increase energy intake and reduce fat mass in rats fed a high-fat diet</w:t>
               </w:r>
@@ -3786,51 +3786,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouheyr Hadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rojo R. Rasoamanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila D. Azzout-Marniche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4028,103 +4028,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-store marketing of inexpensive foods with good nutritional quality in disadvantaged neighborhoods: increased awareness, understanding, and purchasing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Gamburzew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Gazan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Behavioral Nutrition and Physical Activity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 13, pp.104. </w:t>
@@ -4156,894 +4156,894 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental enrichment and cafeteria diet attenuate the response to chronic variable stress in rats</w:t>
+                <w:t xml:space="preserve">The Form of Energy-containing Food Alters Satiety and fMRI Brain Responses in Humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Zeeni</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Marion Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Piedcoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Tomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173418v1</w:t>
+                <w:t xml:space="preserve">hal-01568626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Form of Energy-containing Food Alters Satiety and fMRI Brain Responses in Humans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Soto</w:t>
+                <w:t xml:space="preserve">Environmental enrichment and cafeteria diet attenuate the response to chronic variable stress in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Zeeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bassil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 139, pp.41-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2014.11.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568626v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term ingestion of a preload containing fructo-oligosaccharide or guar gum decreases fat mass but not food intake in mice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Fromentin</w:t>
+                <w:t xml:space="preserve">In-store intervention to promote healthy and inexpensive foods for French low-income populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Gamburzew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Even</w:t>
+                <w:t xml:space="preserve">Sandrine Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Tomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 67, pp.528--529</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01536492v1</w:t>
+                <w:t xml:space="preserve">hal-01568623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermittent access to liquid sucrose differentially modulates energy intake and related central pathways in control or high-fat fed mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Piedcoq</w:t>
+                <w:t xml:space="preserve">Assimilation and contrast are on the same scale of food anticipated-experienced pleasure divergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Marsset-Baglieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 90, pp.160-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2015.03.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2014.12.008⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01568621v1</w:t>
+                <w:t xml:space="preserve">hal-01269358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-store intervention to promote healthy and inexpensive foods for French low-income populations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axel Gamburzew</w:t>
+                <w:t xml:space="preserve">Intermittent access to liquid sucrose differentially modulates energy intake and related central pathways in control or high-fat fed mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick C. Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Raffin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Maillot</w:t>
+                <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Piedcoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 140, pp.44--53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2014.12.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01568623v1</w:t>
+                <w:t xml:space="preserve">hal-01568621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assimilation and contrast are on the same scale of food anticipated-experienced pleasure divergence</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Long term ingestion of a preload containing fructo-oligosaccharide or guar gum decreases fat mass but not food intake in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouheyr Hadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Tomé</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2015.03.006⟩</w:t>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 147, pp.198-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2015.04.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01269358v1</w:t>
+                <w:t xml:space="preserve">hal-01536492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein Status Modulates the Hedonic Value of Protein Meals in Rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isidra Recio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5075,510 +5075,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P034: Étude par imagerie fonctionnelle des réponses cérébrales aux stimulations alimentaires d’intensité variable</w:t>
+                <w:t xml:space="preserve">Two effects of sensory anticipation, assimilation and contrast, are on the same scale of anticipated-experienced pleasure divergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga O. Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdlatif Benmoussa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Claise</w:t>
+                <w:t xml:space="preserve">Julien J. Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Jean</w:t>
+                <w:t xml:space="preserve">David Blumenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès A. Marsset-Baglieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0985-0562(14)70677-6⟩</w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 83, pp.360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2014.06.092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02630422v1</w:t>
+                <w:t xml:space="preserve">hal-02630294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two effects of sensory anticipation, assimilation and contrast, are on the same scale of anticipated-experienced pleasure divergence</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Blumenthal</w:t>
+                <w:t xml:space="preserve">Environmental enrichment alters splenic immune cell composition and enhances secondary influenza vaccine responses in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blake T. Gurfein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès A. Marsset-Baglieri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
+                <w:t xml:space="preserve">Mary Premenko-Lanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey M. Milush</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Acree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2014.06.092⟩</w:t>
+              <w:t xml:space="preserve">Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20, pp.179-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2119/molmed.2013.00158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02630294v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental enrichment alters splenic immune cell composition and enhances secondary influenza vaccine responses in mice</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olga Davidenko</w:t>
+                <w:t xml:space="preserve">P034: Étude par imagerie fonctionnelle des réponses cérébrales aux stimulations alimentaires d’intensité variable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga O. Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Bonny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mary Premenko-Lanier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jeffrey M. Milush</w:t>
+                <w:t xml:space="preserve">Abdlatif Benmoussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Claise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Acree</w:t>
+                <w:t xml:space="preserve">B. Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 20, pp.179-190. </w:t>
+              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28, pp.S85-S86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2119/molmed.2013.00158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0985-0562(14)70677-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173407v1</w:t>
+                <w:t xml:space="preserve">hal-02630422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P125 Une expérience unique pour provoquer deux effets d’anticipation sensorielle distincts : l’assimilation et le contraste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga O. Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Blumenthal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès A. Marsset-Baglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5693,51 +5693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STRESS-THE INTERNATIONAL JOURNAL ON THE BIOLOGY OF STRESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 16 (2), pp.211 - 219. </w:t>
@@ -5801,51 +5801,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rojo R. Rasoamanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P. Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5930,64 +5930,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain Responses to High-Protein Diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion M. Journel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6047,103 +6047,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peripheral and central mechanisms involved in the control of food intake by dietary amino acids and proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnés Marsset-Baglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition Research Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 25 (1), pp.29-39. </w:t>
@@ -6175,360 +6175,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00971696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Calm Mouse: An Animal Model of Stress Reduction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nutrient sensing and signalling by the gut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rojo R. Rasoamanana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Tome</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2119/molmed.2012.00053⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 71 (4), pp.446 - 455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0029665112000110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01004211v1</w:t>
+                <w:t xml:space="preserve">hal-01003350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrient sensing and signalling by the gut</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Calm Mouse: An Animal Model of Stress Reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blake T. B. T. Gurfein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew W. A. W. Stamm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter P. Bacchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary F. M. F. Dallman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nachiket A. N. A. Nadkarni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 71 (4), pp.446 - 455. </w:t>
+              <w:t xml:space="preserve">Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (4), pp.606 - 617. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0029665112000110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2119/molmed.2012.00053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01003350v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary fibers solubilized in water or an oil emulsion induce satiation through CCK-mediated vagal signaling in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rojo Rasoamanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 142 (11), pp.2033-2039. </w:t>
@@ -6579,90 +6579,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of food intake induced by acute stress in rats is due to satiation effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 104 (5), pp.675-683. </w:t>
@@ -6725,90 +6725,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protéines laitières et satiété, contrôle du comportement alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie A. Lesdema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rojo R. Rasoamanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 13, pp.57-70. </w:t>
@@ -6872,64 +6872,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Burguet-de Curières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Andrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6993,64 +6993,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-fat diet attenuates the central response to within-meal satiation signals and modifies the receptor expression of vagal afferents in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wahiba Nefti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7391,381 +7391,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05451208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la transférabilité de la méthode ARDI dans le champ de l'éducation à l'alimentation au projet &amp;quot;SPECIALE</w:t>
+                <w:t xml:space="preserve">Transition alimentaire dans les cantines scolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Scutti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Maurice</w:t>
+                <w:t xml:space="preserve">Jean-François Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Jeux &amp; Enjeux 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">séminaire sur les transitions territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AgroParisTech, Jan 2024, Palaiseau (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771871v1</w:t>
+                <w:t xml:space="preserve">hal-04556051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Végétal, animal : quel équilibre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Huneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum régional nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SRAE, Apr 2024, Nantes France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04556063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition alimentaire dans les cantines scolaires</w:t>
+                <w:t xml:space="preserve">De la transférabilité de la méthode ARDI dans le champ de l'éducation à l'alimentation au projet &amp;quot;SPECIALE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Huneau</w:t>
+                <w:t xml:space="preserve">Estelle Scutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire sur les transitions territoriales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AgroParisTech, Jan 2024, Palaiseau (France), France</w:t>
+              <w:t xml:space="preserve">Rencontres Jeux &amp; Enjeux 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04556051v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rats chirp with their mouth full !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Kreichati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Kreichati</w:t>
+                <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7909,359 +7909,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding food selection in light of protein-specific appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olga Davidenko</w:t>
+                <w:t xml:space="preserve">Habitual meat consumption is positively associated with protein valuation in a sample of French adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Gourru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
+                <w:t xml:space="preserve">Romane Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Gourru</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tristan Dadillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Benjamin Franklin &amp; Lafayette Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Frejus (France), France</w:t>
+              <w:t xml:space="preserve">The British Feeding and Drinking Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542680v1</w:t>
+                <w:t xml:space="preserve">hal-04527387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitual meat consumption is positively associated with protein valuation in a sample of French adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding food selection in light of protein-specific appetite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Gourru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Gourru</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Tristan Dadillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Rampin</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The British Feeding and Drinking Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">Benjamin Franklin &amp; Lafayette Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Frejus (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04527387v1</w:t>
+                <w:t xml:space="preserve">hal-04542680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can Rat Ultrasonic Vocalizations Communicate Information On Food?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Kreichati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mina Dentan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Kreichati</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mina Dentan</w:t>
+                <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Benjamin Franklin &amp; Lafayette Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Frejus (France), France</w:t>
@@ -8290,51 +8290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coaching Agent: Making Recommendations for Behavior Change. A Case Study on Improving Eating Habits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Vandeputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cornuéjols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8411,77 +8411,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coaching Agent: Making Recommendations for Behavior Change. A Case Study on Improving Eating Habits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Vandeputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cornuéjols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Delaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8545,64 +8545,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term or long-term effect of social norm on eating behavior? Contribution of an agent-based model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Cannac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8657,90 +8657,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diet protein content and individual phenotype affect food intake and protein appetence in rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Crossouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8782,77 +8782,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le coaching : un nouveau cadre pour la recommandation automatique en vue de modifications durables du comportement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Vandeputte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cornuéjols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Delaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9022,290 +9022,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03523652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appétence pour les protéines: influence du régime et variabilité individuelle, chez le rat</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bayesian Vote Elicitation for Group Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Caillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Manfredotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Viappiani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFN, Nov 2020, Virtuel, France</w:t>
+              <w:t xml:space="preserve">From Multiple Criteria Decision Aid to Preference Learning (DA2PL 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Andrea Passerini (University of Trento); Vincent Mousseau (Centrale Supelec), Nov 2020, Trento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542283v1</w:t>
+                <w:t xml:space="preserve">hal-03006639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian Vote Elicitation for Group Recommendations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cristina Manfredotti</w:t>
+                <w:t xml:space="preserve">Appétence pour les protéines: influence du régime et variabilité individuelle, chez le rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Viappiani</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olga Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">From Multiple Criteria Decision Aid to Preference Learning (DA2PL 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Andrea Passerini (University of Trento); Vincent Mousseau (Centrale Supelec), Nov 2020, Trento, Italy</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFN, Nov 2020, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03006639v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation sociale des choix d’aliments à faible et haute densité énergétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Abboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9313,51 +9313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Jouniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, En ligne, France</w:t>
@@ -9425,51 +9425,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga O. Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Claise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdlatif Benmoussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9505,355 +9505,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of providing choice on processing of sweet drinks in the brain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Higgs</w:t>
+                <w:t xml:space="preserve">Profil de consommation protéique et attitudes vis-à-vis des protéines animales des végétariens, flexitariens et omnivores d’une population représentative française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan de Gavelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Fouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixteenth Annual Meeting of the Organization for Human Brain Mapping (OHBM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Nice, France. pp.39-40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nupar.2019.01.289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02735106v1</w:t>
+                <w:t xml:space="preserve">hal-02006887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profil de consommation protéique et attitudes vis-à-vis des protéines animales des végétariens, flexitariens et omnivores d’une population représentative française</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Delarue</w:t>
+                <w:t xml:space="preserve">Effect of providing choice on processing of sweet drinks in the brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga O. Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Clerjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Higgs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sixteenth Annual Meeting of the Organization for Human Brain Mapping (OHBM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Organization for Human Brain Mapping., 2019, Rome, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02006887v1</w:t>
+                <w:t xml:space="preserve">hal-02735106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The coding of food odors by the olfactory tubercle: sensory, valence, or something else ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Jalabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Saint-Albin Deliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bombail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9889,325 +9889,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring eating behaviours modelling for user clustering</w:t>
+                <w:t xml:space="preserve">Expected satiation is correlated with amplitude of intake but does not fit well with actual consumption of desserts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sema Akkoyunlu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Cornuéjols</w:t>
+                <w:t xml:space="preserve">E. Guillocheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Davidenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marsset-Baglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gaudichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HealthRecSys@RecSys 2018 colocated with ACM Recsys’18 (ACM Conference Series on Recommender Systems)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 41st Anniversary Meeting of the British Feeding and Drinking Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Reading, United Kingdom. pp.468, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2017.11.081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02480562v1</w:t>
+                <w:t xml:space="preserve">hal-02296782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expected satiation is correlated with amplitude of intake but does not fit well with actual consumption of desserts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Marsset-Baglieri</w:t>
+                <w:t xml:space="preserve">Exploring eating behaviours modelling for user clustering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sema Akkoyunlu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Manfredotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornuéjols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Delaere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 41st Anniversary Meeting of the British Feeding and Drinking Group</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">HealthRecSys@RecSys 2018 colocated with ACM Recsys’18 (ACM Conference Series on Recommender Systems)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Vancouver, Canada. pp.46-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296782v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02480562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein Status Modulates the Rewarding Value of Meals according to their Protein Content in Rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isidra Recio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10288,77 +10288,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation des préférences alimentaires induites par le recouvrement d’une déficience en protéines chez l’homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre M Barbillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10422,51 +10422,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-protein exposure during gestation - consequences on food preferences and health in adult rat offspring in self-selection models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Carlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10534,90 +10534,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of protein status in humans leads top preference for increased portions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre M Barbillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10653,273 +10653,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01781907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Facecook”, design and rool-out of a community based social network to promote healthy eating practices amongst low income population”</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Bibai</w:t>
+                <w:t xml:space="preserve">Investigating substitutability of food items in consumption data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sema Akkoyunlu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Manfredotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornuéjols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Delaere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Cook and Health Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of West London. GBR., Mar 2017, Londres, United Kingdom. 15 p</w:t>
+              <w:t xml:space="preserve">Second International Workshop on Health Recommender Systems co-located with ACM RecSys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Como, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603041v1</w:t>
+                <w:t xml:space="preserve">hal-02482142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating substitutability of food items in consumption data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Antoine Cornuéjols</w:t>
+                <w:t xml:space="preserve">“Facecook”, design and rool-out of a community based social network to promote healthy eating practices amongst low income population”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Bibai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Dugre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faustine Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International Workshop on Health Recommender Systems co-located with ACM RecSys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Como, Italy</w:t>
+              <w:t xml:space="preserve">2nd Cook and Health Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of West London. GBR., Mar 2017, Londres, United Kingdom. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02482142v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Striatal and cingulate fMRI responses to unexpected taste reflect behavioral effects of expectations</w:t>
               </w:r>
@@ -11043,64 +11043,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein status modulates the activity of reward system in response to protein intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Recio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11185,64 +11185,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial reorganization of Proopiomelanocortin (POMC)-expressing Neurons in the Arcuate Nucleus of POMC-EGFP Mice Resistant or Prone to Obesity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Guillaumin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11310,64 +11310,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial reorganization of Proopiomelanocortin (POMC)-expressing Neurons in the Arcuate Nucleus of POMC-EGFP Mice Resistant or Prone to Obesity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Gaudichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11416,277 +11416,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01588459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manger Top: une intervention de marketing social avec marquage nutritionnel dans deux supermarchés à Marseille</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Raffin</w:t>
+                <w:t xml:space="preserve">The form of energy-containing food alters satiety and fMRI brain responses in humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Piedcoq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Dubois</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées Francophones de Nutrition (JFN 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Marseille, France</w:t>
+              <w:t xml:space="preserve">Experimental Biology Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743848v1</w:t>
+                <w:t xml:space="preserve">hal-02740775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The form of energy-containing food alters satiety and fMRI brain responses in humans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Soto</w:t>
+                <w:t xml:space="preserve">Manger Top: une intervention de marketing social avec marquage nutritionnel dans deux supermarchés à Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Gamburzew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Biology Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Boston, United States</w:t>
+              <w:t xml:space="preserve">13. Journées Francophones de Nutrition (JFN 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740775v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sucrose solution intake and its schedule of access affect the response to chronic variable stress in mice</w:t>
               </w:r>
@@ -11711,51 +11711,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gharibeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11849,51 +11849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Burguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12es Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Bruxelles, Belgium. pp.S165, </w:t>
@@ -11944,90 +11944,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouse Stress Reduction Alters Splenic Immune Cell Composition and Enhances Influenza Vaccine Responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blake Gurfein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Davidenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Premenko-Lanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Milush</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Acree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Research Congress on Integrative Medicine and Health (IRCIMH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Miami, United States. pp.A32 - A32, </w:t>
@@ -12078,64 +12078,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O18: La texture de la nourriture affecte la satiété et les mécanismes centraux de la prise alimentaire chez l’homme : étude par IRM fonctionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Marsset-Baglieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Piedcoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12199,64 +12199,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ingestion d’un régime carencé en protéine induit une hyper-réactivité à un repas hyperprotéique au niveau d’une région du cerveau impliquée dans le contrôle de l’hédonisme: le noyau accumbens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12367,64 +12367,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mauduit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11es Journées Francophones de Nutrition, JFN 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Bordeaux, France. pp.S23 - S24, </w:t>
@@ -12487,77 +12487,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preload of dietary fiber added to oil emulsion efficiently reduces energy intake by systemic PYY and vagal CCK signaling in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rojo Rasoamanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12595,90 +12595,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postprandial activation of [i]accumbens nucleus[/i], brain area involved in hedonism, is decreased by high protein diet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Biology Meeting 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Washington D.C., United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12703,90 +12703,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutrient-dependent neuronal activation patterns in the nucleus of the solitary tract, as revealed by a statistical three-dimensional modeling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmine Burguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Schwarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rampin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Andrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12854,51 +12854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Schwarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Andrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12979,51 +12979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Schwarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Andrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13104,51 +13104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Schwarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Andrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13255,51 +13255,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane L'Heureux-Bouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvette Gougis-Authie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Annual meeting of the Society for the Study of Ingestive Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Paris, France</w:t>
@@ -13341,51 +13341,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibotenic acid lesion of the anterior piriform cortex does not increase high-protein diet intake in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Faipoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13485,90 +13485,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of a novel plant-based protein on daily nutritional intake: Do people adapt over time?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Gourru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dadillon Tristan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couturier-Becavin Kristell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brunstrom Jeffrey M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13604,320 +13604,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04527391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'intégration d'une nouvelle source de protéines végétales dans un repas, avant et après l'exposition répétée</w:t>
+                <w:t xml:space="preserve">Impact of a moderate reduction in protein intake on eating behavior and neuronal activation in the dorsal vagal complex and ventral striatum in rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tristan Dadillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marjorie Gourru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J Brunstrom</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">Société de Neuro-Endocrinologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523992v1</w:t>
+                <w:t xml:space="preserve">hal-04524095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a moderate reduction in protein intake on eating behavior and neuronal activation in the dorsal vagal complex and ventral striatum in rats.</w:t>
+                <w:t xml:space="preserve">Etude d'intégration d'une nouvelle source de protéines végétales dans un repas, avant et après l'exposition répétée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marjorie Gourru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tristan Dadillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristell Couturier-Becavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Roth</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Jérôme</w:t>
+                <w:t xml:space="preserve">J Brunstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société de Neuro-Endocrinologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04524095v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet « SPECIALE » : Sciences Participatives pour une Education Citoyenne à l’Alimentation à l’Ecole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13955,51 +13955,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des phénomènes de convergence des choix alimentaires en contexte collectif au moyen de graphes étiquetés : exemple des choix de plats en restauration collective universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Santini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14037,90 +14037,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de l’hyperphagie induite par une réduction des apports en protéines de viande chez le rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Dadillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Champeil-Potokar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jerome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14188,51 +14188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynn Abou Jaoudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14287,51 +14287,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social modeling of low and high energy density starters and desserts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Abboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14339,51 +14339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Jouniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The British Feeding and Drinking Group (BFDG) 45th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Leeds, United Kingdom</w:t>
@@ -14412,103 +14412,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La modélisation sociale des choix alimentaires concerne préférentiellement certains types d’aliments : étude des choix en restauration collective.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alya Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lagneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Rennes, France. </w:t>
@@ -14537,103 +14537,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation sociale des choix alimentaires végétariens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alya Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lagneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Higgs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de la Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
@@ -14675,51 +14675,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposition périnatale à un régime de quantité et de qualité variables en protéines chez le rat– croissance, préférences alimentaires et risque de surpoids chez la descendance femelle adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Carlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Delteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14800,51 +14800,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of chronic variable stress on central regulation of food intake and neurogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14946,90 +14946,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute stress in rats induces decrease in food intake through mechanisms involving satiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Calvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachiket Nadkarni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Swiss Winter Conference on Ingestive Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2010, St. Moritz, Suisse. , 2010</w:t>
@@ -15170,51 +15170,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05502463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -15338,83 +15338,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chapitre 16 - Identification de messages alimentaires à destination des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rallou Thomopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Darcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Étudier les changements de comportements alimentaires. Méthodes, approches interdisciplinaires et enjeux éthiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Quae, pp.146-154, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4069-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Control of Food Intake by Dietary Amino Acids and Proteins: Molecular and Cellular Aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles G. Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Chaumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15427,83 +15531,83 @@
                 <w:t xml:space="preserve">Daniel Tome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dominique Dardevet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Molecular Nutrition of Amino Acids and Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.221-232, 2016, Molecular Nutrition Series, 978-0-12-802167-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-802167-5.00016-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01588108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15513,125 +15617,125 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Editorial] Special Issue: How can food pleasure drive healthy eating habits?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, pp.1--2. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2016.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15641,147 +15745,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etat des lieux et échange de pratiques des sciences participatives à l’université Sorbonne Paris Nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bellicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roucous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04541087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15791,248 +15895,248 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation technologique et nutritionnelle pour la production de protéines d'oléagineux hautement digestibles chez l'Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Gaudichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Kapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Galet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quinsac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dauguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04506660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart healthy diet for all ? An interview study on the usage and perception of a designed cooking app for the low income population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Dugre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Adamiec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16042,100 +16146,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La viscérosensibilité chimique intestinale: Mécanismes et implications dans le contrôle de la prise alimentaire chez le rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. INAPG (AgroParisTech), 2005. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2005INAP0010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00003115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16145,91 +16249,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurobiologie de la prise alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurobiologie. Université paris diderot, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04399417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16239,65 +16343,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SPECIALE&amp;quot;, UN PROJET DE SCIENCES PARTICIPATIVES EN NUTRITION HUMAINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Darcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16305,65 +16409,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Maurice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doctorat. Introduction à la science ouverte - retours d'expérience, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId434"/>
+      <w:footerReference w:type="default" r:id="rId435"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16431,51 +16535,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7B6A9D50"/>
+    <w:nsid w:val="5E691DD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16662,51 +16766,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-darcel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1517-5658" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120238764" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516316v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Gourru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blanchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dadillon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Brunstrom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Flynn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2025.108274" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516321v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Champeil-Potokar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Math&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2025.115131" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160271v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Verdeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Darcel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132q5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975185v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Vandeputte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Herold" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykyt Kuslii" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Viappiani" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2022.12.022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172079v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Champeil-Potokar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kreichati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Denis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2023.1089631" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151664v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alya Hammami" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Garcia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Higgs" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Davidenko" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1081700" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151657v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Brouzes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Tawfik Ahmed Farid" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Emad El Sayed" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tom&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/women3020021" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gharibeh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Chaumontet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Darcel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fromentin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Denis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2022.106123" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738444v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint Albin Deliot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ouali" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Burguet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051126" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Abou Jaoud&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Teyssier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beugnot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2022.104618" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907831v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; M C Brouzes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Bourdet-Sicard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Youssef Shaaban" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxab021" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03419408v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mazellier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Darcel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105162" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271469v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Crossouard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxaa455" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454290v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lluch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10112745" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386504v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Tom&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick C Even" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thornton" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b05990" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458164v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carlota Dao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Bourdet-Sicard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cdn/nzz143" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03500022v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Carlin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blachier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M Barbillon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2019.108333" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02179307v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Gavelle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2019.104345" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Even" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila D. Azzout-Marniche" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2019.03.012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018419v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Blachier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11010096" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295001v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11071556" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628816v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga O. Davidenko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Morrot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Jean" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Claise" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.07.058" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783985v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Guillocheau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Gaudichon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.12.022" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623717v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidra Recio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Fromentin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benoit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piedcoq" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxy060" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091625v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine R&#233;gnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugr&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/11176" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01495100v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Godefroy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trinchera" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Rigal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.12.005" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01777461v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gamburzew" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gazan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubois" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Maillot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2017.03.006" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01769396v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouheyr Hadri" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rojo R. Rasoamanana" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick C. Even" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.10.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622561v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake T. Gurfein" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burcu Hasdemir" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Milush" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Touma" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Palme" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180771" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568617v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-016-0427-1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173418v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zeeni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bassil" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2014.11.003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568626v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Soto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536492v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Even" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2015.04.039" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568621v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket Nadkarni" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2014.12.008" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568623v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Raffin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maillot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269358v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2015.03.006" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4X1KWX4-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568622v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630422v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdlatif Benmoussa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jean" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70677-6" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630294v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Delarue" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blumenthal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s A. Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2014.06.092" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3SW0H1P9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173407v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Premenko-Lanier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Acree" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2119/molmed.2013.00158" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644042v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(13)70457-6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVSP3K0J-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001571v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. Zeeni" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Daher" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10253890.2012.708952" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004472v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2012.12.008" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLQ681WD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004192v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion M. Journel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Tome" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/an.112.002071" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00971696v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#233;s Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954422411000175" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004211v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake T. B. T. Gurfein" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. A. W. Stamm" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter P. Bacchetti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary F. M. F. Dallman" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket A. N. A. Nadkarni" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2119/molmed.2012.00053" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003350v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665112000110" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00965688v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rojo Rasoamanana" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.112.159848" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601780v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Calvez" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2011.07.012" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP1R949W-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000370v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Lesdema" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/gfpd-7468" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173379v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schwartz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Burguet-de Curi&#232;res" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andrey" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0008974" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620713v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Nefti" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.90733.2008" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368469v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Gaillard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Laugerette" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani El-Yassimi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Passilly-Degrace" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.07-8415com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451208v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mendez Barreto" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rallou Thomopoulos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771871v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Scutti" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Bri&#232;re" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04556063v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Huneau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04556051v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563327v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542685v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saveant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guimont" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542680v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527387v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542652v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina Dentan" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04156529v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornu&#233;jols" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaere" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015804v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836341v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cannac" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salliou" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542252v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321188v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delaere" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03523652v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bruno" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Canet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lemarchand" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Moal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Neitthoffer" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542283v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03006639v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Caillat" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Manfredotti" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161824v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Abboud" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Sylvestre" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jouniaux" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735105v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodriguez-Izquierdo" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735106v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Clerjon" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006887v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.289" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542342v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Jalabert" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Albin Deliot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bombail" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480562v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sema Akkoyunlu" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02296782v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillocheau" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Davidenko" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaudichon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.11.081" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04379709v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tome" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Beno&#238;t" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783982v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fromentin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2017.06.020" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733657v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Blachier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Kodde" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781907v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603041v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bibai" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugre" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Regnier" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482142v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742750v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588440v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Recio" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fromentin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.02.129" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0P7JM41N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740851v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Guillaumin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588459v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743848v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raffin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740775v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536524v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Zeeni" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gharibeh" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01579240v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soto" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillaumin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Burguet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benoit" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70828-3" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588174v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Gurfein" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Milush" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/acm.2014.5079.abstract" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579223v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piedcoq" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Airinei" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70594-1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588503v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tom&#233;" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(13)70318-2" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J4TXBVH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588501v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Journel" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mauduit" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Even" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(13)70274-7" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19MKTQGX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186879v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186833v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200662v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schwarz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754780v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Andrey" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Burguet de Curi&#232;res" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173368v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173371v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173376v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane L'Heureux-Bouron" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Gougis-Authie" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754314v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Faipoux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Gougis" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothy W. Gietzen" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527391v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadillon Tristan" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Couturier-Becavin Kristell" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunstrom Jeffrey M." TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523992v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Couturier-Becavin" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brunstrom" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524095v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roth" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541411v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426387v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Santini" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524092v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jerome" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03856733v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Charrier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Perrin" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269486v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161811v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828854v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04435994v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Delteil" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert van de Heijning" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601265v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nadkarni" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2010.04.036" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L0XRKVWH-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601266v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502463v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4069-2" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497265v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mi Berlin" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pernelle" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rouveirol" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588108v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/the-molecular-nutrition-of-amino-acids-and-proteins/dardevet/978-0-12-802167-5" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-802167-5.00016-5" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568616v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.04.001" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13TQ25R6-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541087v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bellicha" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garnier" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04506660v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galet" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quinsac" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dauguet" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788297v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00003115v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005INAP0010" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04399417v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616450v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-darcel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1517-5658" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120238764" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516321v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dadillon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Champeil-Potokar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Gourru" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Math&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2025.115131" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516316v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blanchet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Brunstrom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Flynn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2025.108274" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160271v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Verdeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Darcel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/132q5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151664v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alya Hammami" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Garcia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Higgs" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Davidenko" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1081700" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172079v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Champeil-Potokar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kreichati" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rampin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Denis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2023.1089631" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975185v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Vandeputte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Herold" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykyt Kuslii" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Viappiani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2022.12.022" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151657v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Brouzes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Tawfik Ahmed Farid" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Emad El Sayed" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tom&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/women3020021" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738444v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint Albin Deliot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ouali" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Burguet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051126" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151706v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gharibeh" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Chaumontet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Darcel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fromentin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Denis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2022.106123" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Abou Jaoud&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Teyssier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beugnot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2022.104618" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907831v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; M C Brouzes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Bourdet-Sicard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Youssef Shaaban" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxab021" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271469v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Crossouard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Darcel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxaa455" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03419408v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mazellier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagneau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105162" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454290v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lluch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10112745" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458164v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Tom&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Carlota Dao" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Bourdet-Sicard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cdn/nzz143" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386504v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick C Even" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thornton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.9b05990" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03500022v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Carlin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Blachier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M Barbillon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2019.108333" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02179307v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Gavelle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2019.104345" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Even" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila D. Azzout-Marniche" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2019.03.012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018419v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Blachier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11010096" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295001v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11071556" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628816v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga O. Davidenko" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Morrot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Jean" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Claise" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.07.058" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783985v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Guillocheau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Gaudichon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.12.022" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623717v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidra Recio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Fromentin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benoit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piedcoq" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/nxy060" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091625v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine R&#233;gnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugr&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Adamiec" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/11176" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01777461v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Gamburzew" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gazan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Maillot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2017.03.006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01495100v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Godefroy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trinchera" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Rigal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.12.005" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01769396v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouheyr Hadri" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rojo R. Rasoamanana" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick C. Even" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.10.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622561v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake T. Gurfein" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burcu Hasdemir" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey M. Milush" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadi Touma" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupert Palme" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180771" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568617v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-016-0427-1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568626v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Soto" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173418v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zeeni" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bassil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2014.11.003" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568623v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Raffin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Maillot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269358v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2015.03.006" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4X1KWX4-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568621v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket Nadkarni" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2014.12.008" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536492v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Even" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2015.04.039" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568622v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630294v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Delarue" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blumenthal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s A. Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2014.06.092" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3SW0H1P9-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173407v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Premenko-Lanier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Acree" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2119/molmed.2013.00158" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630422v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdlatif Benmoussa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jean" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70677-6" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644042v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(13)70457-6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVSP3K0J-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001571v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. Zeeni" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Daher" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10253890.2012.708952" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004472v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2012.12.008" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLQ681WD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004192v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion M. Journel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Tome" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/an.112.002071" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00971696v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#233;s Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0954422411000175" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003350v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665112000110" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004211v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake T. B. T. Gurfein" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew W. A. W. Stamm" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter P. Bacchetti" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary F. M. F. Dallman" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachiket A. N. A. Nadkarni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2119/molmed.2012.00053" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00965688v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rojo Rasoamanana" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3945/jn.112.159848" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601780v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Calvez" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2011.07.012" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP1R949W-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000370v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Lesdema" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/gfpd-7468" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173379v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schwartz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Burguet-de Curi&#232;res" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andrey" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0008974" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620713v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Nefti" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpregu.90733.2008" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368469v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Gaillard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Laugerette" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani El-Yassimi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Passilly-Degrace" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.07-8415com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05451208v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mendez Barreto" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamprini Chartofylaka" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rallou Thomopoulos" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04556051v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Huneau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04556063v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771871v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Scutti" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Bri&#232;re" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563327v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542685v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saveant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guimont" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527387v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542680v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542652v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina Dentan" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04156529v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornu&#233;jols" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaere" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015804v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836341v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cannac" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salliou" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542252v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321188v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delaere" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03523652v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bruno" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Canet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lemarchand" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Moal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Neitthoffer" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03006639v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Caillat" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Manfredotti" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542283v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161824v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Abboud" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Sylvestre" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jouniaux" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735105v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodriguez-Izquierdo" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006887v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.289" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735106v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Clerjon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542342v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Jalabert" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Saint-Albin Deliot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bombail" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02296782v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillocheau" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Davidenko" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaudichon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.11.081" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480562v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sema Akkoyunlu" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04379709v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tome" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Beno&#238;t" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783982v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fromentin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2017.06.020" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733657v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Blachier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Kodde" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781907v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482142v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603041v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bibai" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dugre" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ollivier" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Regnier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742750v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588440v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Recio" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fromentin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.02.129" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0P7JM41N-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740851v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Guillaumin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588459v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740775v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743848v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raffin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubois" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536524v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Zeeni" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gharibeh" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01579240v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soto" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guillaumin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Burguet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benoit" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70828-3" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588174v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Gurfein" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Milush" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/acm.2014.5079.abstract" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579223v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piedcoq" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Airinei" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(14)70594-1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588503v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tom&#233;" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(13)70318-2" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7J4TXBVH-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588501v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Journel" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mauduit" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Even" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0985-0562(13)70274-7" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-19MKTQGX-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186879v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186833v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200662v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Schwarz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754780v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Andrey" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Burguet de Curi&#232;res" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173368v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173371v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173376v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane L'Heureux-Bouron" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Gougis-Authie" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754314v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Faipoux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Gougis" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothy W. Gietzen" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04527391v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadillon Tristan" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Couturier-Becavin Kristell" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunstrom Jeffrey M." TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524095v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Roth" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523992v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Couturier-Becavin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Brunstrom" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541411v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04426387v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Santini" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524092v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jerome" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03856733v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Charrier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Perrin" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269486v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161811v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828854v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04435994v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Delteil" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert van de Heijning" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601265v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nadkarni" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2010.04.036" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L0XRKVWH-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601266v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502463v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4069-2" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497265v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mi Berlin" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pernelle" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rouveirol" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05563370v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01588108v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/the-molecular-nutrition-of-amino-acids-and-proteins/dardevet/978-0-12-802167-5" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-802167-5.00016-5" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01568616v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.04.001" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13TQ25R6-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541087v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bellicha" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garnier" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04506660v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galet" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quinsac" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dauguet" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788297v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00003115v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2005INAP0010" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04399417v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616450v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>