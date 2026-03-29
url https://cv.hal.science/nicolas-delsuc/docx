--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -100,1034 +100,1034 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arginine-Tryptophan Peptides Enhancing Antibacterial and Anticancer Effects of Ruthenium(II) Polypyridyl Complex Photosensitizers</w:t>
+                <w:t xml:space="preserve">SOD mimics delivered to the gut using lactic acid bacteria mitigate the colitis symptoms in a mouse model of Inflammatory Bowel Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiao Ying Ng</w:t>
+                <w:t xml:space="preserve">Gabrielle Schanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kar Wai Fong</w:t>
+                <w:t xml:space="preserve">Amandine Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lik Voon Kiew</w:t>
+                <w:t xml:space="preserve">Florian Chain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pooi Yin Chung</w:t>
+                <w:t xml:space="preserve">Pauline Ruffié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yun Khoon Liew</w:t>
+                <w:t xml:space="preserve">Célia Carbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (29), pp.31452-31465. </w:t>
+              <w:t xml:space="preserve">Free Radical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 59 (3), pp.262-273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsomega.5c00997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10715762.2025.2478121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05213183v1</w:t>
+                <w:t xml:space="preserve">hal-04999251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SOD mimics delivered to the gut using lactic acid bacteria mitigate the colitis symptoms in a mouse model of Inflammatory Bowel Diseases</w:t>
+                <w:t xml:space="preserve">Angle-dependent spin crossover properties in polymorphic iron(ii) complexes based on pyridine-triazole derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Schanne</w:t>
+                <w:t xml:space="preserve">Emmelyne Cuza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Vincent</w:t>
+                <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Chain</w:t>
+                <w:t xml:space="preserve">Jerôme Marrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Ruffié</w:t>
+                <w:t xml:space="preserve">William Shepard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Carbonne</w:t>
+                <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Free Radical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 59 (3), pp.262-273. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10715762.2025.2478121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d4dt03376k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04999251v1</w:t>
+                <w:t xml:space="preserve">hal-05029258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inorganic chemical biology and metal complexes in cells: from the design of cellular models to evaluate antioxidant activity to the characterization of metal complexes in cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Policar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clotilde Policar</w:t>
+                <w:t xml:space="preserve">Christine Rampon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Rampon</w:t>
+                <w:t xml:space="preserve">Alice Balfourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Balfourier</w:t>
+                <w:t xml:space="preserve">Michel Volovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Vriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 28 (G1), pp.397-421. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/crchim.339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angle-dependent spin crossover properties in polymorphic iron(ii) complexes based on pyridine-triazole derivatives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kinetic Redox Shotgun Proteomics Reveals Specific Lipopolysaccharide Effects on Intestinal Epithelial Cells, Mitigated by a Mn Superoxide Dismutase Mimic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha Zoumpoulaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmelyne Cuza</w:t>
+                <w:t xml:space="preserve">Giovanni Chiappetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Delsuc</w:t>
+                <w:t xml:space="preserve">Jean Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerôme Marrot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Policar</w:t>
+                <w:t xml:space="preserve">Namita‐raju John</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Schanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d4dt03376k⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (19), pp.e202422644. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202422644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05029258v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic Redox Shotgun Proteomics Reveals Specific Lipopolysaccharide Effects on Intestinal Epithelial Cells, Mitigated by a Mn Superoxide Dismutase Mimic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decoding the mechanism for cytotoxicity in thiolato-bridged triosmium carbonyl clusters: from serum reactivity to cellular impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martha Zoumpoulaki</w:t>
+                <w:t xml:space="preserve">Hélène C Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Chiappetta</w:t>
+                <w:t xml:space="preserve">Bohong Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Bouvet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gabrielle Schanne</w:t>
+                <w:t xml:space="preserve">Weng Kee Leong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202422644⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00775-025-02127-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407442v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoding the mechanism for cytotoxicity in thiolato-bridged triosmium carbonyl clusters: from serum reactivity to cellular impact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel ruthenium(II) polypyridyl complexes conjugated with bis-dipicolylamine as antibacterial photosensitisers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kar Wai Fong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xin Liang</w:t>
+                <w:t xml:space="preserve">Xiao Ying Ng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène C Bertrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Delsuc</w:t>
+                <w:t xml:space="preserve">Lik Voon Kiew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bohong Huang</w:t>
+                <w:t xml:space="preserve">Yun Khoon Liew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weng Kee Leong</w:t>
+                <w:t xml:space="preserve">Pooi Yin Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00775-025-02127-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s43630-025-00790-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361708v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel ruthenium(II) polypyridyl complexes conjugated with bis-dipicolylamine as antibacterial photosensitisers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Arginine-Tryptophan Peptides Enhancing Antibacterial and Anticancer Effects of Ruthenium(II) Polypyridyl Complex Photosensitizers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao Ying Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kar Wai Fong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lik Voon Kiew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pooi Yin Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Khoon Liew</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pooi Yin Chung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (29), pp.31452-31465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s43630-025-00790-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.5c00997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05360617v1</w:t>
+                <w:t xml:space="preserve">hal-05213183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellular evaluation of superoxide dismutase mimics as catalytic drugs: Challenges and opportunities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Schanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Demignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coordination Chemistry Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 514, pp.215906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1191,51 +1191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaime de la Fuente Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1299,64 +1299,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal complexes in cells: from design of catalytic antioxidants to imaging metal ions and designing metal-based probes in X-ray fluorescence and IR-imaging, a multidisciplinary collaborative journey in bioinorganic chemistry and inorganic chemical biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Charlotte Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1537,90 +1537,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SOD mimics: From the tool box of the chemists to cellular studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène C Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Chemical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 67, pp.102109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1654,77 +1654,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the Metal Speciation in Low‐Molecular‐Weight Complexes by IMS‐MS: Application to the Detection of Manganese Superoxide Dismutase Mimics in Cell Lysates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martha Zoumpoulaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Schanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Preud'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1788,90 +1788,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inertness of Superoxide Dismutase Mimics Mn(II) Complexes Based on an Open-Chain Ligand, Bioactivity, and Detection in Intestinal Epithelial Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Schanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martha Zoumpoulaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Gazzah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Preud'Homme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1974,51 +1974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alimatou Bathily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magdalene Teoh Sook Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 27 (17), pp.5476. </w:t>
@@ -2190,51 +2190,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhenium carbonyl complexes bearing methylated triphenylphosphonium cations as antibody-free mitochondria trackers for X-ray fluorescence imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Schanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2458,51 +2458,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the compounds commonly known as superoxide dismutase and catalase mimics in cellular models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Thauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2586,295 +2586,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03187067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiation of neural-type cells on multi-scale ordered collagen-silica bionanocomposites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An easy-to-implement combinatorial approach involving an activity-based assay for the discovery of a peptidyl copper complex mimicking superoxide dismutase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Debons</w:t>
+                <w:t xml:space="preserve">Jennifer Rodon Fores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dounia Dems</w:t>
+                <w:t xml:space="preserve">Elodie Tauziet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Quévrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Hélary</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lise Picaut</w:t>
+                <w:t xml:space="preserve">Ágnes Dancs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9BM01029G⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (3), pp.399-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9CC07920C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02456407v1</w:t>
+                <w:t xml:space="preserve">hal-02378888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An easy-to-implement combinatorial approach involving an activity-based assay for the discovery of a peptidyl copper complex mimicking superoxide dismutase</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Vincent</w:t>
+                <w:t xml:space="preserve">Differentiation of neural-type cells on multi-scale ordered collagen-silica bionanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Debons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia Dems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Rodon Fores</w:t>
+                <w:t xml:space="preserve">Christophe Hélary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Tauziet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Quévrain</w:t>
+                <w:t xml:space="preserve">Sylvain Le Grill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ágnes Dancs</w:t>
+                <w:t xml:space="preserve">Lise Picaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56 (3), pp.399-402. </w:t>
+              <w:t xml:space="preserve">Biomaterials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9CC07920C⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9BM01029G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02378888v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02456407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intracellular location matters: rationalization of the anti-inflammatory activity of a manganese( ii ) superoxide dismutase mimic complex</w:t>
               </w:r>
@@ -2899,51 +2899,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Quévrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martha Zoumpoulaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Iriart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3180,51 +3180,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohd Zulkefeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiagarajan Madheswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lik Voon Kiew</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 25 (18), pp.4176. </w:t>
@@ -3275,51 +3275,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Labeling of Hyaluronic Acids with a Rhenium-Tricarbonyl Tag and Percutaneous Penetration Studied by Multimodal Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Laugel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3435,64 +3435,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinita Ambike</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 24 (20), pp.5095-5099. </w:t>
@@ -3664,51 +3664,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Host-Guest System Based on Collagen-Like Triple-Helix Hybridization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shohei Uchinomiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3794,64 +3794,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re(I) carbonyl complexes: Multimodal platforms for inorganic chemical biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Hostachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coordination Chemistry Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 351, pp.172-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3898,90 +3898,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An All-in-One Molecule for the One-Step Synthesis of Functional Hybrid Silica Particles with Tunable Sizes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Graffion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dounia Dems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesut Demirelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Coradin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2017 (43), pp.5047-5051. </w:t>
@@ -4045,51 +4045,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Quévrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4313,51 +4313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.Y. Vincent Ching</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabell Kenkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4460,64 +4460,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Swiecicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Policar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 45 (4), pp.2791-2795. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4564,51 +4564,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An easy-to-detect nona-arginine peptide for epidermal targeting.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Clède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Laugel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5100,51 +5100,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homooligomers of substituted prolines and beta-prolines: syntheses and secondary structure investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Caumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redouane Beni Azza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5221,51 +5221,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the folding propensity of aliphatic units within helical aromatic oligoamide foldamers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legiso Poniman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5402,51 +5402,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoher Gueroui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 51 (3), pp.393-395. </w:t>
@@ -5496,51 +5496,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative helix-helix conformations in branched aromatic oligoamide foldamers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Massip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5639,51 +5639,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of tools for tine tuning of peptide secondary structures, Syntheses, Structural and pharmacological applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roba Moumné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5777,51 +5777,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria E Campbell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier de Hatten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5910,51 +5910,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helical aromatic oligoamide foldamers as organizational scaffolds for photoinduced charge transfer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Wolffs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Veldman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6057,51 +6057,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria E Campbell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier de Hatten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6165,51 +6165,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal-directed dynamic formation of tertiary structure in foldamer assemblies: orienting helices at an angle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6311,51 +6311,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of helix-handedness inversion: folding and unfolding in aromatic amide oligomers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takahiro Kawanami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6457,400 +6457,400 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomorphous objects from abiotic backbones.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.M Leger</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Massip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Huc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 46, pp.214-217</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 46 ((1)-(2)), pp.214-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.200603390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00170390v1</w:t>
+                <w:t xml:space="preserve">hal-00733997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomorphous objects from abiotic backbones.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">The herringbone helix: a noncanonical folding in aromatic-aliphatic peptides.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Godde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Kauffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Léger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Massip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Huc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 129 ((37)), pp.11348-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja074285s⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.200603390⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00733997v1</w:t>
+                <w:t xml:space="preserve">hal-00689883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The herringbone helix: a noncanonical folding in aromatic-aliphatic peptides.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Proteomorphous objects from abiotic backbones.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Léger</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Massip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Huc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 46, pp.214-217</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja074285s⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00689883v1</w:t>
+                <w:t xml:space="preserve">hal-00170390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrational circular dichroism and ab initio structure elucidation of an aromatic foldamer.</w:t>
               </w:r>
@@ -6875,51 +6875,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legiso Poniman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Huc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7004,51 +7004,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Dolain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Gornitzka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7147,51 +7147,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Dolain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Huc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7300,51 +7300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle LU</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7420,51 +7420,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering Peptidyl and Protein Glutathione Peroxidase Mimics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptide and Protein Engineering for Biotechnological and Therapeutic Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, WORLD SCIENTIFIC, pp.247-278, 2023, 978-981-12-6165-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7530,51 +7530,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mimes synthétiques de structures tertiaires des proteines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Delsuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7820,51 +7820,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213183v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Ying Ng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kar Wai Fong" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lik Voon Kiew" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pooi Yin Chung" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Khoon Liew" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c00997" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999251v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Schanne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ruffi&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Carbonne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10715762.2025.2478121" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354269v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Policar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rampon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Balfourier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Volovitch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vriz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.339" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029258v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmelyne Cuza" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delsuc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Marrot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Shepard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt03376k" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407442v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Zoumpoulaki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chiappetta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouvet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namita&#8208;raju John" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202422644" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361708v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Liang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne C Bertrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohong Huang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weng Kee Leong" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-025-02127-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360617v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43630-025-00790-z" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demignot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2024.215906" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572532v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime de la Fuente Diez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Peng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3LC01101A" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354322v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charlotte Bertrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.295" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274612v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ng Xiao Ying" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fong Kar Wai" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiew Lik Voon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Chung Pooi Yin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liew Yun Khoon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2023.112425" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834587v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2021.102109" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699781v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Preud'Homme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Qu&#233;vrain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202203066" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03651845v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gazzah" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/3858122" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776249v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqine Ben Hadj Hammouda" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koudedja Coulibaly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alimatou Bathily" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalene Teoh Sook Han" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27175476" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768555v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sounderya Nagarajan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poyer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fourmois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadda Medjoubi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202104424" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834592v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Henry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=How Chee Ong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Somogyi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1qi00542a" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262072v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Thauvin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adyn Melenbacher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Testard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Trigoni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03718" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187067v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mathieu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Layani-Moreno Layani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2021.111431" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456407v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debons" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Dems" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;lary" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Grill" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Picaut" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9BM01029G" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378888v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rodon Fores" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tauziet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gnes Dancs" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC07920C" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03180781v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bernard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Iriart" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc03398g" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521252v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Y. Vincent Ching" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT04619D" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02988212v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shan Liew" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Wai Mai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Zulkefeli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiagarajan Madheswaran" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25184176" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009811v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laugel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lambert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.7b00825" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685637v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Conte-Daban" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinita Ambike" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201706049" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01905965v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hostachy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masuda" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Miki" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itaru Hamachi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sagan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SC00886H" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01535603v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Uchinomiya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akio Ojida" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CC03055J" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01533375v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2017.05.004" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02121324v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Graffion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mesut Demirelli" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Coradin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701181" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01473825v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b02695" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362850v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Lee Low" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Maigre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ibrahim M. Tahir" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward R. T. Tiekink" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dorlet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2016.04.027" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01288188v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Y. Vincent Ching" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabell Kenkel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Ivanovi&#263;-Burmazovi&#263;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2016.01.025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254689v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hostachy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Swiecicki" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandt" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ecco-jcc/jjw005" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103088v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cl&#232;de" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC08737B" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120951v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Paulus" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozita Rosli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10534-015-9831-2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081881v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pag&#232;s" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc5004907" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797316v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mothes" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caumes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Boullet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gendrineau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules18022307" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362673v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Beni Azza" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Correia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chemla" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3nj00127j" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695546v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legiso Poniman" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;ger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Huc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2011.11.097" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XDH1WP37-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680917v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoher Gueroui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2012.01.023" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JRSKLT5-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723788v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massip" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Kauffmann" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja110677a" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649139v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roba Moumn&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lequin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guitot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593183v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria E Campbell" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Hatten" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.693" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-7KPRD2NQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677462v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wolffs" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Veldman" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;n Anh Nguy&#234;n" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; M Williams" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja809367u" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733991v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200900693" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733996v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hutin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan R Nitschke" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800988" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VKQH4Z31-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733995v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Kawanami" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefeuvre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuomi Shundo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Ihara" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800310" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FCMF6KHB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170390v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Leger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733997v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200603390" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z76BBF1Z-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689883v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Godde" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja074285s" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-3FGLFGWG-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733998v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buffeteau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ducasse" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b604462j" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-9W7C8LCF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734000v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Dolain" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Gornitzka" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0506262102" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361606v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leger" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758174v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohe Hu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle LU" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lacour" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-3c42z" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274615v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811261664_0006" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786494v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999251v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Schanne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ruffi&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Carbonne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10715762.2025.2478121" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029258v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmelyne Cuza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delsuc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Marrot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Shepard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Policar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt03376k" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354269v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rampon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Balfourier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Volovitch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vriz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.339" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407442v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Zoumpoulaki" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chiappetta" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bouvet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namita&#8208;raju John" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202422644" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361708v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Liang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne C Bertrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohong Huang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weng Kee Leong" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00775-025-02127-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360617v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kar Wai Fong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Ying Ng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lik Voon Kiew" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Khoon Liew" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pooi Yin Chung" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43630-025-00790-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213183v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c00997" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demignot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2024.215906" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572532v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime de la Fuente Diez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Peng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Spezia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3LC01101A" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354322v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Charlotte Bertrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.295" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274612v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ng Xiao Ying" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fong Kar Wai" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiew Lik Voon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrina Chung Pooi Yin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liew Yun Khoon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2023.112425" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834587v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2021.102109" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699781v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Preud'Homme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Qu&#233;vrain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202203066" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03651845v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gazzah" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/3858122" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776249v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqine Ben Hadj Hammouda" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koudedja Coulibaly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alimatou Bathily" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalene Teoh Sook Han" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27175476" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768555v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sounderya Nagarajan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poyer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fourmois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadda Medjoubi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202104424" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834592v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Henry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=How Chee Ong" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Somogyi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1qi00542a" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262072v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Thauvin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adyn Melenbacher" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Testard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Trigoni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03718" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187067v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mathieu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Layani-Moreno Layani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2021.111431" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378888v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rodon Fores" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tauziet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gnes Dancs" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC07920C" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456407v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debons" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Dems" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;lary" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Grill" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Picaut" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9BM01029G" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03180781v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bernard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Iriart" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cc03398g" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521252v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Y. Vincent Ching" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT04619D" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02988212v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shan Liew" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Wai Mai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohd Zulkefeli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiagarajan Madheswaran" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25184176" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009811v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laugel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lambert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sandt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.7b00825" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685637v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Conte-Daban" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinita Ambike" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201706049" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01905965v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Hostachy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masuda" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Miki" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itaru Hamachi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sagan" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SC00886H" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01535603v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shohei Uchinomiya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akio Ojida" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CC03055J" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01533375v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2017.05.004" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02121324v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Graffion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mesut Demirelli" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Coradin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201701181" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01473825v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b02695" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362850v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Lee Low" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Maigre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ibrahim M. Tahir" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward R. T. Tiekink" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dorlet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2016.04.027" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01288188v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Y. Vincent Ching" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabell Kenkel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Ivanovi&#263;-Burmazovi&#263;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2016.01.025" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254689v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hostachy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Swiecicki" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sandt" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ecco-jcc/jjw005" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103088v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cl&#232;de" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CC08737B" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120951v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Paulus" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozita Rosli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10534-015-9831-2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081881v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Pag&#232;s" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc5004907" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797316v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mothes" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caumes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Boullet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gendrineau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules18022307" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362673v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Beni Azza" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Correia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chemla" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3nj00127j" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695546v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legiso Poniman" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;ger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Huc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2011.11.097" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XDH1WP37-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680917v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoher Gueroui" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2012.01.023" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JRSKLT5-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723788v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massip" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Kauffmann" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja110677a" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649139v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roba Moumn&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lequin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guitot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593183v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria E Campbell" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Hatten" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.693" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-7KPRD2NQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677462v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Wolffs" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Veldman" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;n Anh Nguy&#234;n" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; M Williams" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja809367u" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733991v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200900693" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733996v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hutin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan R Nitschke" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800988" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VKQH4Z31-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733995v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Kawanami" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lefeuvre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsuomi Shundo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirotaka Ihara" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800310" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FCMF6KHB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733997v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200603390" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z76BBF1Z-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689883v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Godde" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja074285s" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-3FGLFGWG-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170390v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Leger" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733998v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buffeteau" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ducasse" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b604462j" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-9W7C8LCF-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734000v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Dolain" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Gornitzka" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0506262102" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361606v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leger" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758174v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohe Hu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle LU" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lacour" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-3c42z" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274615v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811261664_0006" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786494v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>