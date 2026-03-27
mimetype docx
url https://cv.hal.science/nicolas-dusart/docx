--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -261,476 +261,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04724099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of Detoxification Processes in Ozone Risk Assessment: Need to Integrate the Cellular Compartmentation of Antioxidants?</w:t>
+                <w:t xml:space="preserve">Altered stomatal dynamics of two Euramerican poplar genotypes submitted to successive ozone exposure and water deficit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Gandin</w:t>
+                <w:t xml:space="preserve">Marie-Noëlle Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Vaultier</w:t>
+                <w:t xml:space="preserve">Jean-Charles Olry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Joffe</w:t>
+                <w:t xml:space="preserve">Cyril Buré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Cabané</w:t>
+                <w:t xml:space="preserve">Joëlle Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Forests and Global Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2, pp.1-7. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 252, pp.1687-1697. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/ffgc.2019.00045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2019.06.110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943204v1</w:t>
+                <w:t xml:space="preserve">hal-02265924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antioxidative responses of three oak species under ozone and water stress conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Importance of Detoxification Processes in Ozone Risk Assessment: Need to Integrate the Cellular Compartmentation of Antioxidants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dusart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Pellegrini</w:t>
+                <w:t xml:space="preserve">Anthony Gandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasutomo Hoshika</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dusart</w:t>
+                <w:t xml:space="preserve">Ricardo Joffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Cotrozzi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Gérard</w:t>
+                <w:t xml:space="preserve">Mireille Cabané</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.07.413⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Forests and Global Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/ffgc.2019.00045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02624570v1</w:t>
+                <w:t xml:space="preserve">hal-02943204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered stomatal dynamics of two Euramerican poplar genotypes submitted to successive ozone exposure and water deficit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antioxidative responses of three oak species under ozone and water stress conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasutomo Hoshika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Buré</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Lorenzo Cotrozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 252, pp.1687-1697. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 647, pp.390-399. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2019.06.110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.07.413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02265924v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated analysis of the detoxification responses of two Euramerican poplar genotypes exposed to ozone and water deficit: Focus on the ascorbate-glutathione cycle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Thiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -845,596 +845,596 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citrus Frost Vulnerability: Exploring the Role of Ice Nucleation Active Bacteria and Temperature Acclimation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Life-Frostdefend project: creation of a forecasting tool for frost damage risk and mitigation actions for tree crops.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dimitrios G. Georgakopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalil Geballa-Koukoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maria Gini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prodromos Fetfatzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Khalil Geballa-Koukoulas</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michalis Karvelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Plant Cold Hardiness Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">XX international plant protection congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724291v1</w:t>
+                <w:t xml:space="preserve">hal-04724191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding frost vulnerability in citrus crops: exploring the interplay of plant susceptibility and ice-nucleating bacteria</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Epiphytic and aerial ice nucleation active bacteria in lemon tree orchards.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalil Geballa-Koukoulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Gini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prodromos Fetfatzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Khalil Geballa-Koukoulas</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michalis Karvelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaios T. Karathanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XX international plant protection congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Eris Tjamos, Jul 2024, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04658820v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epiphytic and aerial ice nucleation active bacteria in lemon tree orchards.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding frost vulnerability in citrus crops: exploring the interplay of plant susceptibility and ice-nucleating bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dusart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios G. Georgakopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Prodromos Fetfatzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Khalil Geballa-Koukoulas</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vaios T. Karathanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XX international plant protection congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">, Eris Tjamos, Jul 2024, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04724170v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04658820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Life-Frostdefend project: creation of a forecasting tool for frost damage risk and mitigation actions for tree crops.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Citrus Frost Vulnerability: Exploring the Role of Ice Nucleation Active Bacteria and Temperature Acclimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dusart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios G. Georgakopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prodromos Fetfatzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitrios G. Georgakopoulos</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Khalil Geballa-Koukoulas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michalis Karvelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XX international plant protection congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">13th International Plant Cold Hardiness Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04724191v1</w:t>
+                <w:t xml:space="preserve">hal-04724291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population dynamics of aerial and epiphytic ice-nucleating bacteria in lemon orchards in Aeghion, Greece</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios G. Georgakopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Kontogiannatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Gini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prodromos Fetfatzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1476,90 +1476,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the temporal variability of PM mass concentrations, bacteria populations and meteorological variables at citrus orchards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prodromos Fetfatzis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Kontogiannatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios G. Georgakopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgios Sarigiannidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1595,316 +1595,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04724000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting dormancy dynamics in woody plants by characterizing hydraulic connectivity between stem and bud</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temperature heterogeneity at crown scale possible impact on tree architecture after late spring frost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Faure</w:t>
+                <w:t xml:space="preserve">Félix Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal P. Walser</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe C. Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moulia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From genes to plant architecture: the shoot apical meristem in all its states</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03880833v1</w:t>
+                <w:t xml:space="preserve">hal-03881001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature heterogeneity at crown scale possible impact on tree architecture after late spring frost</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detecting dormancy dynamics in woody plants by characterizing hydraulic connectivity between stem and bud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe C. Serre</w:t>
+                <w:t xml:space="preserve">Aline Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Saudreau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal P. Walser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From genes to plant architecture: the shoot apical meristem in all its states</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03881001v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback of intracrown temperature heterogeneity on vulnerability to frost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Saudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moulia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1949,316 +1949,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03541135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of the ascorbate-glutathione cycle in leaves of poplar exposed to combined stresses (ozone and/or drought).</w:t>
+                <w:t xml:space="preserve">Poplar submitted to a succession of ozone and drought stresses : dynamic of stomatal responses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Thiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Cooperative Programme on Effects of Air Pollution on Natural Vegetation and Crops International Conference on Ozone and Plant Ecosystems SANT'APOLLONIA AUDITORIUM FLORENCE, ITALY ALCOTRA 2017-2020 LIFE15 ENV/IT/000183</w:t>
+              <w:t xml:space="preserve">he International Cooperative Programme on Effects of Air Pollution on Natural Vegetation and Crops International Conference on Ozone and Plant Ecosystems SANT'APOLLONIA AUDITORIUM FLORENCE, ITALY ALCOTRA 2017-2020 LIFE15 ENV/IT/000183</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02949263v1</w:t>
+                <w:t xml:space="preserve">hal-02949253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poplar submitted to a succession of ozone and drought stresses : dynamic of stomatal responses.</w:t>
+                <w:t xml:space="preserve">Regulation of the ascorbate-glutathione cycle in leaves of poplar exposed to combined stresses (ozone and/or drought).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Collignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Le Thiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">he International Cooperative Programme on Effects of Air Pollution on Natural Vegetation and Crops International Conference on Ozone and Plant Ecosystems SANT'APOLLONIA AUDITORIUM FLORENCE, ITALY ALCOTRA 2017-2020 LIFE15 ENV/IT/000183</w:t>
+              <w:t xml:space="preserve">The International Cooperative Programme on Effects of Air Pollution on Natural Vegetation and Crops International Conference on Ozone and Plant Ecosystems SANT'APOLLONIA AUDITORIUM FLORENCE, ITALY ALCOTRA 2017-2020 LIFE15 ENV/IT/000183</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949253v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02949263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antioxidant capacity in poplar exposed to ozone and/or drought</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Le Thiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Jolivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2328,90 +2328,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecasting and protecting fruit crops from frost damage: the EU/LIFE FrostDefend project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios G. Georgakopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Kontogiannatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Gini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prodromos Fetfatzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2453,90 +2453,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responses of poplar to the combination of ozone and drought: special focus on glutathione metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Collignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dizengremel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2636,51 +2636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dusart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Hartmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3032,51 +3032,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724099v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dusart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saudreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Serre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae360" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943204v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gandin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Vaultier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Joffe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Caban&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2019.00045" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624570v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Pellegrini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasutomo Hoshika" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Cotrozzi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle G&#233;rard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.07.413" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265924v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Olry" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bur&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.06.110" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154541v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Thiec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Collignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jolivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.09.367" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-852K5NDN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724291v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gini" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios G. Georgakopoulos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prodromos Fetfatzis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Geballa-Koukoulas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04658820v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724170v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michalis Karvelas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaios T. Karathanos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724191v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kontogiannatos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724000v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Sarigiannidis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880833v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Faure" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Walser" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881001v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Serre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saudreau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541135v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949263v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Le Thiec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949253v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949498v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723976v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269110v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dizengremel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03998211v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206812v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02331001v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0070" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724099v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dusart" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saudreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Serre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae360" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265924v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Vaultier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Olry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bur&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle G&#233;rard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.06.110" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943204v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gandin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Joffe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Caban&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2019.00045" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624570v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Pellegrini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasutomo Hoshika" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Cotrozzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.07.413" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154541v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Thiec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Collignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jolivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.09.367" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-852K5NDN-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724191v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios G. Georgakopoulos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Geballa-Koukoulas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prodromos Fetfatzis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michalis Karvelas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724170v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaios T. Karathanos" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04658820v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724291v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723940v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kontogiannatos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04724000v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Sarigiannidis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881001v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Hartmann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Serre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saudreau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880833v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Faure" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Walser" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541135v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949253v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949263v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Le Thiec" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949498v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723976v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269110v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dizengremel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03998211v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206812v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02331001v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LORR0070" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>