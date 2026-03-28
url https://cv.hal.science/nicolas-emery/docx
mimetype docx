--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -147,407 +147,411 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From anionic disorder to fast ion transport in Br-rich argyrodites</w:t>
+                <w:t xml:space="preserve">Qualitative Trends versus Quantitative Accuracy: A Case Study of LiMn&amp;lt;sub&amp;gt;1.5&amp;lt;/sub&amp;gt;Ni&amp;lt;sub&amp;gt;0.5&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; Cathode Material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yaxin Qu</w:t>
+                <w:t xml:space="preserve">Adama Gassama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Mateos</w:t>
+                <w:t xml:space="preserve">Etienne Mangaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Emery</w:t>
+                <w:t xml:space="preserve">Alexander Mitrushchenkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhiran Ouyang</w:t>
+                <w:t xml:space="preserve">Céline Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan da Silva</w:t>
+                <w:t xml:space="preserve">E. Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials today energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 54, pp.102127. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtener.2025.102127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D6TA00540C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05450438v1</w:t>
+                <w:t xml:space="preserve">hal-05555390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promising properties of a novel low-cost negative electrode material Li 3 FeN 2 for Li ion batteries</w:t>
+                <w:t xml:space="preserve">From anionic disorder to fast ion transport in Br-rich argyrodites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Zhou</w:t>
+                <w:t xml:space="preserve">Yaxin Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Emery</w:t>
+                <w:t xml:space="preserve">Mickael Mateos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Panabière</w:t>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Pereira-Ramos</w:t>
+                <w:t xml:space="preserve">Zhiran Ouyang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Baddour-Hadjean</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ivan da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 654, pp.237886. </w:t>
+              <w:t xml:space="preserve">Materials today energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 54, pp.102127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2025.237886⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtener.2025.102127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05165711v1</w:t>
+                <w:t xml:space="preserve">hal-05450438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling the energy storage mechanism in nanostructured SnHPO3 anode through advanced operando and ex-situ characterizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wissal Tout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Mateos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junxian Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M'Hamed Oubla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Energy Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 112, pp.115502. </w:t>
@@ -579,3180 +583,3310 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05188422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XPS Investigation of Co–Ni Oxidized Compounds Surface Using Peak-On-Satellite Ratio. Application to Co 20 Ni 80 Passive Layer Structure and Composition</w:t>
+                <w:t xml:space="preserve">Promising properties of a novel low-cost negative electrode material Li 3 FeN 2 for Li ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Laïk</w:t>
+                <w:t xml:space="preserve">Y. Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Richet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Emery</w:t>
+                <w:t xml:space="preserve">N. Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Bach</w:t>
+                <w:t xml:space="preserve">E. Panabière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Perrière</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.P. Pereira-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Baddour-Hadjean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.4c05082⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 654, pp.237886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2025.237886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04729466v1</w:t>
+                <w:t xml:space="preserve">hal-05165711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithium nitridonickelate as anode coupled with argyrodite electrolyte for all-solid-state lithium-ion batteries</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">XPS Investigation of Co–Ni Oxidized Compounds Surface Using Peak-On-Satellite Ratio. Application to Co 20 Ni 80 Passive Layer Structure and Composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Laïk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Richet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Mercier</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Perrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.est.2024.114027⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (39), pp.40707-40722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.4c05082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04729457v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04729466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of the nanostructure of MgO–Y2O3 composite ceramics using two-step sintering for high temperature mid infrared window applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Lithium nitridonickelate as anode coupled with argyrodite electrolyte for all-solid-state lithium-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaxin Qu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Mateos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Bach</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fermin Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2023.02.187⟩</w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 102, pp.114027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2024.114027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023577v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04729457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Composition of Lithiated Nitrodonickelates Li 3– xy Ni x N: Evidence of the Intermediate Valence of Nickel Ions from Ion Beam Analysis and Ab Initio Calculations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Control of the nanostructure of MgO–Y2O3 composite ceramics using two-step sintering for high temperature mid infrared window applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Cavoué</w:t>
+                <w:t xml:space="preserve">Nathan Brard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Berger</w:t>
+                <w:t xml:space="preserve">Johan Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Barreteau</w:t>
+                <w:t xml:space="preserve">Nicolas Horezan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Crivello</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane Bach</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 62 (39), pp.16013-16020. </w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49 (11), pp.18187-18194. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c02117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2023.02.187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228615v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and computational study on the C15 phase structure stability of Y Ni2-Mn system</w:t>
+                <w:t xml:space="preserve">Chemical Composition of Lithiated Nitrodonickelates Li 3– xy Ni x N: Evidence of the Intermediate Valence of Nickel Ions from Ion Beam Analysis and Ab Initio Calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Shen</w:t>
+                <w:t xml:space="preserve">Thomas Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.S. Setayandeh</w:t>
+                <w:t xml:space="preserve">Thomas Cavoué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Paul-Boncour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Emery</w:t>
+                <w:t xml:space="preserve">P. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Li</w:t>
+                <w:t xml:space="preserve">Céline Barreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Crivello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.169632⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62 (39), pp.16013-16020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c02117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04229631v1</w:t>
+                <w:t xml:space="preserve">hal-04228615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-Range to Long-Range Ni/Mn Order in LiMn 2– x Ni x O 4 (0.38 ≤ x ≤ 0.50) Positive Electrode Materials: A Gradual Temperature-Driven Sublattice Disorder through Antiphase Boundary Defects</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental and computational study on the C15 phase structure stability of Y Ni2-Mn system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanis Ghaleb</w:t>
+                <w:t xml:space="preserve">H. Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Mitrushchenkov</w:t>
+                <w:t xml:space="preserve">S.S. Setayandeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Léonard</w:t>
+                <w:t xml:space="preserve">V. Paul-Boncour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c04281⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 952, pp.169632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.169632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03639263v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04229631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic Insights into Li x Ni 0.67 N (1.67 ≤ x ≤ 2.17), a quasi &amp;quot;Zero-Strain&amp;quot; Negative Electrode Material for Li-Ion Battery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yanlong Zhou</w:t>
+                <w:t xml:space="preserve">Short-Range to Long-Range Ni/Mn Order in LiMn 2– x Ni x O 4 (0.38 ≤ x ≤ 0.50) Positive Electrode Materials: A Gradual Temperature-Driven Sublattice Disorder through Antiphase Boundary Defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ankush Bhatia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Ghaleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Emery</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
+                <w:t xml:space="preserve">Alexander Mitrushchenkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2022.231778⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (7), pp.3152-3167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c04281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03748968v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03639263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">γ'-V2O5 polymorph as a promising host structure for potassium storage: an electrochemical and structural study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Kinetic Insights into Li x Ni 0.67 N (1.67 ≤ x ≤ 2.17), a quasi &amp;quot;Zero-Strain&amp;quot; Negative Electrode Material for Li-Ion Battery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanlong Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Franger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01390⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 542, pp.231778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2022.231778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03280034v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03748968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Exploratory Investigation of Spinel LiMn 1.5 Ni 0.5 O 4 as Cathode Material for Potassium‐Ion Battery</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">γ'-V2O5 polymorph as a promising host structure for potassium storage: an electrochemical and structural study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankush Bhatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Baddour-Hadjean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemElectroChem</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 33 (13), pp.5276-5289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/celc.202000889⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02988376v1</w:t>
+                <w:t xml:space="preserve">hal-03280034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic Investigation of a Hybrid Zn/V 2 O 5 Rechargeable Battery with a Binary Li + /Zn 2+ Aqueous Electrolyte</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">An Exploratory Investigation of Spinel LiMn 1.5 Ni 0.5 O 4 as Cathode Material for Potassium‐Ion Battery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ankush Bhatia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Laïk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Emery</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cssc.201903072⟩</w:t>
+              <w:t xml:space="preserve">ChemElectroChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (16), pp.3385-3385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/celc.202000889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02988351v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Percolation behaviors of ionic and electronic transfers in Li 3−2x Co x N</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanistic Investigation of a Hybrid Zn/V 2 O 5 Rechargeable Battery with a Binary Li + /Zn 2+ Aqueous Electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Panabiere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Emery</w:t>
+                <w:t xml:space="preserve">Dauren Batyrbekuly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dubrunfaut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Bach</w:t>
+                <w:t xml:space="preserve">Sabrina Cajoly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Laïk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8CP06770H⟩</w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (4), pp.724-731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cssc.201903072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02089948v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The richness of V2O5 polymorphs as superior cathode materials for sodium insertion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Baddour-Hadjean</w:t>
+                <w:t xml:space="preserve">Percolation behaviors of ionic and electronic transfers in Li 3−2x Co x N</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Badot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Safrany Renard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">E. Panabiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Huynh</w:t>
+                <w:t xml:space="preserve">Olivier Dubrunfaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Le</w:t>
+                <w:t xml:space="preserve">S. Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (5), pp.2790-2803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8CP06770H⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048205v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02089948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lithium insertion in α′-NaV2O5: Na-pillaring effect on the structural and electrochemical properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The richness of V2O5 polymorphs as superior cathode materials for sodium insertion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Baddour-Hadjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Safrany Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 270, pp.224-235</w:t>
+              <w:t xml:space="preserve">, 2018, 270, pp.129-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048222v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">γ-Na 0.96 V 2 O 5 : A New Competitive Cathode Material for Sodium-Ion Batteries Synthesized by a Soft Chemistry Route</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lithium insertion in α′-NaV2O5: Na-pillaring effect on the structural and electrochemical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Baddour-Hadjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.T.N. Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Pereira-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 270, pp.224-235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.8b02066⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02137946v1</w:t>
+                <w:t xml:space="preserve">hal-02048222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li 2.0 Ni 0.67 N: a promising negative electrode material for Li-ion batteries with a soft structural response</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">γ-Na 0.96 V 2 O 5 : A New Competitive Cathode Material for Sodium-Ion Batteries Synthesized by a Soft Chemistry Route</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascal Berger</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Baddour-Hadjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dauren Batyrbekuly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Laïk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhumabay Bakenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01903⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (15), pp.5305-5314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.8b02066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01626781v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure determination of a new sodium vanadium bronze electrochemically formed</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Li 2.0 Ni 0.67 N: a promising negative electrode material for Li-ion batteries with a soft structural response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cavoué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. M. Roginskii</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nurzhan Umirov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2017.07.012⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56, pp.13815-13821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048158v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01626781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">γ'-V2O5: A new high voltage cathode material for sodium-ion battery</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Crystal structure determination of a new sodium vanadium bronze electrochemically formed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Safrany Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. M. Roginskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Baddour-Hadjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 254, pp.62-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2017.07.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2017.08.175⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02048166v1</w:t>
+                <w:t xml:space="preserve">hal-02048158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural reinvestigation of Li3FeN2: Evidence of cationic disorder through XRD, solid-state NMR and Mössbauer spectroscopy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">γ'-V2O5: A new high voltage cathode material for sodium-ion battery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Safrany Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Baddour-Hadjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 95, pp.37-42. </w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 252, pp.4-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2016.03.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2017.08.175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02610599v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In operando X-ray diffraction study of Li7MnN4 upon electrochemical Li extraction-insertion: A reversible three-phase mechanism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Structural reinvestigation of Li3FeN2: Evidence of cationic disorder through XRD, solid-state NMR and Mössbauer spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Panabiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Crosnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Bach</w:t>
+                <w:t xml:space="preserve">C. Lorthioir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Brousse</w:t>
+                <w:t xml:space="preserve">Moulay Tahar Sougrati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Jumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2013.08.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 95, pp.37-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2016.03.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00988070v1</w:t>
+                <w:t xml:space="preserve">hal-02610599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Insight of Potassium Vanadates as Positive Electrode Materials for Li Batteries: Influence of the Long-Range and Local Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rita Baddour-Hadjean</w:t>
+                <w:t xml:space="preserve">In operando X-ray diffraction study of Li7MnN4 upon electrochemical Li extraction-insertion: A reversible three-phase mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Panabiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arezki Boudaoud</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Crosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic402897d⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 247, pp.402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2013.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03131789v1</w:t>
+                <w:t xml:space="preserve">hal-00988070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A magnetic glassy phase in Fe1+ySexTe1−x single crystals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Shikora</w:t>
+                <w:t xml:space="preserve">A Comparative Insight of Potassium Vanadates as Positive Electrode Materials for Li Batteries: Influence of the Long-Range and Local Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Baddour-Hadjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Bonfà</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arezki Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/25/15/156004⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53 (3), pp.1764-1772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic402897d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00803076v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03131789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature of empty states in superconducting CaC6 and related Li-Ca ternary graphite intercalation compounds using polarized x-ray absorption near-edge structure at the Ca K edge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A magnetic glassy phase in Fe1+ySexTe1−x single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Shikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Cabaret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Emery</w:t>
+                <w:t xml:space="preserve">P. Bonfà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ch. Bellin</w:t>
+                <w:t xml:space="preserve">S. Sanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Herold</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ph. Lagrange</w:t>
+                <w:t xml:space="preserve">F. Bernardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.075108⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (15), pp.156004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/25/15/156004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00790420v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competing magnetic interactions in the graphite-intercalation compound Li0.25Eu1.95C6</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nature of empty states in superconducting CaC6 and related Li-Ca ternary graphite intercalation compounds using polarized x-ray absorption near-edge structure at the Ca K edge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Cabaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Shiroka</w:t>
+                <w:t xml:space="preserve">Ch. Bellin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Thede</w:t>
+                <w:t xml:space="preserve">C. Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Wittenfeld</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Cahen</w:t>
+                <w:t xml:space="preserve">Ph. Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2013.06.082⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87, pp.075108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.87.075108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01289118v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00790420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Competing magnetic interactions in the graphite-intercalation compound Li0.25Eu1.95C6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Shiroka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Thede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Wittenfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. J. Litterst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cahen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 63, pp.294-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2013.06.082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01289118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enhancement of Superconductivity and Evidence of Structural Instability in Intercalated Graphite CaC6 under High Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gauzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Takashima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Takeshita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Terakura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Takagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 98, pp.067002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.98.067002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00145504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3762,500 +3896,500 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of electronic conductivity by broadband dielectric spectroscopy of positive electrode materials of spinelle-type Li-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Aboaouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Badot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dubrunfaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">momentom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05298109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of charge density waves in Li3-1.5xNixN from broadband dielectric spectroscopy measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Badot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dubrunfaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GFECI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Dourdan, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05299510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ni/Mn order in LiMn2-xNixO4 (0.38 ≤ x ≤ 0.50) positive electrode material: a gradual temperature-driven sublattice disorder through antiphase boundary defects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankush Bhatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Ghaleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander O. Mitrushchenkov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISICXXI: 21st International Symposium on Intercalation Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04146866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical Behavior and Structural Change of Spinel-LiMn 2-X Ni x O 4 (x = 0, 0.5) Cathode in Potassium Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Baddour-Hadjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankush Bhatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Laïk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Pereira-Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECS meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Montréal, Canada. pp.206-206, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/MA2020-012206mtgabs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4265,150 +4399,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural study and diffusion of lithium in materials for LiyMn1.5Ni0.5O4 battery cathodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adama Gassama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mangaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander O. Mitrushchenkov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres ThéMoSiA-RCTF-2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4418,167 +4552,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of superconductivity and lattice instability in Graphite-Intercalated CaC6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Gauzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nedjma Bendiab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo D’astuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Canny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Calandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Junji Haruyama. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon-based Superconductors: Towards High-Tc Superconductivity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pan Stanford Publishing, pp.159-178, 2015, 978-9814303309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/2Fb15672-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4588,114 +4722,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur l'intercalation dans le graphite des alcalino-terreux et de l'europium en présence de lithium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Emery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université Henri Poincaré - Nancy 1, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2007NAN10059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01748261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId167"/>
+      <w:footerReference w:type="default" r:id="rId170"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4763,51 +4897,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="680F2BB9"/>
+    <w:nsid w:val="34E4F502"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4994,51 +5128,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-emery" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2724-8789" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120112639" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450438v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaxin Qu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Mateos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Emery" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiran Ouyang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan da Silva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2025.102127" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165711v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Emery" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Panabi&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pereira-Ramos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baddour-Hadjean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.237886" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188422v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Tout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junxian Zhang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Oubla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.115502" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara La&#239;k" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Richet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Perri&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c05082" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729457v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fermin Cuevas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mercier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.114027" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023577v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Brard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Petit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Horezan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bach" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2023.02.187" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernandes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cavou&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barreteau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Crivello" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c02117" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229631v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Shen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Setayandeh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paul-Boncour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Li" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169632" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639263v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankush Bhatia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Ghaleb" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mitrushchenkov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line L&#233;onard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c04281" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748968v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlong Zhou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Franger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nguyen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Pereira-Ramos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2022.231778" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280034v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Baddour-Hadjean" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c01390" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988376v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Smith" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202000889" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988351v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dauren Batyrbekuly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Cajoly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201903072" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089948v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Badot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Panabiere" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dubrunfaut" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bach" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP06770H" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048205v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Safrany Renard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Huynh" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048222v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.T.N. Huynh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pereira-Ramos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137946v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhumabay Bakenov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b02066" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01626781v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurzhan Umirov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01903" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048158v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Safrany Renard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Roginskii" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2017.07.012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048166v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.08.175" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02610599v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorthioir" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Jumas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2016.03.016" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988070v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crosnier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brousse" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2013.08.008" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XL5HW9WL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131789v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic402897d" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803076v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lamura" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shikora" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonf&#224;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sanna" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernardini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/15/156004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790420v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cabaret" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Bellin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herold" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Lagrange" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.075108" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289118v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shiroka" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thede" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wittenfeld" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J. Litterst" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cahen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.06.082" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P75TCNXQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145504v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauzzi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Takashima" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Takeshita" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Terakura" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Takagi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.067002" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298109v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Aboaouf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Badot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299510v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146866v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O. Mitrushchenkov" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070419v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-012206mtgabs" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05024983v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Gassama" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mangaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963654v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gauzzi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Bendiab" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo D&#8217;astuto" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Canny" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Calandra" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/2Fb15672-9" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748261v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007NAN10059" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-emery" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2724-8789" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120112639" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555390v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Gassama" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mangaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mitrushchenkov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line L&#233;onard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Suard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D6TA00540C" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450438v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaxin Qu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Mateos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Emery" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiran Ouyang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan da Silva" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtener.2025.102127" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188422v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Tout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junxian Zhang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Oubla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2025.115502" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165711v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Emery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Panabi&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pereira-Ramos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baddour-Hadjean" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.237886" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729466v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara La&#239;k" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Richet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bach" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Perri&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.4c05082" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729457v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fermin Cuevas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Mercier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2024.114027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023577v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Brard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Petit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Horezan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bach" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2023.02.187" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228615v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernandes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cavou&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barreteau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Crivello" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c02117" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229631v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Shen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.S. Setayandeh" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Paul-Boncour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169632" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639263v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankush Bhatia" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Ghaleb" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c04281" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748968v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanlong Zhou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Franger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nguyen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Pereira-Ramos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2022.231778" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03280034v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Baddour-Hadjean" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c01390" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988376v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Smith" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202000889" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988351v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dauren Batyrbekuly" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Cajoly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201903072" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089948v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Badot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Panabiere" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dubrunfaut" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bach" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP06770H" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048205v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Safrany Renard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Huynh" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048222v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.T.N. Huynh" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pereira-Ramos" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137946v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhumabay Bakenov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.8b02066" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01626781v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurzhan Umirov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berger" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01903" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048158v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Safrany Renard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Roginskii" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2017.07.012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048166v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2017.08.175" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02610599v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorthioir" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Jumas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2016.03.016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988070v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crosnier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brousse" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2013.08.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XL5HW9WL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131789v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic402897d" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803076v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lamura" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shikora" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bonf&#224;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sanna" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernardini" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/15/156004" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790420v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cabaret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Bellin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herold" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Lagrange" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.075108" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289118v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Shiroka" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thede" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wittenfeld" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J. Litterst" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cahen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2013.06.082" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P75TCNXQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145504v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauzzi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Takashima" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Takeshita" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Terakura" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Takagi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.98.067002" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298109v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Aboaouf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Badot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299510v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146866v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O. Mitrushchenkov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070419v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-012206mtgabs" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05024983v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01963654v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gauzzi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Bendiab" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo D&#8217;astuto" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Canny" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Calandra" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/2Fb15672-9" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748261v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007NAN10059" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>