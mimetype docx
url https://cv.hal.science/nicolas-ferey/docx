--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -535,291 +535,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05039981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Interactive Positioning of Proteins within Membranes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hubert Santuz</w:t>
+                <w:t xml:space="preserve">Design – a new way to look at old molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Spalvieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marine Mauviel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sacquin-Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algorithms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/a15110415⟩</w:t>
+              <w:t xml:space="preserve">Journal of Integrative Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.20220020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/jib-2022-0020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03873725v1</w:t>
+                <w:t xml:space="preserve">hal-03793308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design – a new way to look at old molecules</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Lambert</w:t>
+                <w:t xml:space="preserve">Fast and Interactive Positioning of Proteins within Membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Lanrezac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoist Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Santuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Sacquin-Mora</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Baaden</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Integrative Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (2), pp.20220020. </w:t>
+              <w:t xml:space="preserve">Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (11), pp.415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/jib-2022-0020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/a15110415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793308v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wielding the power of interactive molecular simulations</w:t>
               </w:r>
@@ -831,51 +831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Lanrezac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Computational Molecular Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (4), pp.e1594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1020,425 +1020,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dystrophin's central domain forms a complex filament that becomes disorganized by in-frame deletions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Semantics for an Integrative and Immersive Pipeline Combining Visualization and Analysis of Molecular Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Elisabeth Molza</w:t>
+                <w:t xml:space="preserve">Mikael Trellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael dos Santos Morais</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jakub Flotyński</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Baaden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bourdot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M117.809798⟩</w:t>
+              <w:t xml:space="preserve">Journal of Integrative Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (2), pp.20180004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/jib-2018-0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01795395v2</w:t>
+                <w:t xml:space="preserve">hal-01935586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ten simple rules to create a serious game, illustrated with examples from structural biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuela Pasquali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Waldispühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14 (3), pp.e1005955. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1005955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantics for an Integrative and Immersive Pipeline Combining Visualization and Analysis of Molecular Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dystrophin's central domain forms a complex filament that becomes disorganized by in-frame deletions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Molza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael dos Santos Morais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Trellet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ferey</w:t>
+                <w:t xml:space="preserve">Angélique Chéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jakub Flotyński</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emeline Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Integrative Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 15 (2), pp.20180004. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 293 (18), pp.6637-6646. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/jib-2018-0004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M117.809798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01935586v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01795395v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reconstruction with a markerless tracking method of flexible and modular molecular physical models: towards tangible interfaces</w:t>
               </w:r>
@@ -1535,602 +1535,602 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02351533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptual Conflicts in a Multi-Stereoscopic Immersive Virtual Environment: Case Study on Face-to-Face Interaction through an Avatar</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innovative interactive flexible docking method for multi-scale reconstruction elucidates dystrophin molecular assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Molza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Férey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weiya Chen</w:t>
+                <w:t xml:space="preserve">Mirjam Czjzek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Clavel</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elisabeth Le Rumeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/PRES_a_00209⟩</w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 169, pp.45-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C3FD00134B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01845441v1</w:t>
+                <w:t xml:space="preserve">hal-01018071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative interactive flexible docking method for multi-scale reconstruction elucidates dystrophin molecular assembly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ExaViz: a Flexible Framework to Analyse, Steer and Interact with Molecular Dynamics Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dreher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Prevoteau-Jonquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Elisabeth Molza</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Hubert</w:t>
+                <w:t xml:space="preserve">Mikael Trellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Piuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faraday Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 169, pp.45-62. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C3FD00134B⟩</w:t>
+              <w:t xml:space="preserve">, 2014, Molecular simulations and visualization, 169, pp.119-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C3FD00142C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018071v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00942627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ExaViz: a Flexible Framework to Analyse, Steer and Interact with Molecular Dynamics Simulations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MANHaptic: A Haptic Adaptive Method for Precise Manipulation, Assembly and Navigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Prevoteau-Jonquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mikael Trellet</w:t>
+                <w:t xml:space="preserve">A. Tek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Piuzzi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Férey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bourdot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal on Human Machine Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.57-63</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00942627v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01498081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MANHaptic: A Haptic Adaptive Method for Precise Manipulation, Assembly and Navigation</w:t>
+                <w:t xml:space="preserve">Perceptual Conflicts in a Multi-Stereoscopic Immersive Virtual Environment: Case Study on Face-to-Face Interaction through an Avatar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tek</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Baaden</w:t>
+                <w:t xml:space="preserve">Weiya Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Férey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Bourdot</w:t>
+                <w:t xml:space="preserve">Céline Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Férey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Human Machine Interaction</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23, pp.410-429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/PRES_a_00209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01498081v1</w:t>
+                <w:t xml:space="preserve">hal-01845441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive Molecular Dynamics: Scaling up to Large Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Piuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Chavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procedia Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 2013 International Conference on Computational Science, 18, pp.20-29. </w:t>
@@ -2220,51 +2220,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 38 (19), pp.6313-23. </w:t>
@@ -2475,51 +2475,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 30 (15), pp.2375-87. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2559,295 +2559,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00713313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Docking de protéines en réalité virtuelle. Une approche hybride et multimodale</w:t>
+                <w:t xml:space="preserve">Multisensory VR interaction for protein-docking in the CoRSAIRe project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julien Nelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Picinali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouyer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/tsi.28.983-1015⟩</w:t>
+              <w:t xml:space="preserve">Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 13 (4), pp.273-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10055-009-0136-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01753902v1</w:t>
+                <w:t xml:space="preserve">hal-01753897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multisensory VR interaction for protein-docking in the CoRSAIRe project</w:t>
+                <w:t xml:space="preserve">Docking de protéines en réalité virtuelle. Une approche hybride et multimodale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Nelson</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Picinali</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bouyer</w:t>
+                <w:t xml:space="preserve">Abdelhamid Drif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Reality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 13 (4), pp.273-293. </w:t>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28 (8), pp.983 - 1015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10055-009-0136-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/tsi.28.983-1015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01753897v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01753902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2904,51 +2904,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Santuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3460,181 +3460,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modular and Flexible Tangible Molecular Interface for Interactive Molecular Simulation Based on Internet of Things Approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Loïc Brochot</w:t>
+                <w:t xml:space="preserve">Using Asynchronous Simulation Approach for Interactive Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengchen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ferey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bourdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Magoulès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Virtual Reality and Augmented Reality. EuroVR 2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-31908-3_2⟩</w:t>
+              <w:t xml:space="preserve">2019 18th International Symposium on Distributed Computing and Applications for Business Engineering and Science (DCABES)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Wuhan, China. pp.84-87, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DCABES48411.2019.00028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04054589v1</w:t>
+                <w:t xml:space="preserve">hal-02399881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Asynchronous Simulation Approach for Interactive Simulation</w:t>
+                <w:t xml:space="preserve">Interactive 3D Fluid Simulation: Steering the Simulation in Progress Using Lattice Boltzmann Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mengchen Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ferey</w:t>
@@ -3656,225 +3643,238 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Magoulès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 18th International Symposium on Distributed Computing and Applications for Business Engineering and Science (DCABES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2019, Wuhan, China. pp.84-87, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/DCABES48411.2019.00028⟩</w:t>
+              <w:t xml:space="preserve">, Nov 2019, Wuhan, China. pp.72-75, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DCABES48411.2019.00025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399881v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactive 3D Fluid Simulation: Steering the Simulation in Progress Using Lattice Boltzmann Method</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Magoulès</w:t>
+                <w:t xml:space="preserve">Modular and Flexible Tangible Molecular Interface for Interactive Molecular Simulation Based on Internet of Things Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Vincke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Anis Ghaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Férey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Brochot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 18th International Symposium on Distributed Computing and Applications for Business Engineering and Science (DCABES)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Wuhan, China. pp.72-75, </w:t>
+              <w:t xml:space="preserve">International Conference on Virtual Reality and Augmented Reality. EuroVR 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Tallinn, Estonia. pp.24-32, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/DCABES48411.2019.00025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-31908-3_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399846v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04054589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing Interaction Dynamics at the Fuzzy Front-End of Innovation Projects: A Tool for Prospective Ergonomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Malon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3934,77 +3934,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive Visual Analytics of Molecular Data in Immersive Environments via a Semantic Definition of the Content and the Context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikael Trellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4045,447 +4045,447 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01497990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Content and task based navigation for structural biology in 3D environments</w:t>
+                <w:t xml:space="preserve">Characterizing the Influence of Motion Parameters on Performance when Acquiring Moving Targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Trellet</w:t>
+                <w:t xml:space="preserve">Alexandre Kouyoumdjian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ferey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bourdot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Ferey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">P. Bourdot</w:t>
+                <w:t xml:space="preserve">Stéphane Huot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual and Augmented Reality for Molecular Science (VARMS@IEEEVR), 2015 IEEE 1st International Workshop on</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Arles, France. pp.31--36, </w:t>
+              <w:t xml:space="preserve">15th Human-Computer Interaction (INTERACT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Bamberg, Germany. pp.148-155, </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VARMS.2015.7151726⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-22723-8_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01498020v1</w:t>
+                <w:t xml:space="preserve">hal-01207511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the Influence of Motion Parameters on Performance when Acquiring Moving Targets</w:t>
+                <w:t xml:space="preserve">Remote Collaboration across Heterogeneous Large Interactive Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Kouyoumdjian</w:t>
+                <w:t xml:space="preserve">Cédric Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Vézien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bourdot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Huot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Human-Computer Interaction (INTERACT)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-22723-8_12⟩</w:t>
+              <w:t xml:space="preserve">IEEE VR International Workshop on 3D Collaborative Virtual Environments (3DCVE 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Arles, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/3DCVE.2015.7153591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01207511v1</w:t>
+                <w:t xml:space="preserve">hal-01242306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remote Collaboration across Heterogeneous Large Interactive Spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Content and task based navigation for structural biology in 3D environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Trellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Fleury</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bourdot</w:t>
+                <w:t xml:space="preserve">N. Ferey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Baaden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE VR International Workshop on 3D Collaborative Virtual Environments (3DCVE 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Arles, France. </w:t>
+              <w:t xml:space="preserve">Virtual and Augmented Reality for Molecular Science (VARMS@IEEEVR), 2015 IEEE 1st International Workshop on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Arles, France. pp.31--36, </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/3DCVE.2015.7153591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/VARMS.2015.7151726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01242306v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01498020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Content-guided Navigation in Multimeric Molecular Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Trellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOIMAGING 2014 - Proceedings of the International Conference on Bioimaging, ESEO, Angers, Loire Valley, France, 3-6 March, 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Angers, France. pp.76--81, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4519,90 +4519,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navigation guidée par le contenu pour l'exploration moléculaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Trellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bourdot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l’Association Française de Réalité Virtuelle (AFRV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Laval, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4640,51 +4640,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Conceptual Graphs to embed expert knowledge in VR Interactions: Application to Structural Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Qasim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4722,103 +4722,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive Molecular Dynamics: Scaling up to Large Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Piuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turki Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chavent Matthieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Computational Science, ICCS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Barcelone, Spain</w:t>
@@ -4873,51 +4873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2012 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Rennes, France. pp.433-434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4968,51 +4968,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Darses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5076,90 +5076,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">User Needs Analysis to Design a 3D Multimodal Protein-Docking Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bourdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Symposium on 3D User Interfaces 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Reno, United States. </w:t>
@@ -5236,51 +5236,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the 2008 ACM symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Bordeaux, France. pp.91-94, </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5353,51 +5353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop in Virtual Reality Interactions and Physical Simulation "VRIPHYS" (2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Grenoble, France. pp.89-96, </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5695,51 +5695,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. E. Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gherbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5812,51 +5812,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Magneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6082,51 +6082,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroVR-EVE 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6209,51 +6209,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Lanrezac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Férey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprehensive Computational Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Elsevier, pp.454-474, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6313,51 +6313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Tek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoist Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Piuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhihan Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6457,103 +6457,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitamins : Visual and In Situ Analytics for Molecular Interactive Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Dreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Limet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Prevoteau-Jonquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -6665,51 +6665,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E397C1C4"/>
+    <w:nsid w:val="2CDA87F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6896,51 +6896,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-ferey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7713-001X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112360025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/197975166" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357694720" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-7962-2013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383687v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saint-L&#233;ger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F&#233;rey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Raad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bourdot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12193-025-00465-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039981v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Laurent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lanrezac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Santuz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delalande" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.70130" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873725v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a15110415" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793308v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Spalvieri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marine Mauviel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lambert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sacquin-Mora" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jib-2022-0020" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447181v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/WCMS.1594" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030681v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Vincke" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Anis Ghaoui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martinez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20185415" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01795395v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Molza" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael dos Santos Morais" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Ch&#233;ron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pollet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.809798" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744190v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuela Pasquali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Waldisp&#252;hl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005955" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935586v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Trellet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Floty&#324;ski" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jib-2018-0004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351533v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc V&#233;zien" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20385/1860-2037/14.2017.2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845441v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiya Chen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clavel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/PRES_a_00209" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018071v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Czjzek" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Rumeur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3FD00134B" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00942627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dreher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Prevoteau-Jonquet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Piuzzi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3FD00142C" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498081v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tek" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. F&#233;rey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourdot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084652v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Turki" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chavent" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2013.05.165" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533099v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saladin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Amourda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq459" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661430v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gueroult" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Hartmann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814295291_0023" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00713313v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grasseau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21235" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-01FTSSV8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753902v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouyer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Drif" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.28.983-1015" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753897v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nelson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Picinali" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-009-0136-z" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794554v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iza Marfisi-Schottman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bisson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78269-5_30" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163459v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Spivak" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me H&#233;nin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Taly" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835651v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328156v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengchen Wang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Magoul&#232;s" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egs.20211022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915795v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Brasier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapuis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vezien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Appert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR50242.2020.00060" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054589v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brochot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31908-3_2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399881v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCABES48411.2019.00028" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399846v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCABES48411.2019.00025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Malon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_102" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497990v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMMERSIVE.2016.7932383" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498020v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trellet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferey" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VARMS.2015.7151726" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207511v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kouyoumdjian" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Huot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22723-8_12" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01242306v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fleury" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DCVE.2015.7153591" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498053v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baaden" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004914300760081" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498083v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753890v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Qasim" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00809024v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turki Ahmed" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chavent Matthieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761683v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845450v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Darses" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197539v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DUI.2008.4476602" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904892v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1450579.1450598" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904907v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/PE/vriphys/vriphys08/089-096" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509922v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nioche Claire Toffano" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taillez Oriane Matte" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Gherbi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Turner" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145610v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Gros" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan H&#233;risson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1101389.1101418" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351647v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. Gros" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gherbi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2005.136" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351628v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gros" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Magneau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1029949.1029955" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582042v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977463v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tek" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307111v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821978-2.00115-X" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760181v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihan Lu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/36568" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313096v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Limet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-ferey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7713-001X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112360025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/197975166" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357694720" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/N-7962-2013" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383687v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saint-L&#233;ger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F&#233;rey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Raad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bourdot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12193-025-00465-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039981v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Laurent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lanrezac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Santuz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delalande" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.70130" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793308v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Spalvieri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marine Mauviel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lambert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sacquin-Mora" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jib-2022-0020" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873725v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a15110415" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447181v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/WCMS.1594" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030681v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Vincke" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Anis Ghaoui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martinez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20185415" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935586v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Trellet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Floty&#324;ski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jib-2018-0004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744190v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuela Pasquali" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Waldisp&#252;hl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1005955" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01795395v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Molza" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael dos Santos Morais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Ch&#233;ron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pollet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.809798" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351533v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc V&#233;zien" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20385/1860-2037/14.2017.2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018071v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Czjzek" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Le Rumeur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3FD00134B" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00942627v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dreher" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Prevoteau-Jonquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Piuzzi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3FD00142C" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498081v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. F&#233;rey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourdot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845441v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiya Chen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clavel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/PRES_a_00209" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084652v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Turki" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chavent" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2013.05.165" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533099v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saladin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Amourda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq459" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661430v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gueroult" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Hartmann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814295291_0023" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00713313v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grasseau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21235" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-01FTSSV8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753897v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nelson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Picinali" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouyer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-009-0136-z" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753902v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Drif" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.28.983-1015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794554v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iza Marfisi-Schottman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bisson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78269-5_30" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163459v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Spivak" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me H&#233;nin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Taly" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835651v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328156v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengchen Wang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Magoul&#232;s" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egs.20211022" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915795v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Brasier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chapuis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vezien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Appert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR50242.2020.00060" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399881v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCABES48411.2019.00028" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399846v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCABES48411.2019.00025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054589v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brochot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31908-3_2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Malon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_102" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497990v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMMERSIVE.2016.7932383" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207511v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kouyoumdjian" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Huot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22723-8_12" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01242306v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fleury" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DCVE.2015.7153591" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498020v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trellet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferey" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VARMS.2015.7151726" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498053v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baaden" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004914300760081" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498083v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753890v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Qasim" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00809024v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turki Ahmed" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chavent Matthieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761683v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845450v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Darses" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197539v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DUI.2008.4476602" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904892v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1450579.1450598" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904907v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/PE/vriphys/vriphys08/089-096" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509922v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nioche Claire Toffano" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taillez Oriane Matte" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Gherbi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Turner" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145610v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Gros" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan H&#233;risson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1101389.1101418" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351647v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. E. Gros" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gherbi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2005.136" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351628v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gros" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Magneau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1029949.1029955" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582042v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977463v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tek" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04307111v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-821978-2.00115-X" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760181v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihan Lu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/36568" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313096v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Limet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>